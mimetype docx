--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -100,51 +100,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carbon footprint of urban 5 G traffic in Lyon based on real-world data and analytical modeling</w:t>
+                <w:t xml:space="preserve">Carbon Footprint of Urban 5G Traffic in Lyon Based on Real-World Data and Analytical Modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mériem Ghali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Busson</w:t>
@@ -180,51 +180,51 @@
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s12243-026-01166-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05533120v1</w:t>
+                <w:t xml:space="preserve">hal-05559389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bidding Efficiently in Simultaneous Ascending Auctions With Budget and Eligibility Constraints Using Simultaneous Move Monte Carlo Tree Search</w:t>
               </w:r>
@@ -516,343 +516,343 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04892974v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets environnementaux de la 5G (partie 2) : Applications envisagées et acteurs impliqués</w:t>
+                <w:t xml:space="preserve">Deep Reinforcement Learning for Uplink Scheduling in NOMA-URLLC Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Ciblat</w:t>
+                <w:t xml:space="preserve">Benoît-Marie Robaglia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Combaz</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Anne-Cécile Orgerie</w:t>
+                <w:t xml:space="preserve">Dimitrios Tsilimantos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.48556/SIF.1024.24.99⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Machine Learning in Communications and Networking</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2, pp.1142-1158. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMLCN.2024.3437351⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04828952v1</w:t>
+                <w:t xml:space="preserve">hal-05118582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep Reinforcement Learning for Uplink Scheduling in NOMA-URLLC Networks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effets environnementaux de la 5G (partie 2) : Applications envisagées et acteurs impliqués</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ciblat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Combaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marceau Coupechoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benoît-Marie Robaglia</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marceau Coupechoux</w:t>
+                <w:t xml:space="preserve">Kevin Marquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimitrios Tsilimantos</w:t>
+                <w:t xml:space="preserve">Anne-Cécile Orgerie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Machine Learning in Communications and Networking</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 2, pp.1142-1158. </w:t>
+              <w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 24, pp.99-127. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TMLCN.2024.3437351⟩</w:t>
+                <w:t xml:space="preserve">⟨10.48556/SIF.1024.24.99⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05118582v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04828952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets environnementaux de la 5G (Partie 1) : La technologie 5G</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ciblat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Combaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Marquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Cécile Orgerie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1024 : Bulletin de la Société Informatique de France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 23, pp.53-72. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1798,261 +1798,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02916822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Dynamic Clustering Algorithm for Multi-Point Transmissions in Mission-Critical Communications</w:t>
+                <w:t xml:space="preserve">Distributed Learning in Noisy-Potential Games for Resource Allocation in D2D Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alaa Daher</w:t>
+                <w:t xml:space="preserve">Mohammed Shabbir Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Coucheney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Pierre Minot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Wireless Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TWC.2020.2988382⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Mobile Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 19 (12), pp.2761-2773. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMC.2019.2936345⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02895678v1</w:t>
+                <w:t xml:space="preserve">hal-02315135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distributed Learning in Noisy-Potential Games for Resource Allocation in D2D Networks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Dynamic Clustering Algorithm for Multi-Point Transmissions in Mission-Critical Communications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alaa Daher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marceau Coupechoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Godlewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohammed Shabbir Ali</w:t>
+                <w:t xml:space="preserve">Pierre Ngouat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Coucheney</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marceau Coupechoux</w:t>
+                <w:t xml:space="preserve">Pierre Minot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Mobile Computing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 19 (12), pp.2761-2773. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Wireless Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 19 (7), pp.4934-4946. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TMC.2019.2936345⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TWC.2020.2988382⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02315135v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02895678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joint Subcarrier and Power Allocation in NOMA: Optimal and Approximate Algorithms</w:t>
               </w:r>
@@ -2552,347 +2552,347 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02292459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Controlled Matching Game for WLANs</w:t>
+                <w:t xml:space="preserve">Cost-constrained Viterbi Algorithm for Resource Allocation in Solar Base Stations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mikael Touati</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rachid El-Azouzi</w:t>
+                <w:t xml:space="preserve">Viet Hung Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Kelif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Journal on Selected Areas in Communications</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE Transactions on Wireless Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 16 (7), pp.4166 - 4180</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01536136v1</w:t>
+                <w:t xml:space="preserve">hal-02287567v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cost-constrained Viterbi Algorithm for Resource Allocation in Solar Base Stations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Viet Hung Tran</w:t>
+                <w:t xml:space="preserve">Deploy-As-You-Go Wireless Relay Placement: An Optimal Sequential Decision Approach using the Multi-Relay Channel Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arpan Chattopadhyay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abhishek Sinha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anurag Kumar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Wireless Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 16 (7), pp.4166 - 4180</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Mobile Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 16 (2), pp.341 - 354</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02287567v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02292452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deploy-As-You-Go Wireless Relay Placement: An Optimal Sequential Decision Approach using the Multi-Relay Channel Model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Controlled Matching Game for WLANs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikael Touati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arpan Chattopadhyay</w:t>
+                <w:t xml:space="preserve">Rachid El-Azouzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abhishek Sinha</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Anurag Kumar</w:t>
+                <w:t xml:space="preserve">Eitan Altman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Kelif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Mobile Computing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Journal on Selected Areas in Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 35, pp.707 - 720. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JSAC.2017.2672258⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02292452v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01536136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uplink Energy-Delay Trade-off under Optimized Relay Placement in Cellular Networks</w:t>
               </w:r>
@@ -3003,64 +3003,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Load Balancing in Heterogeneous Networks Based on Distributed Learning in Near-Potential Games</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Shabbir Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Coucheney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3101,217 +3101,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02287309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scheduling Impact on the Performance of Relay-Enhanced LTE-A Networks</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Maode Ma</w:t>
+                <w:t xml:space="preserve">Online Budgeted Truthful Matching</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rahul Vaze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Godlewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 65 (4), pp.2496-2508</w:t>
+              <w:t xml:space="preserve">ACM SIGMETRICS Performance Evaluation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 44 (3), pp.3-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02287118v1</w:t>
+                <w:t xml:space="preserve">hal-02287584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Online Budgeted Truthful Matching</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rahul Vaze</w:t>
+                <w:t xml:space="preserve">Scheduling Impact on the Performance of Relay-Enhanced LTE-A Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mattia Minelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maode Ma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Godlewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM SIGMETRICS Performance Evaluation </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 44 (3), pp.3-6</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 65 (4), pp.2496-2508</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02287584v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02287118v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Applications of Cognitive Radio Networks: Recent Advances and Future Directions</w:t>
               </w:r>
@@ -3524,343 +3524,343 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02287144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Core Stable Algorithms for Coalition Games with Complementarities and Peer Effects</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
+                <w:t xml:space="preserve">About Joint Stable User Association and Resource Allocation in Multi-Rate IEEE 802.11 WLANs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Touati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid El-Azouzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eitan Altman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Kelif</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Kélif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACM SIGMETRICS Performance Evaluation Review</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 43 (3), pp.72-75. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1145/2847220.2847244⟩</w:t>
+              <w:t xml:space="preserve">, 2015, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/2825236.2825249⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03143420v1</w:t>
+                <w:t xml:space="preserve">hal-01262152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">About Joint Stable User Association and Resource Allocation in Multi-Rate IEEE 802.11 WLANs</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
+                <w:t xml:space="preserve">Core Stable Algorithms for Coalition Games with Complementarities and Peer Effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikael Touati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid El-Azouzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eitan Altman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Kélif</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Kelif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACM SIGMETRICS Performance Evaluation Review</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, </w:t>
+              <w:t xml:space="preserve">, 2015, 43 (3), pp.72-75. </w:t>
             </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/2825236.2825249⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/2847220.2847244⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01262152v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03143420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sequential Decision Algorithms for Measurement-Based Impromptu Deployment of a Wireless Relay Network along a Line</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arpan Chattopadhyay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anurag Kumar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE/ACM Transactions on Networking</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 24 (5), pp.2954-2968. </w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4158,64 +4158,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal Sequential Wireless Relay Placement on a Random Lattice Path</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abhishek Sinha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arpan Chattopadhyay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K.P. Naveen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4785,51 +4785,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Kelif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Godlewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annals of Telecommunications - annales des télécommunications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 68 (5-6), pp.345-358. </w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4901,51 +4901,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Kélif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Godlewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Elsevier Physical Communication</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 5 (1), pp.10-21. </w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5005,51 +5005,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hany Kamal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Godlewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Transactions on Emerging Telecommunications Technologies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 23 (6), pp.508-521</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5113,51 +5113,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Kélif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Godlewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Wireless Communications Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 1 (4), pp.272-275</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5234,51 +5234,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Kélif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maode Ma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Godlewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Springer Wireless Personnal Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 69 (1), pp.133-152. </w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5363,51 +5363,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Iellamo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Godlewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Wireless Networks</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 17 (5), pp.1355-1371. </w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5492,51 +5492,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Kélif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Godlewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EURASIP Journal on Wireless Communications and Networking</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 2011 (1), pp.137. </w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5596,51 +5596,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hany Kamal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Godlewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Kélif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5713,51 +5713,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Kélif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Godlewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EURASIP Journal on Wireless Communications and Networking</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 2010 (435189), pp.1-11</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5795,51 +5795,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analytical Performance Evaluation of Various Frequency Reuse and Scheduling Schemes in Cellular OFDMA Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Masood Maqbool</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Godlewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6700,77 +6700,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-Agent Proximal Policy Optimization for Dynamic Multi-Channel URLLC Access</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît-Marie Robaglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitrios Tsilimantos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2024 IEEE 35th International Symposium on Personal, Indoor and Mobile Radio Communications (PIMRC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Valencia, Spain. pp.1-7, </w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6804,77 +6804,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SeqDQN: Multi-Agent Deep Reinforcement Learning for Uplink URLLC with Strict Deadlines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît-Marie Robaglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitrios Tsilimantos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apostolos Destounis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6938,51 +6938,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Yassine Hentati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tijani Chahed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ciblat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7213,239 +7213,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04082598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatio-Temporal Wireless D2D Network With Imperfect Beam Alignment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yibo Quan</w:t>
+                <w:t xml:space="preserve">Joint Power and Subcarrier Allocation in Multi-Cell Multi-Carrier NOMA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Subhankar Banerjee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chung Shue Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Kelif</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abhishek Sinha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 IEEE Wireless Communications and Networking Conference (WCNC)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ICUFN2022 - 13th International Conference on Ubiquitous and Future Networks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Barcelona, Spain</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03842031v1</w:t>
+                <w:t xml:space="preserve">hal-03721736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joint Power and Subcarrier Allocation in Multi-Cell Multi-Carrier NOMA</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Chung Shue Chen</w:t>
+                <w:t xml:space="preserve">Spatio-Temporal Wireless D2D Network With Imperfect Beam Alignment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yibo Quan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Abhishek Sinha</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Kelif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICUFN2022 - 13th International Conference on Ubiquitous and Future Networks</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2022 IEEE Wireless Communications and Networking Conference (WCNC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Austin, United States. pp.2346-2351, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/WCNC51071.2022.9771938⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03721736v1</w:t>
+                <w:t xml:space="preserve">hal-03842031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monte Carlo Tree Search Bidding Strategy for Simultaneous Ascending Auctions</w:t>
               </w:r>
@@ -7743,90 +7743,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deep Reinforcement Learning for Scheduling Uplink IoT Traffic with Strict Deadlines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît-Marie Robaglia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apostolos Destounis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitrios Tsilimantos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">GLOBECOM 2021 - 2021 IEEE Global Communications Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2021, Madrid, France. pp.1-6, </w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8059,51 +8059,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-cell MIMO Transceiver Design for Mission-Critical Communication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deepa Jagyasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alaa Daher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8442,265 +8442,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02287727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance Evaluation of Millimeter Wave Full-Duplex Cellular Networks</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Kelif</w:t>
+                <w:t xml:space="preserve">A Repetition Scheme for MBSFN Based Mission-Critical Communications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alaa Daher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Shabbir Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Godlewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Ngouat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 IEEE Globecom Workshops (GC Wkshps)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/GLOCOMW.2018.8644246⟩</w:t>
+              <w:t xml:space="preserve">2018 IEEE 88th Vehicular Technology Conference (VTC-Fall)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2018, Chicago, United States. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/VTCFall.2018.8690595⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03143489v1</w:t>
+                <w:t xml:space="preserve">hal-03143493v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Repetition Scheme for MBSFN Based Mission-Critical Communications</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mohammed Shabbir Ali</w:t>
+                <w:t xml:space="preserve">Performance Evaluation of Millimeter Wave Full-Duplex Cellular Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hernan-Felipe Arrano-Scharager</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Kelif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2018 IEEE 88th Vehicular Technology Conference (VTC-Fall)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2018, Chicago, United States. pp.1-6, </w:t>
+              <w:t xml:space="preserve">2018 IEEE Globecom Workshops (GC Wkshps)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Abu Dhabi, United Arab Emirates. pp.1-7, </w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/VTCFall.2018.8690595⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/GLOCOMW.2018.8644246⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03143493v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03143489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Securing Delay-Tolerant IoT Uplink Communications Against Eavesdropping</w:t>
               </w:r>
@@ -9082,571 +9082,571 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02287620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SINR Model for MBSFN Based Mission Critical Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alaa Daher</w:t>
+                <w:t xml:space="preserve">Subcarrier and Power allocation for Sum Rate Maximization in Multicarrier NOMA Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yaru Fu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lou Salaun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chi Wan Sung</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chung Shue Calvin Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Vehicular Technology Conference (VTC Fall)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Toronto, Canada. pp.1-5</w:t>
+              <w:t xml:space="preserve">IEEE International Conference on Communications (ICC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02288487v1</w:t>
+                <w:t xml:space="preserve">hal-02287540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Subcarrier and Power allocation for Sum Rate Maximization in Multicarrier NOMA Systems</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Chung Shue Calvin Chen</w:t>
+                <w:t xml:space="preserve">SINR Model for MBSFN Based Mission Critical Communications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alaa Daher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Godlewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Kélif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Ngouat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Communications (ICC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">IEEE Vehicular Technology Conference (VTC Fall)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Toronto, Canada. pp.1-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02287540v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02288487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance Analysis of Online Matching Algorithms for D2D Communications</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marco Rojas</w:t>
+                <w:t xml:space="preserve">SC-PTM or MBSFN for Mission Critical Communications?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alaa Daher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Tereza Carvalho</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Godlewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Ngouat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Minot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Latin-American Conference on Communications (LATINCOM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Guatemala City, Guatemala. pp.1-6</w:t>
+              <w:t xml:space="preserve">IEEE Vehicular Technology Conference (VTC-Spring)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Sydney, Australia. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02287716v1</w:t>
+                <w:t xml:space="preserve">hal-02288485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SC-PTM or MBSFN for Mission Critical Communications?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alaa Daher</w:t>
+                <w:t xml:space="preserve">Performance Analysis of Online Matching Algorithms for D2D Communications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ligia Zorello</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Rojas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Pierre Minot</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rahul Vaze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tereza Carvalho</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Vehicular Technology Conference (VTC-Spring)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Sydney, Australia. pp.1-6</w:t>
+              <w:t xml:space="preserve">IEEE Latin-American Conference on Communications (LATINCOM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Guatemala City, Guatemala. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02288485v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02287716v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Double Iterative Waterfilling for Sum Rate Maximization in Multicarrier NOMA Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yaru Fu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lou Salaün</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId250" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chi Wan Sung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chung Shue Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9700,295 +9700,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01458367v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling and Analysis of HetNets with mm-Wave Multi-RAT Small Cells Deployed Along Roads</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optimal Distributed Channel Assignment in D2D Networks Using Learning in Noisy Potential Games</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Global Communications Conference (GLOBECOM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2017, Singapore, Singapore. pp.1-7</w:t>
+              <w:t xml:space="preserve">IIT Kanpur Seminar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2017, Kanpur, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02292456v1</w:t>
+                <w:t xml:space="preserve">hal-02287623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal Distributed Channel Assignment in D2D Networks Using Learning in Noisy Potential Games</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Optimal distributed channel assignment in D2D networks using learning in noisy potential games</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Shabbir Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Coucheney</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IIT Kanpur Seminar</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2017 IEEE Conference on Computer Communications: Workshops (INFOCOM WKSHPS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Atlanta, United States. pp.151-156, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/INFCOMW.2017.8116368⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02287623v1</w:t>
+                <w:t xml:space="preserve">hal-03143499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal distributed channel assignment in D2D networks using learning in noisy potential games</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pierre Coucheney</w:t>
+                <w:t xml:space="preserve">Modeling and Analysis of HetNets with mm-Wave Multi-RAT Small Cells Deployed Along Roads</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gourab Ghatak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonio de Domenico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2017 IEEE Conference on Computer Communications: Workshops (INFOCOM WKSHPS)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Global Communications Conference (GLOBECOM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Singapore, Singapore. pp.1-7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/INFCOMW.2017.8116368⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03143499v1</w:t>
+                <w:t xml:space="preserve">hal-02292456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auto-Adaptive Multi-Hop Clustering for Hybrid Cellular-Vehicular Networks</w:t>
               </w:r>
@@ -10076,286 +10076,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02288490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tabu Search Approach for the Bi-Level Competitive Base Station Location Problem</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Controlled Matching Games for Resource Allocation and User Association in Multi-Rate WiFi Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marceau Coupechoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Touati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ivan Davydov</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Stefano Iellamo</w:t>
+                <w:t xml:space="preserve">Rachid Elazouzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eitan Altman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Kélif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Int. Conf. on Discrete Optimization and Operation Research (DOOR)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Vladivostok, Russia</w:t>
+              <w:t xml:space="preserve">CEA LETI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2016, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02287479v1</w:t>
+                <w:t xml:space="preserve">hal-02287264v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controlled Matching Games for Resource Allocation and User Association in Multi-Rate WiFi Networks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tabu Search Approach for the Bi-Level Competitive Base Station Location Problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Davydov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Kélif</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Iellamo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CEA LETI</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2016, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Int. Conf. on Discrete Optimization and Operation Research (DOOR)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Vladivostok, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02287264v1</w:t>
+                <w:t xml:space="preserve">hal-02287479v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Learning in Near-Potential Games for Distributed Load Balancing in Heterogeneous Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Shabbir Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Coucheney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10393,64 +10393,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Learning Annealing Schedule of Log-Linear Algorithms for Load Balancing in HetNets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Shabbir Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Coucheney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10691,77 +10691,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Controlled Matching Games for Resource Allocation and User Association in Wireless Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Touati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid Elazouzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eitan Altman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Kélif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11002,51 +11002,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of Mobility on QoS in Heterogeneous Wireless Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Touati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Kélif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11097,64 +11097,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Load Balancing in Heterogeneous Networks Based on Distributed Learning in Potential Games</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Shabbir Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Coucheney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11205,64 +11205,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Distributed Load Balancing in Heterogeneous Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Shabbir Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Coucheney</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée Optim &amp; Télécoms, Université Paris 13</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2015, Villetaneuse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11287,90 +11287,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Controlled Matching Game for User Association and Resource Allocation in Multi-Rate WLANs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mikaël Touati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachid El-Azouzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eitan Altman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Kélif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11402,273 +11402,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01230585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Core stable algorithms for coalition games with complementarities and peer effects</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Rachid Elazouzi</w:t>
+                <w:t xml:space="preserve">Limiting the Power of 4G Dynamic Green Cellular Networks: Impact on Capacity and Quality of Service</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Kélif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Kélif</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Marache</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM SIGMETRICS NetEcon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Portland, United States</w:t>
+              <w:t xml:space="preserve">IEEE Sarnoff Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2015, Newark, United States. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01220107v1</w:t>
+                <w:t xml:space="preserve">hal-02288443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Limiting the Power of 4G Dynamic Green Cellular Networks: Impact on Capacity and Quality of Service</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Core stable algorithms for coalition games with complementarities and peer effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Touati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachid Elazouzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marceau Coupechoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eitan Altman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Kélif</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Marache</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Sarnoff Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2015, Newark, United States. pp.1-6</w:t>
+              <w:t xml:space="preserve">ACM SIGMETRICS NetEcon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Portland, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02288443v1</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01220107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impromptu Deployment of Wireless Relay Networks: Experiences Along a Forest Trail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arpan Chattopadhyay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Avishek Ghosh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12008,51 +12008,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maode Ma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Godlewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE National Conference on Communications (NCC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2014, Kanpur, India. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12686,77 +12686,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement Based Impromptu Deployment of a Multi-Hop Wireless Relay Network</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arpan Chattopadhyay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anurag Kumar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Symposium on Modeling and Optimization in Mobile, Ad Hoc and Wireless Networks (WiOpt)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2013, Tsukuba Science City, Japan. pp.1-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -12775,217 +12775,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01144315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement Based Impromptu Deployment of a Multi-Hop Wireless Relay Network</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arpan Chattopadhyay</w:t>
+                <w:t xml:space="preserve">Pilot allocation and receive antenna selection: A Markov decision theoretic approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reuben George Stephen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chandra Murthy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anurag Kumar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2013 11th International Symposium and Workshops on Modeling and Optimization in Mobile, Ad Hoc and Wireless Networks (WiOpt)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Tsukuba Science City, Japan</w:t>
+              <w:t xml:space="preserve">ICC 2013 - 2013 IEEE International Conference on Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2013, Budapest, Hungary. pp.5774-5779</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02133062v1</w:t>
+                <w:t xml:space="preserve">hal-02133063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pilot allocation and receive antenna selection: A Markov decision theoretic approach</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Chandra Murthy</w:t>
+                <w:t xml:space="preserve">Measurement Based Impromptu Deployment of a Multi-Hop Wireless Relay Network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arpan Chattopadhyay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anurag Kumar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICC 2013 - 2013 IEEE International Conference on Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2013, Budapest, Hungary. pp.5774-5779</w:t>
+              <w:t xml:space="preserve">2013 11th International Symposium and Workshops on Modeling and Optimization in Mobile, Ad Hoc and Wireless Networks (WiOpt)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Tsukuba Science City, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02133063v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02133062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulated Annealing Algorithm for Optimal Relay Placement in Cellular Networks</w:t>
               </w:r>
@@ -13593,237 +13593,237 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal Capacity Relay Node Placement in a Multi-hop Network on a Line</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arpan Chattopadhyay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abhishek Sinha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anurag Kumar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International workshop on Resource Allocation and Cooperation in Wireless Networks, RAWNET, in conjunction with WiOpt</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Paderborn, Germany. pp.1-8</w:t>
+              <w:t xml:space="preserve">WiOpt'12: Modeling and Optimization in Mobile, Ad Hoc, and Wireless Networks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Paderborn, Germany. pp.452-459</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01144319v1</w:t>
+                <w:t xml:space="preserve">hal-00766295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal Capacity Relay Node Placement in a Multi-hop Network on a Line</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arpan Chattopadhyay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abhishek Sinha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anurag Kumar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WiOpt'12: Modeling and Optimization in Mobile, Ad Hoc, and Wireless Networks</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Paderborn, Germany. pp.452-459</w:t>
+              <w:t xml:space="preserve">International workshop on Resource Allocation and Cooperation in Wireless Networks, RAWNET, in conjunction with WiOpt</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Paderborn, Germany. pp.1-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00766295v1</w:t>
+                <w:t xml:space="preserve">hal-01144319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact on Coverage and Capacity of Reduced Transmit Power in Cellular Networks</w:t>
               </w:r>
@@ -13835,51 +13835,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Kélif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Marache</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Green Telecom and IT Workshop, Indian Institute of Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2012, Bangalore, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13943,51 +13943,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maode Ma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Godlewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Alcatel-Lucent Bell Labs Seminar</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2012, Villarceaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14064,51 +14064,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. M. Kélif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Godlewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">DIGICOSME seminar</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2012, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14235,459 +14235,459 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02286315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imitation-based Spectrum Access Policy for CSMA/CA-based Cognitive Radio Networks</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Outage Probability for Joint Processing Coordinated Multi-Point (JP-CoMP) Performance Analysis in LTE-Advanced Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorra Ben Cheikh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Kélif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Godlewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Wireless Communications and Networking Conference, WCNC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2012, Paris, France. pp.1-6</w:t>
+              <w:t xml:space="preserve">Communication Networks Seminar, Indian Institute of Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2012, Bangalore, India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01144477v1</w:t>
+                <w:t xml:space="preserve">hal-02286289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imitation-based spectrum access policy for cognitive radio networks</w:t>
+                <w:t xml:space="preserve">A bi-level competitive facility location problem for the design of cognitive networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Iellamo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ekaterina Alekseeva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lin Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId321" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Athanasios Vasilakos</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuri A. Kochetov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2012 9th International Symposium on Wireless Communication Systems (ISWCS 2012)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2012, Paris, France. pp.1019-1023</w:t>
+              <w:t xml:space="preserve">International Conference on Performance Evaluation Methodologies and Tools (VALUETOOLS), invited talk</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Cargèse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02133059v1</w:t>
+                <w:t xml:space="preserve">hal-02286403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Outage Probability for Joint Processing Coordinated Multi-Point (JP-CoMP) Performance Analysis in LTE-Advanced Networks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Imitation-based spectrum access policy for cognitive radio networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Iellamo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lin Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Philippe Godlewski</w:t>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Athanasios Vasilakos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communication Networks Seminar, Indian Institute of Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2012, Bangalore, India</w:t>
+              <w:t xml:space="preserve">2012 9th International Symposium on Wireless Communication Systems (ISWCS 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2012, Paris, France. pp.1019-1023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId322" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02286289v1</w:t>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02133059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A bi-level competitive facility location problem for the design of cognitive networks</w:t>
+                <w:t xml:space="preserve">Imitation-based Spectrum Access Policy for CSMA/CA-based Cognitive Radio Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Iellamo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lin Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yuri A. Kochetov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Performance Evaluation Methodologies and Tools (VALUETOOLS), invited talk</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2012, Cargèse, France</w:t>
+              <w:t xml:space="preserve">IEEE Wireless Communications and Networking Conference, WCNC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Paris, France. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02286403v1</w:t>
+                <w:t xml:space="preserve">hal-01144477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic System Performance of SISO, MISO and MIMO Alamouti Schemes</w:t>
               </w:r>
@@ -14712,51 +14712,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Kélif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Godlewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Sarnoff Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Princeton, United States. pp.1-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14775,204 +14775,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00717680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Opportunistic Spectrum Access with Channel Switching Cost for Cognitive Radio Networks</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How to Set the Fractional Power Control Compensation Factor in LTE ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Kélif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Communications, ICC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, Kyoto, Japan. pp.1-5</w:t>
+              <w:t xml:space="preserve">IEEE Sarnoff Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Princeton, United States. pp.1-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01144490v1</w:t>
+                <w:t xml:space="preserve">hal-00721232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to Set the Fractional Power Control Compensation Factor in LTE ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Relays-Enhanced LTE-Advanced Networks Performance Studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mattia Minelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Kélif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maode Ma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Godlewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Sarnoff Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Princeton, United States. pp.1-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00721232v1</w:t>
+                <w:t xml:space="preserve">hal-00721231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Some Optimization Problems in Dynamic Spectrum Allocation</w:t>
               </w:r>
@@ -14984,51 +15010,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hany Kamal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Godlewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sagemcom TECHDAYS Seminar</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2011, Rueil-Malmaison, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15047,148 +15073,122 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02286309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relays-Enhanced LTE-Advanced Networks Performance Studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mattia Minelli</w:t>
+                <w:t xml:space="preserve">Opportunistic Spectrum Access with Channel Switching Cost for Cognitive Radio Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lin Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefano Iellamo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Philippe Godlewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Sarnoff Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Princeton, United States. pp.1-5</w:t>
+              <w:t xml:space="preserve">IEEE International Conference on Communications, ICC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Kyoto, Japan. pp.1-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00721231v1</w:t>
+                <w:t xml:space="preserve">hal-01144490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multicellular Zero Forcing Precoding Performance in Rayleigh and Shadow Fading</w:t>
               </w:r>
@@ -15213,51 +15213,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Kélif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Godlewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Vehicular Technology Conference, VTC Spring</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Budapest, Hungary. pp.1-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15321,51 +15321,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Kélif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Godlewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Sarnoff Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2010, Princeton, United States. pp.1-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15416,51 +15416,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hany Kamal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Godlewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFIP Wireless Days</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Venice, Italy. pp.1-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15524,51 +15524,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Iellamo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Godlewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE INFOCOM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2010, San Diego, États-Unis. pp.1-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15619,51 +15619,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Kélif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Marache</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Conference on Communications, ICC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2010, Cape Town, South Africa. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15682,217 +15682,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01144498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation des protocoles OFDMA orchestrés pour les réseaux sans-fil maillés</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hilaire Chevreau</w:t>
+                <w:t xml:space="preserve">Average SIR Estimation in Cellular Networks with Best Server Policy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mattia Minelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId336" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pierre Fouilhoux</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Kélif</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11ème Congrès de la Société Française de Recherche Opérationnelle et d'Aide à la Décision (ROADEF 2010)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2010, Toulouse, France</w:t>
+              <w:t xml:space="preserve">IFIP Wireless Days</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Venice, Italy. pp.1-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01291373v1</w:t>
+                <w:t xml:space="preserve">hal-01144496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId337" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Average SIR Estimation in Cellular Networks with Best Server Policy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mattia Minelli</w:t>
+                <w:t xml:space="preserve">Optimisation des protocoles OFDMA orchestrés pour les réseaux sans-fil maillés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hilaire Chevreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marc Kélif</w:t>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Fouilhoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFIP Wireless Days</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2010, Venice, Italy. pp.1-5</w:t>
+              <w:t xml:space="preserve">11ème Congrès de la Société Française de Recherche Opérationnelle et d'Aide à la Décision (ROADEF 2010)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2010, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId337" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01144496v1</w:t>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01291373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Tabu Search DSA Algorithm for Reward Maximization in Cellular Networks</w:t>
               </w:r>
@@ -15904,51 +15904,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hany Kamal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Godlewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Conference on Wireless and Mobile Computing, Networking and Communications, WiMob</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Niagara Falls, Canada. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -16090,51 +16090,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hany Kamal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Godlewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2009 4th International Conference on Cognitive Radio Oriented Wireless Networks and Communications (CROWNCOM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, Hanover, Germany. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -16153,204 +16153,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02133044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cell breathing, sectorization and densification in cellular networks</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">M. Coupechoux</w:t>
+                <w:t xml:space="preserve">Reuse 1 in WiMAX Networks with Beamforming</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masood Maqbool</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marceau Coupechoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Godlewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2009 7th International Symposium on Modeling and Optimization in Mobile, Ad Hoc, and Wireless Networks - WiOpt 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Seoul, France. pp.1-7</w:t>
+              <w:t xml:space="preserve">Wireless World Research Forum, WWRF22</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Paris, France. pp.1-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02133048v1</w:t>
+                <w:t xml:space="preserve">hal-01547180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId344" w:history="1">
+            <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reuse 1 in WiMAX Networks with Beamforming</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Philippe Godlewski</w:t>
+                <w:t xml:space="preserve">Cell breathing, sectorization and densification in cellular networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-M. Kelif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wireless World Research Forum, WWRF22</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Paris, France. pp.1-5</w:t>
+              <w:t xml:space="preserve">2009 7th International Symposium on Modeling and Optimization in Mobile, Ad Hoc, and Wireless Networks - WiOpt 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Seoul, France. pp.1-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01547180v1</w:t>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02133048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Analytical Model for WiMAX Networks with Multiple Traffic Profiles and Throttling Policy</w:t>
               </w:r>
@@ -16564,230 +16564,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01294444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Efficient Analytical Model for the Dimensioning of WiMAX Networks</w:t>
+                <w:t xml:space="preserve">A Novel Mechanism for Contention-based Initial Ranging in IEEE 802.16e Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Baynat</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">M. Maqbool</w:t>
+                <w:t xml:space="preserve">J. Chi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Martins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IFIP/TC6 Networking</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2009, Aachen, Germany. pp.1-14</w:t>
+              <w:t xml:space="preserve">IEEE Wireless Communications and Networking Conference, WCNC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, Budapest, Hungary. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01547188v1</w:t>
+                <w:t xml:space="preserve">hal-01547168v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Novel Mechanism for Contention-based Initial Ranging in IEEE 802.16e Networks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">An Efficient Analytical Model for the Dimensioning of WiMAX Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Baynat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Nogueira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Chi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">P. Martins</w:t>
+                <w:t xml:space="preserve">M. Maqbool</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Wireless Communications and Networking Conference, WCNC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2009, Budapest, Hungary. pp.1-6</w:t>
+              <w:t xml:space="preserve">IFIP/TC6 Networking</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2009, Aachen, Germany. pp.1-14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01547168v1</w:t>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01547188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimensioning Methodology for OFDMA Networks</w:t>
               </w:r>
@@ -16799,51 +16799,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Masood Maqbool</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Godlewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Doirieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17108,744 +17108,744 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01547184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inter-operator spectrum sharing for cellular networks using game theory</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hany Kamal</w:t>
+                <w:t xml:space="preserve">Impact of Topology and Shadowing on the Outage Probability of Cellular Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Kélif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Godlewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2009 IEEE 20th International Symposium on Personal, Indoor and Mobile Radio Communications - (PIMRC 2009)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE International Conference on Communications, ICC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Dresden, Germany. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICC.2009.5199067⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02133051v1</w:t>
+                <w:t xml:space="preserve">hal-00694503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId363" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Semi-analytical Method to Model Effective SINR Spatial Distribution in WiMAX Networks</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">P. Godlewski</w:t>
+                <w:t xml:space="preserve">Inter-operator spectrum sharing for cellular networks using game theory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hany Kamal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marceau Coupechoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Godlewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Sarnoff Symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2009, Princeton, United States. pp.1-5</w:t>
+              <w:t xml:space="preserve">2009 IEEE 20th International Symposium on Personal, Indoor and Mobile Radio Communications - (PIMRC 2009)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2009, Toyko, Japan. pp.425-429</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId363" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01547163v1</w:t>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02133051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Topology and Shadowing on the Outage Probability of Cellular Networks</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marceau Coupechoux</w:t>
+                <w:t xml:space="preserve">A Semi-analytical Method to Model Effective SINR Spatial Distribution in WiMAX Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Maqbool</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Coupechoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Godlewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Communications, ICC</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Sarnoff Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2009, Princeton, United States. pp.1-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICC.2009.5199067⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00694503v1</w:t>
+                <w:t xml:space="preserve">hal-01547163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Distributed Subcarrier Permutation on Adaptive Beamforming in WiMAX Networks</w:t>
+                <w:t xml:space="preserve">An Efficient Analytical Model for WiMAX Networks with Multiple Traffic Profiles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">B. Baynat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Doirieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Nogueira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">M. Maqbool</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Coupechoux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ph. Godlewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Vehicular Technology Conference (VTC Fall)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2008, Calgary, Canada. pp.1-5</w:t>
+              <w:t xml:space="preserve">International Workshop on Performance and Analysis of Wireless Networks, ACM/IET/ICST PAWN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Ilan, Taiwan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01493343v1</w:t>
+                <w:t xml:space="preserve">hal-01547146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId367" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Efficient Analytical Model for WiMAX Networks with Multiple Traffic Profiles</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId354" w:history="1">
+                <w:t xml:space="preserve">Effect of Distributed Subcarrier Permutation on Adaptive Beamforming in WiMAX Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Maqbool</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Coupechoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ph. Godlewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Performance and Analysis of Wireless Networks, ACM/IET/ICST PAWN</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2008, Ilan, Taiwan</w:t>
+              <w:t xml:space="preserve">IEEE Vehicular Technology Conference (VTC Fall)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Calgary, Canada. pp.1-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId367" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01547146v1</w:t>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01493343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SMDP Approach for JRRM Analysis in Heterogeneous Networks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of Shadowing on Outage Probability in Fluid Cellular Radio Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. M. Kélif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Coupechoux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">J. M. Kélif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ph. Godlewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE European Wireless (EW)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2008, Prague, Czech Republic. pp.1-7</w:t>
+              <w:t xml:space="preserve">Intl. Symposium on Modeling and Optimization in Mobile, Ad Hoc, and Wireless Networks (WiOpt)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2008, Berlin, Germany. pp.1-10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01493342v1</w:t>
+                <w:t xml:space="preserve">hal-01493334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Shadowing on Outage Probability in Fluid Cellular Radio Networks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">SMDP Approach for JRRM Analysis in Heterogeneous Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Coupechoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. M. Kélif</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ph. Godlewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intl. Symposium on Modeling and Optimization in Mobile, Ad Hoc, and Wireless Networks (WiOpt)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2008, Berlin, Germany. pp.1-10</w:t>
+              <w:t xml:space="preserve">IEEE European Wireless (EW)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2008, Prague, Czech Republic. pp.1-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01493334v1</w:t>
+                <w:t xml:space="preserve">hal-01493342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of Various Frequency Reuse Patterns for WiMAX Networks with Adaptive Beamforming</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Maqbool</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17896,51 +17896,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Novel Waiting-time Dependent Mechanism for Contention-based Initial Ranging in IEEE 802.16e Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId356" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Chi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Martins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -17985,252 +17985,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01547147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Efficient Analytical Model for WiMAX Networks with Multiple Traffic Profiles</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Masood Maqbool</w:t>
+                <w:t xml:space="preserve">Network Controlled Joint Radio Resource Management for Heterogeneous Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Coupechoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. M. Kélif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ph. Godlewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International Conference on Mobile Technology, Applications, and Systems, Mobility Conference 2008</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE Vehicular Technology Conference (VTC Spring)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Singapore, Singapore. pp.1-5</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01303446v1</w:t>
+                <w:t xml:space="preserve">hal-01493339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId375" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Network Controlled Joint Radio Resource Management for Heterogeneous Networks</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ph. Godlewski</w:t>
+                <w:t xml:space="preserve">An Efficient Analytical Model for WiMAX Networks with Multiple Traffic Profiles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Nogueira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Baynat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Doirieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marceau Coupechoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Masood Maqbool</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Vehicular Technology Conference (VTC Spring)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">5th International Conference on Mobile Technology, Applications, and Systems, Mobility Conference 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, Yilan, Taiwan. pp.96, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/1506270.1506388⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId375" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01493339v1</w:t>
+            <w:hyperlink r:id="rId374" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01303446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fluid Model of the Outage Probability in Sectored Wireless Networks</w:t>
               </w:r>
@@ -18324,51 +18324,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analytical Evaluation of Various Frequency Reuse Schemes in Cellular OFDMA Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ph. Godlewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Maqbool</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18413,260 +18413,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01547155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial Outage Probability for Cellular Networks</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ph. Godlewski</w:t>
+                <w:t xml:space="preserve">Combinatorial problems and integer formulations in wireless mesh network design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Fouilhoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Global Communications Conference (GLOBECOM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2007, Washington, United States. pp.1-6</w:t>
+              <w:t xml:space="preserve">International Conference on Nonconvex Programming</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2007, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01493329v1</w:t>
+                <w:t xml:space="preserve">hal-01336475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId379" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combinatorial problems and integer formulations in wireless mesh network design</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marceau Coupechoux</w:t>
+                <w:t xml:space="preserve">Spatial Outage Probability for Cellular Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. M. Kélif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Coupechoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ph. Godlewski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Nonconvex Programming</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2007, Rouen, France</w:t>
+              <w:t xml:space="preserve">IEEE Global Communications Conference (GLOBECOM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2007, Washington, United States. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId379" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01336475v1</w:t>
+            <w:hyperlink r:id="rId380" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01493329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Problèmes combinatoires dans les réseaux sans-fil: conception et performances</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Fouilhoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId380" w:history="1">
+            <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -19421,64 +19421,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reinforcement Learning Algorithm for Load Balancing in Self‐Organizing Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Shabbir Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Coucheney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -19516,64 +19516,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rules for Computing Resistance of Transitions of Learning Algorithms in Games</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Shabbir Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Coucheney</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -19637,51 +19637,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tabu search heuristic for competitive base station location problem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Davydov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stefano Iellamo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -19745,51 +19745,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Masood Maqbool</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marceau Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Godlewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Capdevielle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -19827,77 +19827,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance Evaluation and Dimensioning of WiMAX</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId353" w:history="1">
+            <w:hyperlink r:id="rId355" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Nogueira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Baynat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId354" w:history="1">
+            <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Maqbool</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Coupechoux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -20637,51 +20637,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533120v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;riem Ghali" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Busson" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marceau Coupechoux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12243-026-01166-9" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04998030v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Pacaud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Bechler" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TG.2024.3424246" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05118567v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TG.2025.3552025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04892974v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yibo Quan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc K&#233;lif" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2024.3451487" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828952v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ciblat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Combaz" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Marquet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Orgerie" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/SIF.1024.24.99" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05118582v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t-Marie Robaglia" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Tsilimantos" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMLCN.2024.3437351" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810501v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/SIF.1024.23.53" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03842011v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Darbon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Kelif" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sigelle" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMC.2022.3156822" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04108949v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Ware" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekram Hossain" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Mas-Machuca" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinod Sharma" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12243-023-00967-6" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03566826v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hern&#225;n-Felipe Arra&#241;o-Scharager" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCOMM.2021.3122919" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03706417v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepa Jagyasi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2022.3160348" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03566842v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ju Bin Song" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Husheng Li" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11036-019-01264-0" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03122763v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ghatak" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Koirala" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Domenico" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Denis" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dardari" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCOMM.2020.3036864" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02421005v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Garbiso" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ada Diaconescu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Leroy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2020.2966279" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02916822v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohan Krishna Nutalapati" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amrit Singh Bedi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ketan Rajawat" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2020.3015276" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02895678v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Daher" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Godlewski" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ngouat" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Minot" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TWC.2020.2988382" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02315135v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Shabbir Ali" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Coucheney" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMC.2019.2936345" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302721v2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Salaun" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chung Shue Chen" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2020.2982786" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02132352v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gourab Ghatak" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio de Domenico" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCOMM.2019.2916794" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02167730v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Iellamo" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaheer Khan" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCCN.2019.2924925" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02132354v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LWC.2019.2915824" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02292459v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TWC.2018.2807426" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01536136v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Touati" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid El-Azouzi" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eitan Altman" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSAC.2017.2672258" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287567v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet Hung Tran" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02292452v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arpan Chattopadhyay" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhishek Sinha" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anurag Kumar" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287233v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Minelli" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maode Ma" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287309v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TWC.2016.2551744" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287118v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287584v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahul Vaze" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287261v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sung W. Kim" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miao Pan" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gyanendra Prasad Joshi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orhan Gazi" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianhua He" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287144v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sinchu" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reuben G. Stephen" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chandra R. Murthy" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03143420v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2847220.2847244" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01262152v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Touati" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2825236.2825249" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287231v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNET.2015.2496721" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144293v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Alekseeva" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Chen" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri A. Kochetov" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10288-014-0268-1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01109630v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamed Ahmadi" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Dasilva" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MNET.2014.6963802" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144304v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.P. Naveen" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prasenjit Mondal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.adhoc.2014.04.005" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00958679v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TWC.2013.010214.130814" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131029v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alekseeva Ekaterina" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Kochetov" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00904219v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCOMM.2013.050713.121137" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00823365v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02133064v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorra Ben Cheikh" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12243-012-0329-4" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-GWV2T4TS-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00665005v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phycom.2011.09.008" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00737660v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hany Kamal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00727468v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00800981v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11277-012-0565-y" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-6G71SNS5-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02133053v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11276-011-0353-8" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-PGKV1MQ3-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00666681v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1687-1499-2011-137" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144493v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ett.1456" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00830022v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144500v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masood Maqbool" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144497v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Baynat" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Doirieux" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comcom.2010.01.012" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00477682v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Coupechoux" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Godlewski" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martins" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ciblat" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00565941v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bonnet" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinod Kumar" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/b:mone.0000048554.50262.c1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01152944v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/B:WIRE.0000037571.13880.0f" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-FM7QBC4G-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512984v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Ghali" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034070v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05118818v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Darbon" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WiMob61911.2024.10770532" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05118829v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIMRC59610.2024.10817242" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04082578v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apostolos Destounis" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492334v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Yassine Hentati" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tijani Chahed" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sameh Najeh" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ComNet60156.2023.10366633" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04189770v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus A. Cumana-Morales" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Antonio Cordero Fuertes" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04082598v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arsalan Ahmed" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03842031v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC51071.2022.9771938" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03721736v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subhankar Banerjee" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03842027v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/WiOpt56218.2022.9930539" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04189758v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOBECOM48099.2022.10001302" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03572829v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC42927.2021.9500356" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03566861v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOBECOM46510.2021.9685561" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02895732v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01959126v2" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INFOCOM.2019.8737495" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02315256v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288564v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01686051v2" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2018.8422362" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287727v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ketan Rejawat" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03143489v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hernan-Felipe Arrano-Scharager" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOCOMW.2018.8644246" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03143493v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VTCFall.2018.8690595" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287874v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoul Guiazon" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai-Kit Wong" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CIOT.2018.8627099" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287740v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hernan F Arrano" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01826682v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287620v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Perez" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288487v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287540v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaru Fu" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chi Wan Sung" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chung Shue Calvin Chen" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287716v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ligia Zorello" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Rojas" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tereza Carvalho" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288485v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01458367v2" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Sala&#252;n" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2017.7996797" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02292456v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287623v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03143499v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INFCOMW.2017.8116368" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288490v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287479v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Davydov" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287264v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Elazouzi" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287319v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288460v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02292451v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02292450v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287263v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287304v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Mansanarez" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287402v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144143v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144144v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287119v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01230585v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01220107v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288443v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Marache" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144152v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avishek Ghosh" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akhila S. Rao" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bharat Dwivedi" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.V.R. Anand" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286844v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286896v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00937203v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144149v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Senecal" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constant Bridon" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144146v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144150v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144302v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286845v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144313v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144315v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02133062v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02133063v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reuben George Stephen" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chandra Murthy" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286732v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00844869v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01220104v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286730v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02133056v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288329v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144319v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00766295v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288318v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286313v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286846v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. K&#233;lif" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286315v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144477v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02133059v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasios Vasilakos" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286289v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286403v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00717680v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144490v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00721232v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286309v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00721231v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00717290v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144502v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144495v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144503v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144498v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291373v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilaire Chevreau" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fouilhoux" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144496v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144494v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00694509v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC.2009.4917857" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02133044v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02133048v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Kelif" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01547180v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295264v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maqbool Masood" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WIOPT.2009.5291626" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294444v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Nogueira" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-01399-7_41" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01547188v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Baynat" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Nogueira" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maqbool" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01547168v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chi" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01547174v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295276v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01547184v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Kamal" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Godlewski" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02133051v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01547163v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00694503v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2009.5199067" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01493343v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01547146v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Doirieux" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01493342v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01493334v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01493340v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01547147v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303446v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1506270.1506388" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01493339v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01493336v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01547155v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01493329v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336475v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Martin" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311605v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01493328v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647045v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Brignol" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531146v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531103v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287950v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287859v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martins" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-2-8178-0085-1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144479v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02917048v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03143506v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-67540-4_9" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287318v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01547160v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Capdevielle" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01499921v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645463v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Poptcheva" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bram Vanderborght" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Colom" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#363;ta Binkyt&#279;" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oana Balalau" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03572856v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03697720v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Morgand" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frenoux Emmanuelle" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03367918v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00000907v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559389v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;riem Ghali" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Busson" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marceau Coupechoux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12243-026-01166-9" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04998030v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Pacaud" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Bechler" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TG.2024.3424246" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05118567v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TG.2025.3552025" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04892974v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yibo Quan" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc K&#233;lif" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2024.3451487" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05118582v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t-Marie Robaglia" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Tsilimantos" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMLCN.2024.3437351" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828952v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ciblat" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Combaz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Marquet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Orgerie" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/SIF.1024.24.99" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03810501v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48556/SIF.1024.23.53" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03842011v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Darbon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Kelif" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Sigelle" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMC.2022.3156822" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04108949v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Ware" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekram Hossain" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Mas-Machuca" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinod Sharma" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12243-023-00967-6" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03566826v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hern&#225;n-Felipe Arra&#241;o-Scharager" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCOMM.2021.3122919" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03706417v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepa Jagyasi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2022.3160348" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03566842v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ju Bin Song" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Husheng Li" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11036-019-01264-0" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03122763v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ghatak" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Koirala" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. de Domenico" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Denis" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Dardari" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCOMM.2020.3036864" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02421005v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Garbiso" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ada Diaconescu" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Leroy" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TITS.2020.2966279" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02916822v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohan Krishna Nutalapati" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amrit Singh Bedi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ketan Rajawat" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2020.3015276" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02315135v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Shabbir Ali" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Coucheney" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMC.2019.2936345" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02895678v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Daher" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Godlewski" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ngouat" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Minot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TWC.2020.2988382" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02302721v2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Salaun" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chung Shue Chen" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2020.2982786" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02132352v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gourab Ghatak" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio de Domenico" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCOMM.2019.2916794" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02167730v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Iellamo" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaheer Khan" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCCN.2019.2924925" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02132354v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LWC.2019.2915824" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02292459v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TWC.2018.2807426" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287567v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viet Hung Tran" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02292452v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arpan Chattopadhyay" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abhishek Sinha" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anurag Kumar" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01536136v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Touati" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid El-Azouzi" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eitan Altman" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSAC.2017.2672258" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287233v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Minelli" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maode Ma" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287309v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TWC.2016.2551744" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287584v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahul Vaze" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287118v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287261v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sung W. Kim" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miao Pan" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gyanendra Prasad Joshi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orhan Gazi" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianhua He" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287144v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Sinchu" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reuben G. Stephen" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chandra R. Murthy" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01262152v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Touati" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2825236.2825249" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03143420v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2847220.2847244" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287231v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNET.2015.2496721" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144293v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekaterina Alekseeva" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lin Chen" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri A. Kochetov" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10288-014-0268-1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01109630v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamed Ahmadi" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Dasilva" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MNET.2014.6963802" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144304v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.P. Naveen" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prasenjit Mondal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.adhoc.2014.04.005" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00958679v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TWC.2013.010214.130814" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01131029v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alekseeva Ekaterina" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuri Kochetov" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00904219v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCOMM.2013.050713.121137" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00823365v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02133064v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorra Ben Cheikh" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12243-012-0329-4" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-GWV2T4TS-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00665005v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phycom.2011.09.008" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00737660v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hany Kamal" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00727468v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00800981v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11277-012-0565-y" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-6G71SNS5-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02133053v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11276-011-0353-8" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-PGKV1MQ3-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00666681v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1687-1499-2011-137" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144493v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ett.1456" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00830022v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144500v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Masood Maqbool" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144497v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Baynat" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Doirieux" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comcom.2010.01.012" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00477682v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Coupechoux" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Godlewski" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Martins" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Ciblat" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00565941v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bonnet" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinod Kumar" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/b:mone.0000048554.50262.c1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01152944v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/B:WIRE.0000037571.13880.0f" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-FM7QBC4G-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05512984v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Ghali" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034070v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05118818v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Darbon" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WiMob61911.2024.10770532" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-05118829v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PIMRC59610.2024.10817242" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04082578v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Apostolos Destounis" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492334v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Yassine Hentati" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tijani Chahed" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sameh Najeh" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ComNet60156.2023.10366633" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04189770v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus A. Cumana-Morales" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Antonio Cordero Fuertes" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04082598v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arsalan Ahmed" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03721736v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subhankar Banerjee" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03842031v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC51071.2022.9771938" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03842027v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/WiOpt56218.2022.9930539" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-04189758v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOBECOM48099.2022.10001302" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03572829v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC42927.2021.9500356" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03566861v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOBECOM46510.2021.9685561" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02895732v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01959126v2" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INFOCOM.2019.8737495" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02315256v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288564v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01686051v2" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2018.8422362" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287727v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ketan Rejawat" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03143493v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VTCFall.2018.8690595" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03143489v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hernan-Felipe Arrano-Scharager" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GLOCOMW.2018.8644246" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287874v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoul Guiazon" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kai-Kit Wong" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CIOT.2018.8627099" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287740v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hernan F Arrano" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01826682v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287620v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Perez" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287540v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaru Fu" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chi Wan Sung" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chung Shue Calvin Chen" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288487v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288485v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287716v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ligia Zorello" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Rojas" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tereza Carvalho" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01458367v2" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lou Sala&#252;n" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2017.7996797" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287623v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03143499v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INFCOMW.2017.8116368" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02292456v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288490v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287264v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Elazouzi" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287479v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Davydov" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287319v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288460v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02292451v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02292450v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287263v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287304v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Mansanarez" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287402v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144143v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144144v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287119v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01230585v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288443v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Marache" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01220107v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144152v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Avishek Ghosh" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akhila S. Rao" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bharat Dwivedi" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.V.R. Anand" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286844v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286896v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00937203v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144149v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Senecal" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constant Bridon" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144146v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144150v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144302v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286845v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144313v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144315v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02133063v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reuben George Stephen" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chandra Murthy" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02133062v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286732v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00844869v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01220104v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286730v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02133056v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288329v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00766295v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144319v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02288318v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286313v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286846v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. M. K&#233;lif" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286315v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286289v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286403v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02133059v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasios Vasilakos" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144477v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00717680v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00721232v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00721231v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02286309v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144490v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00717290v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144502v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144495v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144503v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144498v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144496v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291373v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilaire Chevreau" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Fouilhoux" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144494v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00694509v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC.2009.4917857" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02133044v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01547180v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02133048v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Kelif" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295264v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maqbool Masood" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WIOPT.2009.5291626" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294444v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Nogueira" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-01399-7_41" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01547168v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chi" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01547188v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Baynat" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Nogueira" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Maqbool" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01547174v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01295276v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01547184v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Kamal" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Godlewski" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-00694503v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICC.2009.5199067" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02133051v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01547163v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01547146v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Doirieux" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01493343v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01493334v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01493342v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01493340v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01547147v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01493339v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303446v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/1506270.1506388" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01493336v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01547155v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01336475v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Martin" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01493329v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01311605v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01493328v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00647045v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Brignol" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531146v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531103v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287950v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287859v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martins" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-2-8178-0085-1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01144479v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02917048v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03143506v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-67540-4_9" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-02287318v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01547160v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Capdevielle" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt.hal.science/hal-01499921v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645463v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Poptcheva" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bram Vanderborght" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Colom" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#363;ta Binkyt&#279;" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oana Balalau" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03572856v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03697720v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Morgand" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frenoux Emmanuelle" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://telecom-paris.hal.science/hal-03367918v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00000907v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>