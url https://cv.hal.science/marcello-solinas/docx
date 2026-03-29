--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (63)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (69)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -234,7931 +234,8743 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05477413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of impulsivity using an automated, self-adjusting delay discounting procedure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pharmacological characterization of 4-F-3-Me-α-PVP: A novel synthetic cathinone with psychostimulant effects and abuse liability in rodents</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Núria Nadal-Gratacós</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Pain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Mata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Madison Carr</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Taco de Vries</w:t>
+                <w:t xml:space="preserve">Pol Puigseslloses</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane de Macedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Behavioural Brain Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbr.2024.115405⟩</w:t>
+              <w:t xml:space="preserve">Journal of Psychopharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, pp.2698811261430492. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/02698811261430492⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-05348292v1</w:t>
+                <w:t xml:space="preserve">hal-05555050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unveiling the potential abuse liability of α-D2PV: A novel α-carbon phenyl-substituted synthetic cathinone</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sandra Mata</w:t>
+                <w:t xml:space="preserve">Assessment of impulsivity using an automated, self-adjusting delay discounting procedure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madison Carr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvar van Mourik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Gómez-Sotres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcello Solinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pol Puigseslloses</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Virginie Lardeux</w:t>
+                <w:t xml:space="preserve">Taco de Vries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropharmacology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 272, pp.110425. </w:t>
+              <w:t xml:space="preserve">Behavioural Brain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 480, pp.115405. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neuropharm.2025.110425⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bbr.2024.115405⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-05348280v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-05348292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Moving beyond animal models: enriched environments and human substance use disorders</w:t>
+                <w:t xml:space="preserve">Sex-dependent effects of stress on aIC-NAc circuit neuroplasticity: Role of the endocannabinoid system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lila Barillot</w:t>
+                <w:t xml:space="preserve">Manon Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claudia Chauvet</w:t>
+                <w:t xml:space="preserve">Léo-Paul Hebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Émeline Chauchard</w:t>
+                <w:t xml:space="preserve">Emilie Dugast</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Lardeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Besnier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ghina Harika-Germaneau</w:t>
+                <w:t xml:space="preserve">Kevin Letort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Behavioral Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fnbeh.2025.1629918⟩</w:t>
+              <w:t xml:space="preserve">Progress in Neuro-Psychopharmacology and Biological Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 138, pp.111335. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pnpbp.2025.111335⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05289954v1</w:t>
+                <w:t xml:space="preserve">hal-05007846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cognitive effort increases the intensity of rewards</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stevenson Desmercieres</w:t>
+                <w:t xml:space="preserve">Unveiling the potential abuse liability of α-D2PV: A novel α-carbon phenyl-substituted synthetic cathinone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Núria Nadal-Gratacós</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Mata</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pol Puigseslloses</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane de Macedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Lardeux</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emilie Dugast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PNAS Nexus</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/pnasnexus/pgae432⟩</w:t>
+              <w:t xml:space="preserve">Neuropharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 272, pp.110425. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuropharm.2025.110425⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-05348296v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-05348280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of Highly Palatable Diet on motivation for food and resistance to punishment in rats: Role of sex and age of exposure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Moving beyond animal models: enriched environments and human substance use disorders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lila Barillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stevenson Desmercieres</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Emmanuel Longueville</w:t>
+                <w:t xml:space="preserve">Claudia Chauvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Dugast</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Thiriet</w:t>
+                <w:t xml:space="preserve">Émeline Chauchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Besnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghina Harika-Germaneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Appetite</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.appet.2024.107340⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Behavioral Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 19, pp.1629918. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnbeh.2025.1629918⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04538522v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05289954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Smokers with higher positive or negative urgency have lower rates of smoking cessation success 12 months after a quit attempt</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cognitive effort increases the intensity of rewards</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mejda Wahab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Mead</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Brunault</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Stevenson Desmercieres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Lardeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Dugast</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie-Christine Pérault-Pochat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-024-62972-6⟩</w:t>
+              <w:t xml:space="preserve">PNAS Nexus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 3 (10), pgae432. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/pnasnexus/pgae432⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04617674v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-05348296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tobacco Images Choice and Its Association with Craving and Dependence in People who Smoke Cigarettes</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Lila Barillot</w:t>
+                <w:t xml:space="preserve">Effects of Highly Palatable Diet on motivation for food and resistance to punishment in rats: Role of sex and age of exposure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stevenson Desmercieres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Lardeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Emmanuel Longueville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dugast</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Thiriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nicotine and Tobacco Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/ntr/ntae138⟩</w:t>
+              <w:t xml:space="preserve">Appetite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 198, pp.107340. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.appet.2024.107340⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04617661v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04538522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Developmental exposure to cannabis compromises dopamine system function and behavior</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Smokers with higher positive or negative urgency have lower rates of smoking cessation success 12 months after a quit attempt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Brunault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Ingrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcello Solinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dugast</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Miriam Melis</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marie-Christine Pérault-Pochat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Behavioral Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 59, pp.101442. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (1), pp.12321. </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cobeha.2024.101442⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-024-62972-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-05348301v1</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04617674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delay of punishment highlights differential vulnerability to developing addiction-like behavior toward sweet food</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Tobacco Images Choice and Its Association with Craving and Dependence in People who Smoke Cigarettes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcello Solinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Virginie Lardeux</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Chauvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Marie Leblanc</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Thiriet</w:t>
+                <w:t xml:space="preserve">Claire Lafay-Chebassier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Vanderkam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lila Barillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Translational Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41398-024-02863-6⟩</w:t>
+              <w:t xml:space="preserve">Nicotine and Tobacco Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 26 (12), pp.1636-1645. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ntr/ntae138⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04617665v1</w:t>
+                <w:t xml:space="preserve">hal-04617661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Premorbid performances determine the deleterious effects of nigrostriatal degeneration and pramipexole on behavioural flexibility</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mélina Decourt</w:t>
+                <w:t xml:space="preserve">Developmental exposure to cannabis compromises dopamine system function and behavior</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcello Solinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Balado</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Miriam Melis</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">npj Parkinson's Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41531-023-00475-3⟩</w:t>
+              <w:t xml:space="preserve">Current Opinion in Behavioral Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 59, pp.101442. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cobeha.2024.101442⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04234612v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-05348301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of brain-derived neurotrophic factor Val66Met polymorphism and response to escitalopram or paroxetine in obsessive–compulsive disorder</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Delay of punishment highlights differential vulnerability to developing addiction-like behavior toward sweet food</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcello Solinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Armand Chatard</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Lardeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Marie Leblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Emmanuel Longueville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Thiriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CNS Spectrums</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S1092852921000687⟩</w:t>
+              <w:t xml:space="preserve">Translational Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (1), pp.155. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41398-024-02863-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03379564v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04617665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A self-adjusting, progressive shock strength procedure to investigate resistance to punishment: characterization in male and female rats</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of environmental enrichment on relapse rates in patients with severe alcohol use disorder: protocol for a randomised controlled trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lila Barillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stevenson Desmercieres</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Thiriet</w:t>
+                <w:t xml:space="preserve">Claudia Chauvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Besnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nematollah Jaafari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcello Solinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuropharm.2022.109261⟩</w:t>
+              <w:t xml:space="preserve">BMJ Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13 (5), pp.e069249. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/bmjopen-2022-069249⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03786686v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04645403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prevention of relapse to methamphetamine self-administration by environmental enrichment: involvement of glucocorticoid receptors</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">The amygdala-ventral pallidum pathway contributes to a hypodopaminergic state in the ventral tegmental area during protracted abstinence from chronic cocaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adélie Salin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Dugast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Lardeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcello Solinas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Belujon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychopharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00213-021-05770-6⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 180 (14), pp.1819-1831. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/bph.16034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03379555v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03971992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time-dependent regulation of perineuronal nets in the cerebellar cortex during abstinence of cocaine-self administration</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Premorbid performances determine the deleterious effects of nigrostriatal degeneration and pramipexole on behavioural flexibility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélina Decourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Balado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maureen Francheteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcello Solinas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Benoît-Marand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychopharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00213-020-05752-0⟩</w:t>
+              <w:t xml:space="preserve">npj Parkinson's Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 9 (1), pp.31. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41531-023-00475-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03379546v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04234612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental enrichment-inspired pharmacological tools for the treatment of addiction</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Impact of brain-derived neurotrophic factor Val66Met polymorphism and response to escitalopram or paroxetine in obsessive–compulsive disorder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghina Harika-Germaneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Langbour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Patri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcello Solinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Armand Chatard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Opinion in Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.coph.2020.09.001⟩</w:t>
+              <w:t xml:space="preserve">CNS Spectrums</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 27 (5), pp.645-651. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S1092852921000687⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03379540v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03379564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effectiveness of drugs acting on adrenergic receptors in the treatment for tobacco or alcohol use disorders: systematic review and meta‐analysis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Soghra Ebrahimighavam</w:t>
+                <w:t xml:space="preserve">A self-adjusting, progressive shock strength procedure to investigate resistance to punishment: characterization in male and female rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stevenson Desmercieres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Emmanuel Longueville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Hanna</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leigh V. Panlilio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Thiriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Addiction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/add.15265⟩</w:t>
+              <w:t xml:space="preserve">Neuropharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 220, pp.109261. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuropharm.2022.109261⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03379545v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03786686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protracted Abstinence From Extended Cocaine Self-Administration Is Associated With Hypodopaminergic Activity in the VTA but Not in the SNc</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adélie Salin</w:t>
+                <w:t xml:space="preserve">Prevention of relapse to methamphetamine self-administration by environmental enrichment: involvement of glucocorticoid receptors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Hofford</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dugast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Lardeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Belujon</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Neuropsychopharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/ijnp/pyaa096⟩</w:t>
+              <w:t xml:space="preserve">Psychopharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 239, pp.1009-1018. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00213-021-05770-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03149761v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03379555v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predicting relapse in patients with severe alcohol use disorder: The role of alcohol insight and implicit alcohol associations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Time-dependent regulation of perineuronal nets in the cerebellar cortex during abstinence of cocaine-self administration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aitor Sanchez-Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celine Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isis Gil-Miravet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meira Dandaba</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Langbour</w:t>
+                <w:t xml:space="preserve">Julian Guarque-Chabrera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcello Solinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Addictive Behaviors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.addbeh.2020.106433⟩</w:t>
+              <w:t xml:space="preserve">Psychopharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 238 (4), pp.1059-1068. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00213-020-05752-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02995280v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03379546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Continuous theta burst stimulation over the supplementary motor area in refractory obsessive-compulsive disorder treatment: A randomized sham-controlled trial</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Environmental enrichment-inspired pharmacological tools for the treatment of addiction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcello Solinas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Chauvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lafay-Chebassier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nematollah Jaafari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Thiriet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Stimulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.brs.2019.07.019⟩</w:t>
+              <w:t xml:space="preserve">Current Opinion in Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 56, pp.22-28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.coph.2020.09.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02350724v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03379540v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dopamine and addiction: what have we learned from 40 years of research.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Effectiveness of drugs acting on adrenergic receptors in the treatment for tobacco or alcohol use disorders: systematic review and meta‐analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Vanderkam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcello Solinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Ingrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Doux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soghra Ebrahimighavam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neural Transmission</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00702-018-1957-2⟩</w:t>
+              <w:t xml:space="preserve">Addiction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 116 (5), pp.1011-1020. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/add.15265⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02163255v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03379545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Generalization of effects of environmental enrichment on seeking for different classes of drugs of abuse</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Protracted Abstinence From Extended Cocaine Self-Administration Is Associated With Hypodopaminergic Activity in the VTA but Not in the SNc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adélie Salin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Lardeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcello Solinas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Belujon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Behavioural Brain Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbr.2017.12.027⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Neuropsychopharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ijnp/pyaa096⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02488575v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03149761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A modified self-adjusting delay discounting procedure for the study of choice impulsivity in rats</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Predicting relapse in patients with severe alcohol use disorder: The role of alcohol insight and implicit alcohol associations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meira Dandaba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfried Serra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghina Harika-Germaneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Silvain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Langbour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychopharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00213-018-4911-y⟩</w:t>
+              <w:t xml:space="preserve">Addictive Behaviors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 107, pp.106433. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.addbeh.2020.106433⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02163242v1</w:t>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02995280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lack of effects of simvastatin on smoking cessation in humans: A double-blind, randomized, placebo-controlled clinical study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pierre-Jean Saulnier</w:t>
+                <w:t xml:space="preserve">Continuous theta burst stimulation over the supplementary motor area in refractory obsessive-compulsive disorder treatment: A randomized sham-controlled trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Harika-Germaneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Rachid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Chatard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Lafay-Chebassier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Solinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-018-21819-7⟩</w:t>
+              <w:t xml:space="preserve">Brain Stimulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.1565-1571. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.brs.2019.07.019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02350799v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02350724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Persistent Neuroadaptations in the Expression of Genes Involved in Cholesterol Homeostasis Induced by Chronic, Voluntary Alcohol Intake in Rats</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Dopamine and addiction: what have we learned from 40 years of research.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcello Solinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Belujon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Olivier Fernagut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Jaber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Thiriet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Molecular Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fnmol.2018.00457⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neural Transmission</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 126 (4), pp.481-516. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00702-018-1957-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02350853v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02163255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Longitudinal changes in brain metabolic activity after withdrawal from escalation of cocaine self-administration</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A modified self-adjusting delay discounting procedure for the study of choice impulsivity in rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mejda Wahab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leigh V. Panlilio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcello Solinas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychopharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/npp.2017.109⟩</w:t>
+              <w:t xml:space="preserve">Psychopharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 235 (7), pp.2123-2135. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00213-018-4911-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02163580v1</w:t>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02163242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Istin et al 1 Behavioral flexibility predicts increased ability to resist excessive methamphetamine self-administration Running Title: Flexibility and METH addiction Corresponding Author</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
+                <w:t xml:space="preserve">Generalization of effects of environmental enrichment on seeking for different classes of drugs of abuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magdalena Sikora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Istin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nematollah Jaafari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Thiriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Addiction Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/adb.12384⟩</w:t>
+              <w:t xml:space="preserve">Behavioural Brain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 341, pp.109-113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbr.2017.12.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02163565v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02488575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reduction of Cocaine-Induced Locomotor Effects by Enriched Environment Is Associated with Cell-Specific Accumulation of ΔFosB in Striatal and Cortical Subregions</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Lack of effects of simvastatin on smoking cessation in humans: A double-blind, randomized, placebo-controlled clinical study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Ingrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcello Solinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Ingrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dugast</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Jean Saulnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Neuropsychopharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/ijnp/pyw097⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (1), pp.3836. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-21819-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02488614v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02350799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statins Reduce the Risks of Relapse to Addiction in Rats</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Thiriet</w:t>
+                <w:t xml:space="preserve">Persistent Neuroadaptations in the Expression of Genes Involved in Cholesterol Homeostasis Induced by Chronic, Voluntary Alcohol Intake in Rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josette Alsebaaly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dugast</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Favot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydia Rabbaa Khabbaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcello Solinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychopharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/npp.2015.317⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Molecular Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 11, pp.457. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnmol.2018.00457⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02488616v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02350853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exposure to sucrose during periods of withdrawal does not reduce cocaine-seeking behavior in rats</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
+                <w:t xml:space="preserve">Longitudinal changes in brain metabolic activity after withdrawal from escalation of cocaine self-administration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clovis Tauber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Lepelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Chalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Belujon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/srep23272⟩</w:t>
+              <w:t xml:space="preserve">Neuropsychopharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 42 (10), pp.1981-1990. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/npp.2017.109⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02350875v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02163580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronic Stimulation of the Tone of Endogenous Anandamide Reduces Cue- and Stress-Induced Relapse in Rats</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Istin et al 1 Behavioral flexibility predicts increased ability to resist excessive methamphetamine self-administration Running Title: Flexibility and METH addiction Corresponding Author</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Istin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Thiriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcello Solinas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Neuropsychopharmacology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 18 (1), </w:t>
+              <w:t xml:space="preserve">Addiction Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 22 (4), pp.958-966. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/ijnp/pyu025⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/adb.12384⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02488618v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02163565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prenatal Exposure to Methylphenidate Affects the Dopamine System and the Reactivity to Natural Reward in Adulthood in Rats</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Reduction of Cocaine-Induced Locomotor Effects by Enriched Environment Is Associated with Cell-Specific Accumulation of ΔFosB in Striatal and Cortical Subregions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Lafragette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Bardo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Lardeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcello Solinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Thiriet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Neuropsychopharmacology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 18 (4), </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/ijnp/pyu044⟩</w:t>
+              <w:t xml:space="preserve">, 2017, pyw097. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ijnp/pyw097⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02488617v1</w:t>
+                <w:t xml:space="preserve">hal-02488614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prior stimulation of the endocannabinoid system prevents methamphetamine-induced dopaminergic neurotoxicity in the striatum through activation of CB2 receptors</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Maureen Francheteau</w:t>
+                <w:t xml:space="preserve">Statins Reduce the Risks of Relapse to Addiction in Rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Chauvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lafay-Chebassier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Jaber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Thiriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuropharm.2014.03.014⟩</w:t>
+              <w:t xml:space="preserve">Neuropsychopharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 41 (6), pp.1588-1597. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/npp.2015.317⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02488619v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02488616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erratum: Loss of Environmental Enrichment Increases Vulnerability to Cocaine Addiction</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Exposure to sucrose during periods of withdrawal does not reduce cocaine-seeking behavior in rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Lafay-Chebassier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcello Solinas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychopharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/npp.2013.303⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6 (1), pp.23272. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/srep23272⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04686832v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02350875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loss of Environmental Enrichment Increases Vulnerability to Cocaine Addiction</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Jaber</w:t>
+                <w:t xml:space="preserve">Chronic Stimulation of the Tone of Endogenous Anandamide Reduces Cue- and Stress-Induced Relapse in Rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Chauvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Thiriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Lardeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Duranti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychopharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/npp.2012.2⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Neuropsychopharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 18 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ijnp/pyu025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04393339v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02488618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental enrichment does not reduce the rewarding and neurotoxic effects of methamphetamine.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mickael Decressac</w:t>
+                <w:t xml:space="preserve">Prenatal Exposure to Methylphenidate Affects the Dopamine System and the Reactivity to Natural Reward in Adulthood in Rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François-Xavier Lepelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clovis Tauber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcello Solinas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Castelnau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurotoxicity Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12640-010-9158-2⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Neuropsychopharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 18 (4), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/ijnp/pyu044⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00581674v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02488617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prevention and treatment of drug addiction by environmental enrichment.</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Prior stimulation of the endocannabinoid system prevents methamphetamine-induced dopaminergic neurotoxicity in the striatum through activation of CB2 receptors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle L Nader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cinzia Rapino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gennequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Chavant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maureen Francheteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Neurobiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pneurobio.2010.08.002⟩</w:t>
+              <w:t xml:space="preserve">Neuropharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 87, pp.214-221. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuropharm.2014.03.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00580577v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02488619v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dopaminergic augmentation of delta-9-tetrahydrocannabinol (THC) discrimination: possible involvement of D2-induced formation of anandamide</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Erratum: Loss of Environmental Enrichment Increases Vulnerability to Cocaine Addiction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joelle Nader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Chauvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rana El Rawas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Favot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Jaber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychopharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00213-010-1789-8⟩</w:t>
+              <w:t xml:space="preserve">Neuropsychopharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 39 (3), pp.780-780. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/npp.2013.303⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00465823v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04686832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental Enrichment Reduces Cocaine Seeking and Reinstatement Induced by Cues and Stress but Not by Cocaine</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Virginie Lardeux</w:t>
+                <w:t xml:space="preserve">Loss of Environmental Enrichment Increases Vulnerability to Cocaine Addiction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Nader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Steven R. Goldberg</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId106" w:history="1">
+                <w:t xml:space="preserve">Chauvet Claudia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rana El Rawas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Favot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Jaber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neuropsychopharmacology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 34 (13), pp.2767-2778. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/npp.2009.127⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 37 (3), pp.1579-1587. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/npp.2012.2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00439446v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04393339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fatty acid amide hydrolase (FAAH) inhibition enhances memory acquisition through activation of PPAR-alpha nuclear receptors.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Involvement of Protein Degradation by the Ubiquitin Proteasome System in Opiate Addictive Behaviors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Massaly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Dahan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carmen Mazzola</w:t>
+                <w:t xml:space="preserve">Mathieu Baudonnat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Medalie</w:t>
+                <w:t xml:space="preserve">Caroline Hovnanian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Scherma</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marcello Solinas</w:t>
+                <w:t xml:space="preserve">Khaoula Rekik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Learning and Memory</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 16 (5), pp.332-337. </w:t>
+              <w:t xml:space="preserve">Neuropsychopharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 38 (4), pp.596-604. </w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1101/lm.1145209⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/npp.2012.217⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00439503v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04410689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental enrichment decreases the rewarding but not the activating effects of heroin.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Environmental enrichment does not reduce the rewarding and neurotoxic effects of methamphetamine.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Thiriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Gennequin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Lardeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Chauvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickael Decressac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychopharmacology (berlin)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00213-008-1402-6⟩</w:t>
+              <w:t xml:space="preserve">Neurotoxicity Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 19 (1), pp.172-82. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12640-010-9158-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00398595v1</w:t>
+                <w:t xml:space="preserve">hal-00581674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental enrichment during early stages of life reduces the behavioral, neurochemical, and molecular effects of cocaine.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Early exposure to environmental enrichment alters the expression of genes of the endocannabinoid system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rana El Rawas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Thiriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Rana El Rawas</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joëlle Nader</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Lardeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Jaber</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychopharmacology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 34 (5), pp.1102-1111. </w:t>
+              <w:t xml:space="preserve">Brain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 1390, pp.80-89. </w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/npp.2008.51⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.brainres.2011.03.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00398634v1</w:t>
+                <w:t xml:space="preserve">hal-04393364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of enriched environment on animal models of neurodegenerative diseases and psychiatric disorders.</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Prevention and treatment of drug addiction by environmental enrichment.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcello Solinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Thiriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Chauvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Jaber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurobiology of Disease</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.nbd.2008.05.001⟩</w:t>
+              <w:t xml:space="preserve">Progress in Neurobiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 92 (4), pp.572-92. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.pneurobio.2010.08.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00400307v1</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00580577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The endocannabinoid system in brain reward processes</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Dopaminergic augmentation of delta-9-tetrahydrocannabinol (THC) discrimination: possible involvement of D2-induced formation of anandamide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcello Solinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gianluigi Tanda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carrie E. Wertheim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Steven R. Goldberg</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Daniele Piomelli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Journal of Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/bjp.2008.130⟩</w:t>
+              <w:t xml:space="preserve">Psychopharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 209 (2), pp.191-202. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00213-010-1789-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00398409v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00465823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reversal of cocaine addiction by environmental enrichment.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Environmental enrichment during early stages of life reduces the behavioral, neurochemical, and molecular effects of cocaine.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcello Solinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Thiriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rana El Rawas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Lardeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Jaber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Neuropsychopharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 34 (5), pp.1102-1111. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/npp.2008.51⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1073/pnas.0806889105⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00398066v1</w:t>
+                <w:t xml:space="preserve">hal-00398634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental enrichment during adolescence regulates gene expression in the striatum of mice</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Xavier Toussay</w:t>
+                <w:t xml:space="preserve">Environmental Enrichment Reduces Cocaine Seeking and Reinstatement Induced by Cues and Stress but Not by Cocaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Chauvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Lardeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven R. Goldberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Jaber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcello Solinas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.brainres.2008.05.030⟩</w:t>
+              <w:t xml:space="preserve">Neuropsychopharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 34 (13), pp.2767-2778. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/npp.2009.127⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00400350v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00439446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endocannabinoid system involvement in brain reward processes related to drug abuse.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Environmental enrichment decreases the rewarding but not the activating effects of heroin.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rana El Rawas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Thiriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Lardeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Jaber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcello Solinas</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Steven R. Goldberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pharmacological Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.phrs.2007.09.005⟩</w:t>
+              <w:t xml:space="preserve">Psychopharmacology (berlin)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 203 (3), pp.561-570. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00213-008-1402-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00400422v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00398595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The endogenous cannabinoid anandamide produces delta-9-tetrahydrocannabinol-like discriminative and neurochemical effects that are enhanced by inhibition of fatty acid amide hydrolase but not by inhibition of anandamide transport.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Fatty acid amide hydrolase (FAAH) inhibition enhances memory acquisition through activation of PPAR-alpha nuclear receptors.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen Mazzola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Medalie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Scherma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leigh V. Panlilio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcello Solinas</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Sevil Yasar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Pharmacology and Experimental Therapeutics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 321 (1), pp.370-380. </w:t>
+              <w:t xml:space="preserve">Learning and Memory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 16 (5), pp.332-337. </w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1124/jpet.106.114124⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1101/lm.1145209⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00400548v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00439503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicotinic alpha 7 receptors as a new target for treatment of cannabis abuse</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Effects of enriched environment on animal models of neurodegenerative diseases and psychiatric disorders.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giovanni Laviola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony J. Hannan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone Macri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcello Solinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Jaber</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.0027-07.2007⟩</w:t>
+              <w:t xml:space="preserve">Neurobiology of Disease</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 31 (2), pp.159-168. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.nbd.2008.05.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00400606v1</w:t>
+                <w:t xml:space="preserve">hal-00400307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heteromeric Nicotinic Acetylcholine–Dopamine Autoreceptor Complexes Modulate Striatal Dopamine Release</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Davide Quarta</w:t>
+                <w:t xml:space="preserve">The endocannabinoid system in brain reward processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcello Solinas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven R. Goldberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francesco Ciruela</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Daniele Piomelli</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychopharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/sj.npp.1301103⟩</w:t>
+              <w:t xml:space="preserve">British Journal of Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 154 (2), pp.369-383. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/bjp.2008.130⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00403997v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00398409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human cocaine-seeking behavior and its control by drug-associated stimuli in the laboratory</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Reversal of cocaine addiction by environmental enrichment.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcello Solinas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Chauvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Thiriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rana El Rawas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Jaber</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychopharmacology : official publication of the American College of Neuropsychopharmacology.</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 105 (44), pp.17145-17150. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.0806889105⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00018506v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00398066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Endogenous Cannabinoid Anandamide and Its Synthetic Analog R(+)-Methanandamide Are Intravenously Self-Administered by Squirrel Monkeys</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Environmental enrichment during adolescence regulates gene expression in the striatum of mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Thiriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lahouari Amar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Toussay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Lardeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruce Ladenheim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.0951-05.2005⟩</w:t>
+              <w:t xml:space="preserve">Brain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 1222, pp.31-41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.brainres.2008.05.030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00018100v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00400350v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Involvement of mu-, delta- and kappa-opioid receptor subtypes in the discriminative-stimulus effects of delta-9-tetrahydrocannabinol (THC) in rats</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">S.R. Goldberg</w:t>
+                <w:t xml:space="preserve">Endocannabinoid system involvement in brain reward processes related to drug abuse.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcello Solinas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sevil Yasar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Steven R. Goldberg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychopharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00213-004-2118-x⟩</w:t>
+              <w:t xml:space="preserve">Pharmacological Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 56 (5), pp.393-405. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.phrs.2007.09.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00018508v1</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00400422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Motivational effects of cannabinoids and opioids on food reinforcement depend on simulatenous activation of cannabinoid and opioid systems</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The endogenous cannabinoid anandamide produces delta-9-tetrahydrocannabinol-like discriminative and neurochemical effects that are enhanced by inhibition of fatty acid amide hydrolase but not by inhibition of anandamide transport.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcello Solinas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gianluigi Tanda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zuzana Justinova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carrie E. Wertheim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sevil Yasar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychopharmacology : official publication of the American College of Neuropsychopharmacology.</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Pharmacology and Experimental Therapeutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 321 (1), pp.370-380. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1124/jpet.106.114124⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00018505v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00400548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Involvement of adenosine A1 receptors in the discriminative-stimulus effects of caffeine in rats</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Z. Justinova</w:t>
+                <w:t xml:space="preserve">Nicotinic alpha 7 receptors as a new target for treatment of cannabis abuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcello Solinas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Scherma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liana Fattore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Stroik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carrie E. Wertheim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychopharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00213-004-2081-6⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 27 (21), pp.5615-5620. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.0027-07.2007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00018510v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00400606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antidepressant-like activity and modulation of brain monoaminegic transmission by blockade of anandamide hydrolysis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">P. Campolongo</w:t>
+                <w:t xml:space="preserve">Heteromeric Nicotinic Acetylcholine–Dopamine Autoreceptor Complexes Modulate Striatal Dopamine Release</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davide Quarta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francesco Ciruela</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kshitij Patkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janusz Borycz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcello Solinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1073/pnas.0509591102⟩</w:t>
+              <w:t xml:space="preserve">Neuropsychopharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 32 (1), pp.35-42. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/sj.npp.1301103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00077746v1</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00403997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of 3,4-Methylendioxymethamphetamine (MDMA, Ecstasy) on dopamine transmission in the nucleus accumbens shell and core</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId102" w:history="1">
+                <w:t xml:space="preserve">Motivational effects of cannabinoids and opioids on food reinforcement depend on simulatenous activation of cannabinoid and opioid systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Solinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.R. Goldberg</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 1055, pp.143-148</w:t>
+              <w:t xml:space="preserve">Neuropsychopharmacology : official publication of the American College of Neuropsychopharmacology.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 30, pp.2035-2045</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00018098v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00018505v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cannadinoid agonists but not inhibitors of endogenous cannabinoid transport or metabolisme enhance the reinforcing efficacy of heroin in rats</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId102" w:history="1">
+                <w:t xml:space="preserve">Involvement of adenosine A1 receptors in the discriminative-stimulus effects of caffeine in rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Solinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">S.A. Matthews</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ferr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Antoniou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Quarta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Justinova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychopharmacology : official publication of the American College of Neuropsychopharmacology.</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Psychopharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 179, pp.576 - 586. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00213-004-2081-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00018504v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00018510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuropeptide Y protects against methamphetamine-induced neuronal apoptosis in the rat striatum</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">W. Curtis</w:t>
+                <w:t xml:space="preserve">Human cocaine-seeking behavior and its control by drug-associated stimuli in the laboratory</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.V. Panlilio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Yasar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Nemeth-Coslett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Katz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.E. Henningfield</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Neuropsychopharmacology : official publication of the American College of Neuropsychopharmacology.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 30, pp.433-443</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00018503v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00018506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exposure to delta-9-THC increases subsequent heroin-taking but not heroin's reinforcing efficacy : a self-administration study in rats</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId102" w:history="1">
+                <w:t xml:space="preserve">The Endogenous Cannabinoid Anandamide and Its Synthetic Analog R(+)-Methanandamide Are Intravenously Self-Administered by Squirrel Monkeys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z. Justinova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Solinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Tanda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Redhi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Goldberg S.R.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychopharmacology : official publication of the American College of Neuropsychopharmacology.</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 25, pp.5645-5650. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.0951-05.2005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00018074v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00018100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adenosine receptor-mediated modulation of dopamine release in the nucleus accumbens depends on glutamate neurotransmission and NMDA receptor stimulation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId102" w:history="1">
+                <w:t xml:space="preserve">Involvement of mu-, delta- and kappa-opioid receptor subtypes in the discriminative-stimulus effects of delta-9-tetrahydrocannabinol (THC) in rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Solinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.R. Goldberg</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurochemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1471-4159.2004.02761.x⟩</w:t>
+              <w:t xml:space="preserve">Psychopharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 179, pp.804-812. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00213-004-2118-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00018045v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00018508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Beta-endorphin elevations in the ventral tegmental area regulate discriminative the effects of delta-9-tetrahydrocannabinol</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Antidepressant-like activity and modulation of brain monoaminegic transmission by blockade of anandamide hydrolysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Gobbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fr Banbico</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Mangieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bortolato</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Campolongo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.0953-816X.2004.03420.x⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 102 (5), pp.18620-18625. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1073/pnas.0509591102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00077695v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00077746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Opposite modulatory roles for adenosine A1 and A2A receptors on glutamate and dopamine release in the shell of the nucleus accumbens. Effects of chronic caffeine exposure</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId232" w:history="1">
+                <w:t xml:space="preserve">Effects of 3,4-Methylendioxymethamphetamine (MDMA, Ecstasy) on dopamine transmission in the nucleus accumbens shell and core</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cadoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Solinas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Pisanu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Zernig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Acquas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Brain Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 1055, pp.143-148</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00018098v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cannadinoid agonists but not inhibitors of endogenous cannabinoid transport or metabolisme enhance the reinforcing efficacy of heroin in rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Solinas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.V. Panlilio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Tanda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Makriyannis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S.A. Matthews</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Neuropsychopharmacology : official publication of the American College of Neuropsychopharmacology.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 30, pp.2046-2057</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00018504v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neuropeptide Y protects against methamphetamine-induced neuronal apoptosis in the rat striatum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Thiriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Deng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Solinas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Ladendeim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Curtis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Neuroscience Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 25, pp.5273-5279. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/JNEUROSCI.4893-04.2005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00018503v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adenosine receptor-mediated modulation of dopamine release in the nucleus accumbens depends on glutamate neurotransmission and NMDA receptor stimulation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Quarta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Solinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">J. Hockemeyer</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Patkar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Hockmeyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Ciruela</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neurochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 91, pp.873-880. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1471-4159.2004.02761.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00018045v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beta-endorphin elevations in the ventral tegmental area regulate discriminative the effects of delta-9-tetrahydrocannabinol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Solinas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Zangen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Thiriet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sr Goldberg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 19, pp.3183-3192. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.0953-816X.2004.03420.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00077695v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exposure to delta-9-THC increases subsequent heroin-taking but not heroin's reinforcing efficacy : a self-administration study in rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Solinas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panlilio L.V.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Goldberg S.R.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Neuropsychopharmacology : official publication of the American College of Neuropsychopharmacology.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 29, pp.1301-1311</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00018074v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Opposite modulatory roles for adenosine A1 and A2A receptors on glutamate and dopamine release in the shell of the nucleus accumbens. Effects of chronic caffeine exposure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Quarta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Ferré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Solinas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z.B. You</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Hockemeyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Neurochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2004, 88, pp.1151-1158. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1046/j.1471-4159.2003.02245.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00018046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8168,643 +8980,643 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environmental enrichment selectively restores brain metabolic activity during cocaine abstinence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Belujon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Lardeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Dugast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Serrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Bodard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-05348318v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sex-dependent effects of stress on insular cortex-to-nucleus accumbens synaptic plasticity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Dugast</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Lardeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kevin Letort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Belnoue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04235583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delay of punishment highlights differential vulnerability to developing addiction-like behavior toward sweet food</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Cue-Induced Drug Seeking and Its Association with Craving and Dependence in Cigarette Smokers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcello Solinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Virginie Lardeux</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claudia Chauvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre-Marie Leblanc</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Thiriet</w:t>
+                <w:t xml:space="preserve">Claire Lafay-Chebassier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Vanderkam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lila Barillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04235594v1</w:t>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04235601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cue-Induced Drug Seeking and Its Association with Craving and Dependence in Cigarette Smokers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Delay of punishment highlights differential vulnerability to developing addiction-like behavior toward sweet food</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcello Solinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Lila Barillot</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Lardeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Marie Leblanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Emmanuel Longueville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Thiriet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04235601v1</w:t>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04235594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Logiciel (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">med_to_csv Software</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Emmanuel Longueville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Hanna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nino Mulac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcello Solinas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨swh:1:dir:5a580098716e5a54e5686916d94b5304500a48c6;origin=https://hal.archives-ouvertes.fr/hal-05149813;visit=swh:1:snp:a9b216f776cc225edcad5ee85016a36224c06994;anchor=swh:1:rel:b100ab65eb5fe388598721e899410daec6ae292e;path=/⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05149813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8814,772 +9626,1096 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Critères, échantillonnage et méthodes analytiques pour la surveillance et le contrôle de la conformité règlementaire des produits du tabac et produits du vapotage sur le marché français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Guerbet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Caillé-Garnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Casabianca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Concha Lozano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Saisine n° 2020-SA-0015, Anses. 2022, 120 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport d’expertise collective)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">anses-04016271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (5)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cocaine-induced persistent alterations of the activity of the amygdala-insula pathway after long abstinence</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">P. Belujon</w:t>
+                <w:t xml:space="preserve">Dynamics of the midbrain dopaminergic activity during early and protracted abstinence from cocaine self-administration.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adélie Salin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Lardeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcello Solinas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Belujon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31st Congress of the European-College-of-Neuropsychopharmacology (ECNP)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Conférence internationale : REWARD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Bordeaux, France. </w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02527780v1</w:t>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05531124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of acute and repeated administration of cocaine on expression of proteins involved in the cerebral metabolism of cholesterol</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">N. Thiriet</w:t>
+                <w:t xml:space="preserve">Persistent loss of depotentiation of the amygdala-insular pathway after withdrawal from chronic cocaine:involvement of muscarinic receptors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adélie Salin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Lardeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcello Solinas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Belujon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31st Congress of the European-College-of-Neuropsychopharmacology (ECNP)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Congrés NeuroFrance 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Marseille, France. </w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId296" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02527774v1</w:t>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05531122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of repeated administration of cocaine on the expression of genes involved in cholesterol metabolism in the rat brain</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Dynamics of the midbrain dopaminergic activity during early and protracted abstinence from cocaine self-administration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adélie Salin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Lardeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcello Solinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Thiriet</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Belujon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30th Congress of the European-College-of-Neuropsychopharmacology (ECNP)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">Neuroscience 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Chicago, United States. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02527801v1</w:t>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05531128v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cocaine-induced disruptions of information flow from the basolateral amygdala to the insula</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId292" w:history="1">
+                <w:t xml:space="preserve">Cocaine-induced persistent alterations of the activity of the amygdala-insula pathway after long abstinence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Salin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Lardeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Solinas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Belujon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European-College-of-Neuropsychopharmacology Workshop for Junior Scientists in Europe</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.euroneuro.2017.12.081⟩</w:t>
+              <w:t xml:space="preserve">31st Congress of the European-College-of-Neuropsychopharmacology (ECNP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Barcelona, SPAIN, France. 29, pp.S186, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.euroneuro.2018.11.315⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02527789v1</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02527780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Impact of acute and repeated administration of cocaine on expression of proteins involved in the cerebral metabolism of cholesterol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Alsebaaly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Rabbaa Khabbaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Dugast</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Solinas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Thiriet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">31st Congress of the European-College-of-Neuropsychopharmacology (ECNP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Barcelona, SPAIN, France. 29, pp.S188-S189, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.euroneuro.2018.11.318⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02527774v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact of repeated administration of cocaine on the expression of genes involved in cholesterol metabolism in the rat brain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josette Alsebaaly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydia Rabbaa Khabbaz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Dugast</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcello Solinas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Thiriet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30th Congress of the European-College-of-Neuropsychopharmacology (ECNP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02527801v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cocaine-induced disruptions of information flow from the basolateral amygdala to the insula</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Salin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Solinas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Belujon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European-College-of-Neuropsychopharmacology Workshop for Junior Scientists in Europe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Nice, FRANCE, France. 28, pp.S51, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.euroneuro.2017.12.081⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02527789v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">P.2.007 A novel self-adjusting delay discounting procedure for the study of choice impulsivity in rats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Wahab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Solinas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECNP Workshop for Junior Scientists in Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Nice, France. 26, pp.S29-S30, 2016, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/S0924-977X(16)70033-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02527810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId308"/>
+      <w:footerReference w:type="default" r:id="rId330"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -9726,51 +10862,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477413v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pain" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Nadal-Gratac&#243;s" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane de Macedo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lardeux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Mata" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejphar.2026.178570" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05348292v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madison Carr" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvar van Mourik" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula G&#243;mez-Sotres" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello Solinas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taco de Vries" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2024.115405" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05348280v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pol Puigseslloses" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropharm.2025.110425" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289954v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lila Barillot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Chauvet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meline Chauchard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Besnier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghina Harika-Germaneau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2025.1629918" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05348296v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mejda Wahab" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Mead" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stevenson Desmercieres" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dugast" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pnasnexus/pgae432" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04538522v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel Longueville" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Thiriet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2024.107340" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617674v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Brunault" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ingrand" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine P&#233;rault-Pochat" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-62972-6" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617661v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lafay-Chebassier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Vanderkam" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ntr/ntae138" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05348301v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Melis" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cobeha.2024.101442" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617665v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Leblanc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41398-024-02863-6" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234612v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Decourt" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Balado" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maureen Francheteau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Beno&#238;t-Marand" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41531-023-00475-3" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03379564v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Langbour" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Patri" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Chatard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1092852921000687" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03786686v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Hanna" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leigh V. Panlilio" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropharm.2022.109261" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03379555v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Nicolas" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Hofford" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Belujon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00213-021-05770-6" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03379546v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aitor Sanchez-Hernandez" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Nicolas" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Gil-Miravet" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Guarque-Chabrera" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00213-020-05752-0" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03379540v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nematollah Jaafari" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coph.2020.09.001" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03379545v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Doux" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soghra Ebrahimighavam" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/add.15265" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03149761v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;lie Salin" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ijnp/pyaa096" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995280v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meira Dandaba" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Serra" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Silvain" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addbeh.2020.106433" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02350724v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Harika-Germaneau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rachid" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chatard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lafay-Chebassier" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Solinas" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brs.2019.07.019" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02163255v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Olivier Fernagut" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Jaber" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00702-018-1957-2" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488575v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Sikora" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Istin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2017.12.027" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02163242v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00213-018-4911-y" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02350799v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ingrand" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Saulnier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-21819-7" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02350853v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Alsebaaly" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Favot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Rabbaa Khabbaz" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnmol.2018.00457" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02163580v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clovis Tauber" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Lepelletier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chalon" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/npp.2017.109" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02163565v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/adb.12384" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488614v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Lafragette" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bardo" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ijnp/pyw097" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488616v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/npp.2015.317" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02350875v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep23272" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488618v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Duranti" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ijnp/pyu025" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488617v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Castelnau" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ijnp/pyu044" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488619v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle L Nader" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cinzia Rapino" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gennequin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chavant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropharm.2014.03.014" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686832v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Nader" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana El Rawas" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/npp.2013.303" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393339v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Nader" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chauvet Claudia" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/npp.2012.2" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00581674v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Decressac" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12640-010-9158-2" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00580577v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pneurobio.2010.08.002" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1DFWNR1Z-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00465823v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluigi Tanda" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carrie E. Wertheim" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven R. Goldberg" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00213-010-1789-8" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00439446v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/npp.2009.127" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00439503v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Mazzola" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Medalie" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Scherma" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/lm.1145209" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00398595v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00213-008-1402-6" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-0LZ512J3-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00398634v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/npp.2008.51" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400307v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Laviola" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony J. Hannan" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Macri" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2008.05.001" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00398409v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Piomelli" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/bjp.2008.130" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00398066v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0806889105" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400350v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahouari Amar" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Toussay" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Ladenheim" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainres.2008.05.030" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400422v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sevil Yasar" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phrs.2007.09.005" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400548v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuzana Justinova" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1124/jpet.106.114124" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400606v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liana Fattore" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Stroik" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0027-07.2007" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403997v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Quarta" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Ciruela" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kshitij Patkar" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janusz Borycz" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.npp.1301103" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00018506v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.V. Panlilio" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Yasar" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Nemeth-Coslett" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Katz" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Henningfield" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00018100v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Justinova" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tanda" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Redhi" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goldberg S.R." TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0951-05.2005" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00018508v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.R. Goldberg" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00213-004-2118-x" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-M01SG348-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00018505v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00018510v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ferr" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Antoniou" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Quarta" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00213-004-2081-6" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-954B8RH9-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00077746v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gobbi" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr Banbico" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mangieri" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bortolato" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Campolongo" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0509591102" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00018098v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cadoni" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pisanu" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Zernig" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Acquas" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00018504v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Makriyannis" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.A. Matthews" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00018503v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Thiriet" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Deng" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ladendeim" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Curtis" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.4893-04.2005" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00018074v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panlilio L.V." TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00018045v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Patkar" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hockmeyer" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ciruela" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1471-4159.2004.02761.x" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00077695v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zangen" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sr Goldberg" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.0953-816X.2004.03420.x" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-B503KD3F-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00018046v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ferr&#233;" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.B. You" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hockemeyer" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1471-4159.2003.02245.x" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05348318v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Serri&#232;re" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bodard" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235583v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Gauthier" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Letort" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Belnoue" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235594v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235601v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149813v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nino Mulac" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:5a580098716e5a54e5686916d94b5304500a48c6;origin=https://hal.archives-ouvertes.fr/hal-05149813;visit=swh:1:snp:a9b216f776cc225edcad5ee85016a36224c06994;anchor=swh:1:rel:b100ab65eb5fe388598721e899410daec6ae292e;path=/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04016271v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Guerbet" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Boyer" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Caill&#233;-Garnier" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Casabianca" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Concha Lozano" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527780v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Salin" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lardeux" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Belujon" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euroneuro.2018.11.315" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527774v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Alsebaaly" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rabbaa Khabbaz" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dugast" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euroneuro.2018.11.318" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527801v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527789v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euroneuro.2017.12.081" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527810v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wahab" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0924-977X(16)70033-2" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XBM5TFH4-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05477413v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pain" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N&#250;ria Nadal-Gratac&#243;s" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane de Macedo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Lardeux" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Mata" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejphar.2026.178570" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05555050v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pol Puigseslloses" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/02698811261430492" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05348292v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madison Carr" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvar van Mourik" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula G&#243;mez-Sotres" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcello Solinas" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taco de Vries" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2024.115405" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05007846v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Gauthier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o-Paul Hebert" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Dugast" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Letort" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnpbp.2025.111335" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05348280v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropharm.2025.110425" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289954v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lila Barillot" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Chauvet" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;meline Chauchard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Besnier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghina Harika-Germaneau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2025.1629918" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05348296v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mejda Wahab" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Mead" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stevenson Desmercieres" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pnasnexus/pgae432" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04538522v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Emmanuel Longueville" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Thiriet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.appet.2024.107340" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617674v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Brunault" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Ingrand" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine P&#233;rault-Pochat" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-62972-6" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617661v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lafay-Chebassier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Vanderkam" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ntr/ntae138" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05348301v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Melis" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cobeha.2024.101442" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617665v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Leblanc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41398-024-02863-6" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645403v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nematollah Jaafari" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2022-069249" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971992v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;lie Salin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Belujon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bph.16034" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234612v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lina Decourt" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Balado" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maureen Francheteau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Beno&#238;t-Marand" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41531-023-00475-3" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03379564v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Langbour" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Patri" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armand Chatard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1092852921000687" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03786686v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Hanna" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leigh V. Panlilio" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropharm.2022.109261" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03379555v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Nicolas" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Hofford" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00213-021-05770-6" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03379546v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aitor Sanchez-Hernandez" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Nicolas" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isis Gil-Miravet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julian Guarque-Chabrera" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00213-020-05752-0" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03379540v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.coph.2020.09.001" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03379545v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Doux" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soghra Ebrahimighavam" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/add.15265" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03149761v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ijnp/pyaa096" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02995280v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meira Dandaba" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfried Serra" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Silvain" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addbeh.2020.106433" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02350724v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Harika-Germaneau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rachid" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chatard" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lafay-Chebassier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Solinas" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brs.2019.07.019" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02163255v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Olivier Fernagut" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Jaber" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00702-018-1957-2" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02163242v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00213-018-4911-y" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488575v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Sikora" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Istin" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbr.2017.12.027" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02350799v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ingrand" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Saulnier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-21819-7" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02350853v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josette Alsebaaly" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Favot" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Rabbaa Khabbaz" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnmol.2018.00457" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02163580v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clovis Tauber" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Lepelletier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Chalon" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/npp.2017.109" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02163565v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/adb.12384" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488614v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Lafragette" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bardo" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ijnp/pyw097" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488616v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/npp.2015.317" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02350875v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep23272" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488618v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Duranti" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ijnp/pyu025" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488617v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Castelnau" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ijnp/pyu044" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488619v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle L Nader" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cinzia Rapino" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gennequin" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Chavant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropharm.2014.03.014" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686832v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Nader" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rana El Rawas" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/npp.2013.303" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393339v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Nader" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chauvet Claudia" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/npp.2012.2" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04410689v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Massaly" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Dahan" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Baudonnat" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Hovnanian" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaoula Rekik" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/npp.2012.217" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00581674v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Decressac" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12640-010-9158-2" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393364v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainres.2011.03.025" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VWNZSWM5-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00580577v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pneurobio.2010.08.002" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1DFWNR1Z-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00465823v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluigi Tanda" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carrie E. Wertheim" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven R. Goldberg" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00213-010-1789-8" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00398634v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/npp.2008.51" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00439446v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/npp.2009.127" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00398595v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00213-008-1402-6" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-0LZ512J3-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00439503v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Mazzola" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Medalie" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Scherma" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/lm.1145209" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400307v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Laviola" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony J. Hannan" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Macri" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2008.05.001" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00398409v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Piomelli" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/bjp.2008.130" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00398066v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0806889105" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400350v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lahouari Amar" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Toussay" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce Ladenheim" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainres.2008.05.030" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400422v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sevil Yasar" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.phrs.2007.09.005" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400548v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zuzana Justinova" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1124/jpet.106.114124" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00400606v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liana Fattore" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Stroik" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0027-07.2007" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00403997v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Quarta" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Ciruela" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kshitij Patkar" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janusz Borycz" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sj.npp.1301103" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00018505v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.R. Goldberg" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00018510v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ferr" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Antoniou" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Quarta" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Justinova" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00213-004-2081-6" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-954B8RH9-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00018506v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.V. Panlilio" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Yasar" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Nemeth-Coslett" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Katz" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Henningfield" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00018100v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Tanda" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Redhi" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goldberg S.R." TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.0951-05.2005" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00018508v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00213-004-2118-x" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-M01SG348-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00077746v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Gobbi" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr Banbico" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Mangieri" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bortolato" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Campolongo" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.0509591102" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00018098v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cadoni" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pisanu" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Zernig" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Acquas" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00018504v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Makriyannis" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.A. Matthews" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00018503v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Thiriet" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Deng" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ladendeim" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Curtis" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.4893-04.2005" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00018045v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Patkar" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hockmeyer" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ciruela" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1471-4159.2004.02761.x" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00077695v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zangen" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sr Goldberg" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.0953-816X.2004.03420.x" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-B503KD3F-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00018074v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panlilio L.V." TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00018046v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ferr&#233;" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z.B. You" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Hockemeyer" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1046/j.1471-4159.2003.02245.x" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-05348318v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Serri&#232;re" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Bodard" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235583v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Belnoue" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235601v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235594v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149813v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nino Mulac" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:5a580098716e5a54e5686916d94b5304500a48c6;origin=https://hal.archives-ouvertes.fr/hal-05149813;visit=swh:1:snp:a9b216f776cc225edcad5ee85016a36224c06994;anchor=swh:1:rel:b100ab65eb5fe388598721e899410daec6ae292e;path=/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04016271v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Guerbet" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Boyer" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Caill&#233;-Garnier" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Casabianca" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Concha Lozano" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531124v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531122v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531128v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527780v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Salin" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lardeux" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Belujon" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euroneuro.2018.11.315" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527774v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Alsebaaly" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rabbaa Khabbaz" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Dugast" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euroneuro.2018.11.318" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527801v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527789v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euroneuro.2017.12.081" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02527810v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Wahab" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0924-977X(16)70033-2" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XBM5TFH4-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>