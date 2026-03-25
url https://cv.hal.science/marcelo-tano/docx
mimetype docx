--- v0 (2026-03-03)
+++ v1 (2026-03-25)
@@ -1115,165 +1115,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02970455v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">État des lieux sur l’enseignement et la recherche dans le champ de l’espagnol de spécialité en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Tano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Langues Modernes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Dossier : "Les langues de spécialité", n° 3, pp.9-20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02973091v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">El español como vector de empleabilidad en el mercado de trabajo francés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Tano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers du GÉRES - Revue du Groupe d'Étude et de Recherche en Espagnol de Spécialité </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, n° 9, pp.108-131</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02970425v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-02973091v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El aprendizaje basado en problemas: un método para el desarrollo de competencias transversales en español para fines específicos</w:t>
               </w:r>
@@ -2329,165 +2329,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04660740v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Diferencias conceptuales entre español para fines específicos y español de especialidad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Tano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Seminario: Diseño de materiales y gestión curricular de español para extranjeros</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centro de Estudios de la Academia Norteamericana de la Lengua Española, Mar 2023, Nueva York, Estados Unidos</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04035944v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Importancia del análisis de necesidades lingüísticas de profesionales para el diseño curricular en español de especialidad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Tano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conferencia en el marco del Máster universitario en la Enseñanza del Español como Lengua Extranjera</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Universidad a Distancia de Madrid (UDIMA), May 2023, Madrid, España</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04104210v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04035944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Retour d’expérience sur l'application de la méthode APP dans un cours de français langue étrangère</w:t>
               </w:r>
@@ -4123,165 +4123,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04018622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L’apprentissage par problème dans l’enseignement des langues de spécialité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Tano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’enseignement-apprentissage des langues de spécialité : quels invariants?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, École Supérieure du Professorat et de l'Éducation de l'Académie de Paris - Université Paris Sorbonne, Apr 2015, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04039009v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Atouts, faiblesses, opportunités et menaces concernant l'espagnol dans les formations françaises d'ingénieurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Tano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes du 43ème Congrès UPLEGESS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, École de Management de Strasbourg et Union des Professeurs de Langues des Grandes Écoles Supérieures Scientifiques, May 2015, Strasbourg, France. pp.171-185</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02970524v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-04039009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consideraciones previas del análisis de necesidades en EFE para el alumnado de ingeniería</w:t>
               </w:r>
@@ -4468,165 +4468,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04033702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'émergence en France d'un réseau d'enseignants et enseignants-chercheurs dans le domaine de l'Espagnol sur Objectifs Spécifiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcelo Tano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actes du 41ème congrès de l’UPLEGESS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IÉSEG École de Management, May 2013, Lille, France. pp.122-133</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02970506v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Activités de recherche en espagnol sur objectif spécifique : colloques internationaux, publication d’articles et veille informationnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcelo Tano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">41ème Congrès de l’UPLEGESS : "Équipes, réseaux, communautés"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IÉSEG - École de Management, May 2013, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04034099v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-02970506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">État des lieux sur la recherche française en espagnol de spécialité</w:t>
               </w:r>
@@ -7223,51 +7223,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452630v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Tano" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923501v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148283v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Alaez-Galan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443625v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018250v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04017484v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799314v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04011347v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04017581v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdlc.8714" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04017674v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119097v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970493v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970269v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970455v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970425v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973091v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970438v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968905v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/apliut.5553" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970495v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970514v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970542v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970561v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970577v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970596v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970605v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472592v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457951v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824288v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580176v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782186v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660740v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104210v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035944v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020363v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020323v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020331v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033402v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020812v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020885v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018415v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018602v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020938v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020345v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033436v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973989v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021177v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022249v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970275v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033567v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034697v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022277v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022263v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018613v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022759v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04027840v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126433v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018622v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970524v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039009v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970527v2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036023v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033702v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034099v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970506v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033838v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034187v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023399v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018630v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035033v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034325v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022305v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018106v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018196v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04017424v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018154v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lourdes S&#225;nchez-L&#243;pez" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;ngel Felices Lago" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Lafford" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018177v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774092v2" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774011v3" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773918v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773733v2" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03716888v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078489v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996310v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996322v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996330v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996336v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970481v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970465v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996352v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259600v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996356v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996358v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996364v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02970410v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047263v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996257v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996244v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05452630v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Tano" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923501v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148283v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Alaez-Galan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04443625v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018250v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04017484v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799314v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04011347v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04017581v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdlc.8714" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04017674v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119097v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970493v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970269v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970455v2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973091v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970425v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970438v2" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968905v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/apliut.5553" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970495v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970514v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970542v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970561v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970577v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970596v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970605v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05472592v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457951v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824288v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04580176v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782186v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04660740v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035944v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04104210v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020363v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020323v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020331v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033402v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020812v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020885v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018415v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018602v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020938v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020345v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033436v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02973989v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021177v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022249v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970275v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033567v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034697v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022277v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022263v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018613v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022759v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04027840v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03126433v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018622v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039009v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970524v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970527v2" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036023v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033702v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970506v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034099v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033838v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034187v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04023399v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018630v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04035033v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04034325v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022305v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018106v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018196v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04017424v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018154v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lourdes S&#225;nchez-L&#243;pez" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#193;ngel Felices Lago" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Lafford" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04018177v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774092v2" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774011v3" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773918v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773733v2" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03716888v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03078489v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996310v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996322v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996330v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996336v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970481v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970465v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996352v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03259600v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996356v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996358v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996364v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02970410v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047263v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996257v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996244v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>