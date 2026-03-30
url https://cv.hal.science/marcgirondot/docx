--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Marc Girondot </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avis du conseil scientifique du comité de bassin Seine-Normandie sur l’état des lieux 2025 du bassin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kasaina Sitraka Andrianarisoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Archaimbault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ayrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Barles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Boullier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Conseil scientifique du comité de bassin Seine Normandie. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05505501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avis du conseil scientifique du comité de bassin Seine-Normandie sur les gestions alternatives des urines et matières fécales humaines. Un potentiel d’amélioration conjointe de la gestion de l’eau et de la souveraineté alimentaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Conseil Scientifique Du Comité de Bassin Seine Normandie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kasaina Sitraka Andrianarisoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Archaimbault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ayrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Barles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Conseil Scientifique du Comité de bassin Seine Normandie. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05373573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avis du conseil scientifique du comité de bassin Seine-Normandie sur le projet de mise à grand gabarit de la liaison fluviale entre Bray-sur-Seine et Nogent-sur-Seine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Conseil Scientifique Du Comité de Bassin Seine Normandie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kasaina Sitraka Andrianarisoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Archaimbault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ayrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Barles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Conseil scientifique du Comité de bassin Seine Normandie. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05373589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avis du conseil scientifique du comité de bassin Seine-Normandie sur la sobriété en eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Conseil Scientifique Du Comité de Bassin Seine Normandie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kasaina Sitraka Andrianarisoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Archaimbault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ayrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Barles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Conseil scientifique du comité de bassin Seine Normandie. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05373551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avis du conseil scientifique du comité de bassin Seine-Normandie sur le projet de mise à grand gabarit de la liaison fluviale entre Bray-sur-Seine et Nogent-sur-Seine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Conseil Scientifique Du Comité de Bassin Seine Normandie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kasaina Sitraka Andrianarisoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Archaimbault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ayrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Barles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Conseil scientifique du comité de bassin Seine Normandie. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05505525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (63)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative low-tech solutions for marine conservation: Phosphorescent plates reduce sea turtle bycatch and boost fishery yields</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maissa Louhichi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imed Jribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Girard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fisheries Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 287, pp.107404. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fishres.2025.107404⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05265022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental preferences of green sea turtles (Chelonia mydas) for egg-laying on a fringing reef pocket beach, Mayotte Island</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Morisseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Jeanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Charroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Mercky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Le Bozec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Marine Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 12, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmars.2025.1506101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05312664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nest Exposure to Marine Flooding and Impacts on Green Turtle (Chelonia Mydas) Embryos Under Rapid Sea Level Rise: The Role of Beach Geomorphology and Hydrodynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Morisseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Jeanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Le Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrielle Delvenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Environmental Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marenvres.2025.107444⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05116312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphology and osteo‐histology of the weigeltisaurid wing: Implications for aerial locomotion in the world's first gliding reptiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Buffa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Gônet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas van de Kamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcus Zuber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Anatomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/joa.70058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05346937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demography of endangered juvenile green turtles in face of environmental changes: 10 years of capture-mark-recapture efforts in Martinique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lelong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Habold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Priam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Conservation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 291, pp.110471. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biocon.2024.110471⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04585210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computation of the Distribution of the Sum of Independent Negative Binomial Random Variables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jon Barry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical and computational applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 28 (3), pp.63. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/mca28030063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neglecting cooler low-season nest protection could deprive sea turtle populations of valuable hatchlings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Angel Tello-Sahagún</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cesar Ley-Quiñonez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Alberto Abreu-Grobois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Monsinjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Zavala-Norzagaray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Conservation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 277, pp.109873. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biocon.2022.109873⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04434443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olive Ridley Sea Turtle Incubation in Natural Conditions Is Possible on Guatemalan Beaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Alejandra Morales-Mérida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandra Morales-Cabrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Chúa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 15 (19), pp.14196. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su151914196⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelle méthodologie d’analyse bayésienne du report des voix et de l’abstention lors du deuxième tour des élections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Mathématique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 361 (G1), pp.243-256. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/crmath.401⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03996686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validating trends in olive ridley sea turtle nesting track counts in Guatemala in light of a national hatchery protection strategy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Alejandra Morales-Mérida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colum Muccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oryx</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 57 (1), pp.48-54. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0030605322000382⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Locomotor and postural diversity among reptiles viewed through the prism of femoral microanatomy: Palaeobiological implications for some Permian and Mesozoic taxa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Gônet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Bardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John R Hutchinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Laurin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Anatomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/joa.13833⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04019109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unravelling the postural diversity of mammals: Contribution of humeral cross-sections to palaeobiological inferences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Gônet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Bardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John R Hutchinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Laurin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mammalian Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 30, pp.321-337. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10914-023-09652-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03996717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From terra incognita to hotspot: the largest South Pacific green turtle nesting population in the forgotten reefs of New Caledonia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Fretey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tyffen Read</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Carron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Fontfreyde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fourdrain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oryx</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 57 (5), pp.626-636. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0030605323000108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation of sea turtles to climate warming: Will phenological responses be sufficient to counteract changes in reproductive output?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fuentes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abreu-Grobois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Briseño-Dueñas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Al-Khayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Change Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 30 (1), </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/gcb.16991⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04434434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fibropapillomatosis Prevalence and Distribution in Immature Green Turtles (Chelonia mydas) in Martinique Island (Lesser Antilles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Roost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jo-Ann Schies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Patrice Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lelong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EcoHealth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 19 (12), pp.190-202. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10393-022-01601-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03692770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validating trends in olive ridley sea turtle nesting track counts in Guatemala in light of a national hatchery protection strategy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Alejandra Morales-Mérida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colum Muccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oryx</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 57, pp.48 - 54. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/s0030605322000382⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03996664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal reaction norm for sexualization: The missing link between temperature and sex ratio for temperature-dependent sex determination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Monsinjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanette Wyneken</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 473, pp.110119. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2022.110119⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Method for Imputation of Unquantifiable Values Using Bayesian Statistics for a Mixture of Censored or Truncated Distributions: Application to Trace Elements Measured in Blood of Olive Ridley Sea Turtles from Mexico</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inmaculada Salvat-Leal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana A Cortés-Gómez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (21), pp.2919. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ani12212919⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03996738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maturity of a giant: age and size reaction norm for sexual maturity for Atlantic leatherback turtles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Mourrain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew Godfrey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 42 (5), </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/maec.12631⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BoneProfileR: The next step to quantify, model, and statistically compare bone section compactness profiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Gônet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Laurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeontologia Electronica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.26879/1194⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03798634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inorganic elements in live vs dead nesting olive ridley marine turtles in the Mexican Pacific: Introducing a new statistical methodology in ecotoxicology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Cortés-Gómez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Rivera-Hernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 761, pp.143249. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2020.143249⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatching Success Rather Than Temperature-Dependent Sex Determination as the Main Driver of Olive Ridley (Lepidochelys olivacea) Nesting Activity in the Pacific Coast of Central America</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandra Morales Mérida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Helier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Cortés-Gómez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11 (11), pp.3168. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ani11113168⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unusual sexual dimorphism and small adult size for olive ridley sea turtles are linked to volumetric geometric constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bréheret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Bal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Gabriel Mavoungou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Félix Tchibinda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 168 (1), pp.7. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00227-020-03814-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03543941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Survival and breeding interval of an endangered marine vertebrate, the leatherback turtle Dermochelys coriacea, in French Guiana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Berzins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît de Thoisy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Endangered Species Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 41, pp.153-165. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3354/esr01013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02612450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent advances on the estimation of the thermal reaction norm for sex ratios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Alberto Abreu-Grobois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Alejandra Morales-Mérida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine E Hart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew H. Godfrey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PeerJ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8, </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7717/peerj.8451⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03084989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling leatherback biphasic indeterminate growth using a modified Gompertz equation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Mourrain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 426, pp.109037. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2020.109037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02573730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment on: Carter AW, Paitz RT, Bowden RM. 2019. The Devil is in the Details: Identifying Aspects of Temperature Variation that Underlie Sex Determination in Species with TSD. Integrative and Comparative Biology 59:1081-8</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Monsinjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrative and Comparative Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 60 (6), pp.1347-1350. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/icb/icaa139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03321571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production of male hatchlings at a remote South Pacific green sea turtle rookery: conservation implications in a female-dominated world</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques-Olivier Laloë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Monsinjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Gaspar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Touron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Genet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 167 (5), pp.70. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00227-020-03686-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High fidelity of sea turtles to their foraging grounds revealed by satellite tracking and capture-mark-recapture: New insights for the establishment of key marine conservation areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Siegwalt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Benhamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorène Jeantet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Conservation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 250, pp.108742. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biocon.2020.108742⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02927348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The good and bad news of long-term monitoring: an increase in abundance but decreased body size suggests reduced potential fitness in nesting sea turtles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diane Le Gouvello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santosh Bachoo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronel Nel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 167 (8), pp.112. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00227-020-03736-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fine scale geographic residence and annual primary production drive body condition of wild immature green turtles (Chelonia mydas) in Martinique Island (Lesser Antilles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bonola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Patrice Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Siegwalt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biology Open</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 8 (12), pp.bio048058. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1242/bio.048058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02378506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pipping dynamics in marine turtle Lepidochelys olivacea nests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Alejandra Morales-Mérida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Renee Contreras-Mérida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trends in Developmental Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 12, pp.23-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The climatic debt of loggerhead sea turtle populations in a warming world</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Monsinjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanette Wyneken</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kirt Rusenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milagros López-Mendilaharsu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Lara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Indicators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 107, pp.105657. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecolind.2019.105657⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The climatic debt of loggerhead sea turtle populations in a warming world</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Monsinjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanette Wyneken</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kirt Rusenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milagros López-Mendilaharsu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Lara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Indicators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 107, pp.105657. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecolind.2019.105657⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02374433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic determination of tag loss dynamics in nesting loggerhead turtles: a new chapter in “the tag loss problem”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Pfaller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kristina Williams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Frick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Shamblin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Campbell Nairn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 166 (7), pp.97. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00227-019-3545-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of temperature and demography on the phenology of loggerhead sea turtles in Brazil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Monsinjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Lara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mag Dei Marcovaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Ecology Progress Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 623, pp.209-219. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3354/meps12988⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overcoming field monitoring restraints in estimating marine turtle internesting period by modelling individual nesting behaviour using capture-mark-recapture data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Hancock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Vieira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hipólito Lima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaconias Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 402, pp.76 - 84. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2019.04.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03485874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Journal of Biostatistics & Biometrics The w-value: An Alternative to t-and χ 2 Tests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biometrics &amp; Biostatistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delimitation of the embryonic thermosensitive period for sex determination using an embryo growth model reveals a potential bias for sex ratio prediction in turtles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Monsinjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Thermal Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 73, pp.32-40. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jtherbio.2018.02.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carapace asymmetry: A possible biomarker for metal accumulation in adult olive Ridleys marine turtles?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Cortés-Gómez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Pollution Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 129 (1), pp.92-101. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpolbul.2018.02.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular oxidative stress markers in olive ridley turtles (Lepidochelys olivacea) and their relation to metal concentrations in wild populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Cortés-Gómez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Morcillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Guardiola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristobal Espinosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Esteban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 233, pp.156-167. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envpol.2017.10.046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reaction norm of embryo growth rate dependent on incubation temperature in the Olive Ridley sea turtle, Lepidochelys olivacea, from Pacific Central America</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Berta Alejandra Morales-Merida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dulce M Bustamante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Monsinjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Embryology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1 (1), pp.12-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationship between plasma biochemistry values and metal concentrations in nesting olive ridley sea turtles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Cortés-Gómez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asta Tvarijonaviciute</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Tecles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Romero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 25 (36), pp.36671-36679. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-018-3467-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding and Integrating Resolution, Accuracy and Sampling Rates of Temperature Data Loggers Used in Biological and Ecological Studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew H Godfrey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Itzel Sifuentes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Engineering Technology Open Access Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2 (4), pp.555591. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.19080/ETOAJ.2018.02.555591⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02374460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding and integrating resolution, accuracy and sampling rates of temperature data loggers used in biological and ecological studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew H Godfrey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Itzel Sifuentes-Romero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Engineering Technology Open Access Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2 (4), pp.55591. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.19080/ETOAJ.MS.ID.555591⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The current situation of inorganic elements in marine turtles: A general review and meta-analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Cortés-Gómez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 229, pp.567-585. </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envpol.2017.06.077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing sampling design to infer the number of marine turtles nesting on low and high density sea turtle rookeries using convolution of negative binomial distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Indicators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 81, pp.83-89. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecolind.2017.05.063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comparative study of inorganic elements in the blood of male and female Caspian pond turtles (Mauremys caspica) from the southern basin of the Caspian Sea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Adel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Cortés-Gómez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryam Dadar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hossein Riyahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 24 (32), pp.24965-24979. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-017-0067-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Embryonic Growth Rate Thermal Reaction Norm of Mediterranean Caretta caretta Embryos from Two Different Thermal Habitats, Turkey and Libya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Monsinjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imed Jribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdulmaula Hamza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atef Ouerghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yakup Kaska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chelonian Conservation and Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 16 (2), pp.172-179. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2744/CCB-1269.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sex ratio estimates for species with temperature-dependent sex determination differ according to the proxy used</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariana M.P.B. Fuentes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Monsinjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milagros Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Lara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexsandro Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 365, pp.55-67. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2017.09.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The distribution of &amp;lt;em&amp;gt;wolbachia&amp;lt;/em&amp;gt; in &amp;lt;em&amp;gt;cubitermes&amp;lt;/em&amp;gt; (termitidae, termitinae) castes and colonies: a modelling approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Harry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10 (2), </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0116070⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02636192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatio-temporal distribution of Manta birostris in French Guiana waters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bédel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Delmoitiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Russo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Marine Biological Association of the United Kingdom</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 95 (1), pp.153-160. </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0025315414001398⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of tidal overwash on the embryonic development of leatherback turtles in French Guiana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Caut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Guirlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Environmental Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 69 (4), pp.254. </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marenvres.2009.11.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00564783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UniDPlot: A software to detect weak similarities between two DNA sequences.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Bioinformatics and Sequence Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 2(5), pp.69-74</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00575932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erratum.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Caut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Fossette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Guirlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Angulo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Krishna Das</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 3, pp.e1845. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/annotation/de853c89-d3eb-441f-8d87-0366bb1533b5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00439851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hen's teeth with enamel cap: from dream to impossibility.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidney Delgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Evolutionary Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 8, pp.e246</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00419627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Varying Hydric Conditions during Incubation Influence Egg Water Exchange and Hatchling Phenotype in the Red-Eared Slider Turtle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Caroline Prévot-Julliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physiological and Biochemical Zoology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 81 (3), pp.345-355. </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1086/529459⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00286371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of nest location and yolkless eggs on the hatching success of leatherback turtle clutches in French Guiana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Caut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Guirlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Jouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Zoology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 84 (6), pp.908-915. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1139/Z06-063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">bioemco-00396330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microanatomical data and the conquest pf land by vertebrates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Laurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Germain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sebastien Steyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Palevol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 5 (3-4), pp.603-618. </w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crpv.2005.09.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00117158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating clutch frequency in the sea turtle Dermochelys coriacea using stopover duration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rivalan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Pradel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Choquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Caroline Prévot-Julliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Ecology Progress Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 317, pp.285-295. </w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3354/meps317285⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02126355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence of the exploitation of marine resource by the terrestrial insect Scapteriscus didactylus through stable isotope analyzes of its cuticle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Maros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Louveaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lelarge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 6 (1), pp.6. </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1472-6785-6-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05368860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Données microanatomiques sur la conquête de l'environnement terrestre par les vertébrés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Laurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Germain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sebastien Steyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Palevol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 5 (3-4), pp.603-618. </w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crpv.2005.09.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00116143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trade-off between current reproductive effort and delay to next reproduction in the leatherback sea turtle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rivalan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Caroline Prevot-Julliard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Choquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Pradel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Jacquemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oecologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 145 (4), pp.564-574. </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00442-005-0159-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02126363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A synthetic indicator based on nesting trend to inform the general public about the status of sea turtle in France and its overseas territories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Barnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Claro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Internation Sea Turtle Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Cartagena (Colombia), Colombia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-04119615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décrypter la diversité posturale des mammifères : L’apport des coupes transversales d’humérus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Gônet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Bardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John R. Hutchinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Laurin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l'Association paléontologique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04063142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unravelling the locomotion of reptiles: Contribution of femoral microanatomy and palaeobiological inferences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Gônet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Bardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John R Hutchinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Laurin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Annual Conference of the European Association of Vertebrate Palaeontologists</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Benevento/Pietraroja, Italy. pp.82, </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18563/pv.eavp2022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04063150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La diversité posturale des amniotes vue à travers le prisme de la microanatomie osseuse : Implications paléobiologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Gônet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Bardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John R. Hutchinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Laurin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l'Association paléontologique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association paléontologique française et Association géologique auboise, Aug 2021, Troyes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03520756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changements structuraux des vertèbres lors de la croissance de la truite d'élevage : une nouvelle approche utilisant la modélisation des profils de compacité osseuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Deschamps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Rencontres de l'Ichtyologie en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment obtenir des résultats significatifs dans vos études écotoxicologiques : un guide pratique. Fiche Thématique N°14 - Réseau Ecotox</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02787184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId298"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Marc Girondot </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (65)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Artificial night lighting in the Mediterranean: Management priorities and constraints for sea turtle conservation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charalampos Dimitriadis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolaos Simantiris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fulvio Maffucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mustapha Aksissou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mouloud Benabdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Pollution Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 227, pp.119476. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpolbul.2026.119476⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05554353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nest Exposure to Marine Flooding and Impacts on Green Turtle (Chelonia Mydas) Embryos Under Rapid Sea Level Rise: The Role of Beach Geomorphology and Hydrodynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Morisseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Jeanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Le Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrielle Delvenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Environmental Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marenvres.2025.107444⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05116312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative low-tech solutions for marine conservation: Phosphorescent plates reduce sea turtle bycatch and boost fishery yields</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maissa Louhichi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imed Jribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Girard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fisheries Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 287, pp.107404. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fishres.2025.107404⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05265022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Environmental preferences of green sea turtles (Chelonia mydas) for egg-laying on a fringing reef pocket beach, Mayotte Island</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Morisseau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Jeanson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Charroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Mercky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Le Bozec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Marine Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 12, </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmars.2025.1506101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05312664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Updated global conservation status and priorities for marine turtles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bp Wallace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An Bandimere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fa Abreu-Grobois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H Acosta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Akiti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Endangered Species Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 56, pp.247-276. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3354/esr01385⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05052263v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morphology and osteo‐histology of the weigeltisaurid wing: Implications for aerial locomotion in the world's first gliding reptiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Buffa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Gônet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas van de Kamp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcus Zuber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Anatomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/joa.70058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05346937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demography of endangered juvenile green turtles in face of environmental changes: 10 years of capture-mark-recapture efforts in Martinique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lelong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Besnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Habold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Priam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Conservation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 291, pp.110471. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biocon.2024.110471⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04585210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Locomotor and postural diversity among reptiles viewed through the prism of femoral microanatomy: Palaeobiological implications for some Permian and Mesozoic taxa</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Gônet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Bardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John R Hutchinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Laurin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Anatomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/joa.13833⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04019109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelle méthodologie d’analyse bayésienne du report des voix et de l’abstention lors du deuxième tour des élections</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Mathématique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 361 (G1), pp.243-256. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5802/crmath.401⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03996686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validating trends in olive ridley sea turtle nesting track counts in Guatemala in light of a national hatchery protection strategy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Alejandra Morales-Mérida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colum Muccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oryx</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 57 (1), pp.48-54. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0030605322000382⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240865v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Computation of the Distribution of the Sum of Independent Negative Binomial Random Variables</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jon Barry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mathematical and computational applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 28 (3), pp.63. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/mca28030063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neglecting cooler low-season nest protection could deprive sea turtle populations of valuable hatchlings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Angel Tello-Sahagún</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cesar Ley-Quiñonez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Alberto Abreu-Grobois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Monsinjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Zavala-Norzagaray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Conservation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 277, pp.109873. </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biocon.2022.109873⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04434443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olive Ridley Sea Turtle Incubation in Natural Conditions Is Possible on Guatemalan Beaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Alejandra Morales-Mérida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandra Morales-Cabrera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Chúa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 15 (19), pp.14196. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su151914196⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unravelling the postural diversity of mammals: Contribution of humeral cross-sections to palaeobiological inferences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Gônet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Bardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John R Hutchinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Laurin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mammalian Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 30, pp.321-337. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10914-023-09652-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03996717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From terra incognita to hotspot: the largest South Pacific green turtle nesting population in the forgotten reefs of New Caledonia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Fretey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tyffen Read</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léa Carron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Fontfreyde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Fourdrain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oryx</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 57 (5), pp.626-636. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0030605323000108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation of sea turtles to climate warming: Will phenological responses be sufficient to counteract changes in reproductive output?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Fuentes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Abreu-Grobois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Briseño-Dueñas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Al-Khayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Change Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 30 (1), </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/gcb.16991⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04434434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validating trends in olive ridley sea turtle nesting track counts in Guatemala in light of a national hatchery protection strategy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Alejandra Morales-Mérida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colum Muccio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oryx</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 57, pp.48 - 54. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/s0030605322000382⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03996664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fibropapillomatosis Prevalence and Distribution in Immature Green Turtles (Chelonia mydas) in Martinique Island (Lesser Antilles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Roost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jo-Ann Schies</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Patrice Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lelong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EcoHealth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 19 (12), pp.190-202. </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10393-022-01601-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03692770v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal reaction norm for sexualization: The missing link between temperature and sex ratio for temperature-dependent sex determination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Monsinjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanette Wyneken</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 473, pp.110119. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2022.110119⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Method for Imputation of Unquantifiable Values Using Bayesian Statistics for a Mixture of Censored or Truncated Distributions: Application to Trace Elements Measured in Blood of Olive Ridley Sea Turtles from Mexico</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inmaculada Salvat-Leal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana A Cortés-Gómez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (21), pp.2919. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ani12212919⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03996738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hatching Success Rather Than Temperature-Dependent Sex Determination as the Main Driver of Olive Ridley (Lepidochelys olivacea) Nesting Activity in the Pacific Coast of Central America</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alejandra Morales Mérida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Helier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Cortés-Gómez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 11 (11), pp.3168. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ani11113168⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maturity of a giant: age and size reaction norm for sexual maturity for Atlantic leatherback turtles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Mourrain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew Godfrey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 42 (5), </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/maec.12631⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240833v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BoneProfileR: The next step to quantify, model, and statistically compare bone section compactness profiles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Gônet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Laurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Palaeontologia Electronica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.26879/1194⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03798634v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inorganic elements in live vs dead nesting olive ridley marine turtles in the Mexican Pacific: Introducing a new statistical methodology in ecotoxicology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Cortés-Gómez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Rivera-Hernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 761, pp.143249. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2020.143249⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unusual sexual dimorphism and small adult size for olive ridley sea turtles are linked to volumetric geometric constraints</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Bréheret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Bal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Gabriel Mavoungou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Félix Tchibinda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 168 (1), pp.7. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00227-020-03814-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03543941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Production of male hatchlings at a remote South Pacific green sea turtle rookery: conservation implications in a female-dominated world</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques-Olivier Laloë</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Monsinjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Gaspar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margaux Touron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Genet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 167 (5), pp.70. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00227-020-03686-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment on: Carter AW, Paitz RT, Bowden RM. 2019. The Devil is in the Details: Identifying Aspects of Temperature Variation that Underlie Sex Determination in Species with TSD. Integrative and Comparative Biology 59:1081-8</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Monsinjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Integrative and Comparative Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 60 (6), pp.1347-1350. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/icb/icaa139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03321571v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Survival and breeding interval of an endangered marine vertebrate, the leatherback turtle Dermochelys coriacea, in French Guiana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachel Berzins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît de Thoisy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Endangered Species Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 41, pp.153-165. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3354/esr01013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02612450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recent advances on the estimation of the thermal reaction norm for sex ratios</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Alberto Abreu-Grobois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Alejandra Morales-Mérida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine E Hart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew H. Godfrey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PeerJ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8, </w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7717/peerj.8451⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03084989v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling leatherback biphasic indeterminate growth using a modified Gompertz equation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Mourrain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 426, pp.109037. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2020.109037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02573730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The good and bad news of long-term monitoring: an increase in abundance but decreased body size suggests reduced potential fitness in nesting sea turtles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diane Le Gouvello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santosh Bachoo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronel Nel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 167 (8), pp.112. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00227-020-03736-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240825v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High fidelity of sea turtles to their foraging grounds revealed by satellite tracking and capture-mark-recapture: New insights for the establishment of key marine conservation areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Siegwalt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Benhamou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorène Jeantet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biological Conservation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 250, pp.108742. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biocon.2020.108742⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02927348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The climatic debt of loggerhead sea turtle populations in a warming world</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Monsinjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanette Wyneken</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kirt Rusenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milagros López-Mendilaharsu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Lara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Indicators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 107, pp.105657. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecolind.2019.105657⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240787v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pipping dynamics in marine turtle Lepidochelys olivacea nests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Alejandra Morales-Mérida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Renee Contreras-Mérida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trends in Developmental Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 12, pp.23-30</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fine scale geographic residence and annual primary production drive body condition of wild immature green turtles (Chelonia mydas) in Martinique Island (Lesser Antilles)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Bonola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Patrice Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Siegwalt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biology Open</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 8 (12), pp.bio048058. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1242/bio.048058⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02378506v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The climatic debt of loggerhead sea turtle populations in a warming world</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Monsinjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanette Wyneken</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kirt Rusenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milagros López-Mendilaharsu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Lara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Indicators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 107, pp.105657. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecolind.2019.105657⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02374433v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic determination of tag loss dynamics in nesting loggerhead turtles: a new chapter in “the tag loss problem”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Pfaller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kristina Williams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Frick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Shamblin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Campbell Nairn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 166 (7), pp.97. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00227-019-3545-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240802v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of temperature and demography on the phenology of loggerhead sea turtles in Brazil</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Monsinjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Lara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mag Dei Marcovaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Ecology Progress Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 623, pp.209-219. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3354/meps12988⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overcoming field monitoring restraints in estimating marine turtle internesting period by modelling individual nesting behaviour using capture-mark-recapture data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Hancock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Vieira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hipólito Lima</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Schmitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaconias Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 402, pp.76 - 84. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2019.04.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03485874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reaction norm of embryo growth rate dependent on incubation temperature in the Olive Ridley sea turtle, Lepidochelys olivacea, from Pacific Central America</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Berta Alejandra Morales-Merida</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dulce M Bustamante</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Monsinjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Embryology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1 (1), pp.12-24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240875v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular oxidative stress markers in olive ridley turtles (Lepidochelys olivacea) and their relation to metal concentrations in wild populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Cortés-Gómez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Morcillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Guardiola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cristobal Espinosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">María Esteban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 233, pp.156-167. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envpol.2017.10.046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delimitation of the embryonic thermosensitive period for sex determination using an embryo growth model reveals a potential bias for sex ratio prediction in turtles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Monsinjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Thermal Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 73, pp.32-40. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jtherbio.2018.02.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Journal of Biostatistics & Biometrics The w-value: An Alternative to t-and χ 2 Tests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biometrics &amp; Biostatistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240766v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carapace asymmetry: A possible biomarker for metal accumulation in adult olive Ridleys marine turtles?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Cortés-Gómez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Pollution Bulletin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 129 (1), pp.92-101. </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marpolbul.2018.02.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240749v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationship between plasma biochemistry values and metal concentrations in nesting olive ridley sea turtles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Cortés-Gómez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asta Tvarijonaviciute</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Tecles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Romero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 25 (36), pp.36671-36679. </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-018-3467-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240753v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding and Integrating Resolution, Accuracy and Sampling Rates of Temperature Data Loggers Used in Biological and Ecological Studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew H Godfrey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Itzel Sifuentes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Engineering Technology Open Access Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2 (4), pp.555591. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.19080/ETOAJ.2018.02.555591⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02374460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding and integrating resolution, accuracy and sampling rates of temperature data loggers used in biological and ecological studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew H Godfrey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Itzel Sifuentes-Romero</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Engineering Technology Open Access Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 2 (4), pp.55591. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.19080/ETOAJ.MS.ID.555591⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optimizing sampling design to infer the number of marine turtles nesting on low and high density sea turtle rookeries using convolution of negative binomial distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Indicators</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 81, pp.83-89. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecolind.2017.05.063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The current situation of inorganic elements in marine turtles: A general review and meta-analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Cortés-Gómez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Romero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Pollution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 229, pp.567-585. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envpol.2017.06.077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Embryonic Growth Rate Thermal Reaction Norm of Mediterranean Caretta caretta Embryos from Two Different Thermal Habitats, Turkey and Libya</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Monsinjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imed Jribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdulmaula Hamza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atef Ouerghi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yakup Kaska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chelonian Conservation and Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 16 (2), pp.172-179. </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2744/CCB-1269.1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comparative study of inorganic elements in the blood of male and female Caspian pond turtles (Mauremys caspica) from the southern basin of the Caspian Sea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milad Adel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adriana Cortés-Gómez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryam Dadar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hossein Riyahi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 24 (32), pp.24965-24979. </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-017-0067-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sex ratio estimates for species with temperature-dependent sex determination differ according to the proxy used</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariana M.P.B. Fuentes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Monsinjon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milagros Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo Lara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexsandro Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Modelling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 365, pp.55-67. </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ecolmodel.2017.09.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04240740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The distribution of &amp;lt;em&amp;gt;wolbachia&amp;lt;/em&amp;gt; in &amp;lt;em&amp;gt;cubitermes&amp;lt;/em&amp;gt; (termitidae, termitinae) castes and colonies: a modelling approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Harry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10 (2), </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0116070⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02636192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatio-temporal distribution of Manta birostris in French Guiana waters</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bédel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Delmoitiez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Russo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Marine Biological Association of the United Kingdom</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 95 (1), pp.153-160. </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0025315414001398⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04901171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of tidal overwash on the embryonic development of leatherback turtles in French Guiana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Caut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Guirlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Environmental Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 69 (4), pp.254. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.marenvres.2009.11.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00564783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UniDPlot: A software to detect weak similarities between two DNA sequences.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Bioinformatics and Sequence Analysis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 2(5), pp.69-74</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00575932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erratum.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Caut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Fossette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Guirlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Angulo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Krishna Das</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 3, pp.e1845. </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/annotation/de853c89-d3eb-441f-8d87-0366bb1533b5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00439851v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hen's teeth with enamel cap: from dream to impossibility.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Sire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sidney Delgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Evolutionary Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 8, pp.e246</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00419627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Varying Hydric Conditions during Incubation Influence Egg Water Exchange and Hatchling Phenotype in the Red-Eared Slider Turtle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Delmas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Caroline Prévot-Julliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physiological and Biochemical Zoology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 81 (3), pp.345-355. </w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1086/529459⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00286371v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microanatomical data and the conquest pf land by vertebrates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Laurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Germain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sebastien Steyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Palevol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 5 (3-4), pp.603-618. </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crpv.2005.09.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00117158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of nest location and yolkless eggs on the hatching success of leatherback turtle clutches in French Guiana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Caut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Guirlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Jouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Zoology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 84 (6), pp.908-915. </w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1139/Z06-063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">bioemco-00396330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimating clutch frequency in the sea turtle Dermochelys coriacea using stopover duration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rivalan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Pradel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Choquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Caroline Prévot-Julliard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Marine Ecology Progress Series</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 317, pp.285-295. </w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3354/meps317285⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02126355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evidence of the exploitation of marine resource by the terrestrial insect Scapteriscus didactylus through stable isotope analyzes of its cuticle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Maros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Louveaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Lelarge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 6 (1), pp.6. </w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/1472-6785-6-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05368860v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Données microanatomiques sur la conquête de l'environnement terrestre par les vertébrés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Laurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Germain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sebastien Steyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus. Palevol</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 5 (3-4), pp.603-618. </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.crpv.2005.09.023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00116143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trade-off between current reproductive effort and delay to next reproduction in the leatherback sea turtle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Rivalan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Caroline Prevot-Julliard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Choquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Pradel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Jacquemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oecologia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 145 (4), pp.564-574. </w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00442-005-0159-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02126363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avis du conseil scientifique du comité de bassin Seine-Normandie sur l’état des lieux 2025 du bassin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kasaina Sitraka Andrianarisoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Archaimbault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ayrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Barles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henri Boullier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Conseil scientifique du comité de bassin Seine Normandie. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05505501v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avis du conseil scientifique du comité de bassin Seine-Normandie sur le projet de mise à grand gabarit de la liaison fluviale entre Bray-sur-Seine et Nogent-sur-Seine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Conseil Scientifique Du Comité de Bassin Seine Normandie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kasaina Sitraka Andrianarisoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Archaimbault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ayrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Barles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Conseil scientifique du Comité de bassin Seine Normandie. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05373589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avis du conseil scientifique du comité de bassin Seine-Normandie sur les gestions alternatives des urines et matières fécales humaines. Un potentiel d’amélioration conjointe de la gestion de l’eau et de la souveraineté alimentaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Conseil Scientifique Du Comité de Bassin Seine Normandie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kasaina Sitraka Andrianarisoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Archaimbault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ayrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Barles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Conseil Scientifique du Comité de bassin Seine Normandie. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05373573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avis du conseil scientifique du comité de bassin Seine-Normandie sur la sobriété en eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Conseil Scientifique Du Comité de Bassin Seine Normandie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kasaina Sitraka Andrianarisoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Archaimbault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ayrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Barles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Conseil scientifique du comité de bassin Seine Normandie. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05373551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Avis du conseil scientifique du comité de bassin Seine-Normandie sur le projet de mise à grand gabarit de la liaison fluviale entre Bray-sur-Seine et Nogent-sur-Seine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Conseil Scientifique Du Comité de Bassin Seine Normandie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kasaina Sitraka Andrianarisoa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Archaimbault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ayrault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine Barles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Conseil scientifique du comité de bassin Seine Normandie. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05505525v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A synthetic indicator based on nesting trend to inform the general public about the status of sea turtle in France and its overseas territories</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Girard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Barnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Claro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Internation Sea Turtle Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Cartagena (Colombia), Colombia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mnhn-04119615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unravelling the locomotion of reptiles: Contribution of femoral microanatomy and palaeobiological inferences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Gônet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Bardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John R Hutchinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Laurin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th Annual Conference of the European Association of Vertebrate Palaeontologists</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Benevento/Pietraroja, Italy. pp.82, </w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18563/pv.eavp2022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04063150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décrypter la diversité posturale des mammifères : L’apport des coupes transversales d’humérus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Gônet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Bardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John R. Hutchinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Laurin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l'Association paléontologique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04063142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La diversité posturale des amniotes vue à travers le prisme de la microanatomie osseuse : Implications paléobiologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Gônet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Bardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John R. Hutchinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Laurin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l'Association paléontologique française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association paléontologique française et Association géologique auboise, Aug 2021, Troyes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03520756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changements structuraux des vertèbres lors de la croissance de la truite d'élevage : une nouvelle approche utilisant la modélisation des profils de compacité osseuse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Deschamps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Labbé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Yves Sire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4. Rencontres de l'Ichtyologie en France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2009, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02755520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article de blog scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment obtenir des résultats significatifs dans vos études écotoxicologiques : un guide pratique. Fiche Thématique N°14 - Réseau Ecotox</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Girondot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Guillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2018, 6 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article de blog scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02787184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId312"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505501v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kasaina Sitraka Andrianarisoa" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Archaimbault" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Barles" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Boullier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373573v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Conseil Scientifique Du Comit&#233; de Bassin Seine Normandie" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373589v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373551v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505525v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05265022v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maissa Louhichi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Girondot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imed Jribi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Girard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fishres.2025.107404" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312664v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Morisseau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jeanson" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Charroux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Mercky" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Le Bozec" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2025.1506101" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116312v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Aubry" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Le Gall" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Delvenne" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2025.107444" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346937v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Buffa" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan G&#244;net" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas van de Kamp" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Zuber" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.70058" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585210v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lelong" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Besnard" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Habold" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Priam" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2024.110471" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240863v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Barry" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/mca28030063" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434443v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Angel Tello-Sahag&#250;n" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Ley-Qui&#241;onez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Alberto Abreu-Grobois" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Monsinjon" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Zavala-Norzagaray" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2022.109873" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240867v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Alejandra Morales-M&#233;rida" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandra Morales-Cabrera" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Ch&#250;a" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su151914196" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996686v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmath.401" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240865v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colum Muccio" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0030605322000382" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019109v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bardin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John R Hutchinson" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Laurin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.13833" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996717v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10914-023-09652-w" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240860v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Fretey" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyffen Read" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Carron" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Fontfreyde" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fourdrain" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0030605323000108" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434434v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fuentes" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Santos" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abreu-Grobois" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Brise&#241;o-Due&#241;as" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Al-Khayat" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.16991" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03692770v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Roost" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo-Ann Schies" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Patrice Robin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10393-022-01601-y" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996664v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Alejandra Morales-M&#233;rida" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0030605322000382" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240856v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Guillon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanette Wyneken" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2022.110119" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996738v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inmaculada Salvat-Leal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana A Cort&#233;s-G&#243;mez" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Romero" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ani12212919" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240833v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Mourrain" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Chevallier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Godfrey" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/maec.12631" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798634v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26879/1194" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240831v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Cort&#233;s-G&#243;mez" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Santos" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Rivera-Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.143249" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240834v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandra Morales M&#233;rida" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Helier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ani11113168" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543941v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Br&#233;heret" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Bal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Gabriel Mavoungou" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-F&#233;lix Tchibinda" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-020-03814-7" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612450v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Berzins" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Chevalier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t de Thoisy" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/esr01013" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03084989v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine E Hart" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew H. Godfrey" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.8451" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573730v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2020.109037" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321571v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icb/icaa139" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240823v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Olivier Lalo&#235;" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gaspar" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Touron" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Genet" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-020-03686-x" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927348v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Siegwalt" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Benhamou" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Jeantet" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Martin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2020.108742" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240825v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Le Gouvello" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santosh Bachoo" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronel Nel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-020-03736-4" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378506v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bonola" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/bio.048058" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240847v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Renee Contreras-M&#233;rida" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240787v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirt Rusenko" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milagros L&#243;pez-Mendilaharsu" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Lara" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2019.105657" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374433v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240802v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Pfaller" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina Williams" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Frick" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Shamblin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Campbell Nairn" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-019-3545-x" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240786v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Monsinjon" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lopez" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Lara" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Santos" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mag Dei Marcovaldi" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps12988" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485874v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Hancock" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Vieira" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hip&#243;lito Lima" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Schmitt" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaconias Pereira" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2019.04.013" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240766v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240771v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtherbio.2018.02.006" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240749v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2018.02.020" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240750v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Morcillo" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Guardiola" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristobal Espinosa" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Esteban" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2017.10.046" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240875v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berta Alejandra Morales-Merida" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dulce M Bustamante" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240753v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asta Tvarijonaviciute" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Tecles" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-018-3467-z" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374460v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew H Godfrey" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itzel Sifuentes" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19080/ETOAJ.2018.02.555591" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240811v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itzel Sifuentes-Romero" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19080/ETOAJ.MS.ID.555591" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240737v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2017.06.077" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240743v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2017.05.063" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240713v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milad Adel" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryam Dadar" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Riyahi" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-017-0067-2" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240746v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulmaula Hamza" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atef Ouerghi" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yakup Kaska" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2744/CCB-1269.1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240740v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana M.P.B. Fuentes" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milagros Lopez" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexsandro Santos" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2017.09.022" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636192v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Roy" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Harry" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0116070" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901171v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie B&#233;del" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Delmoitiez" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Russo" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0025315414001398" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00564783v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Caut" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Guirlet" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2009.11.004" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575932v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Sire" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00439851v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Fossette" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Angulo" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishna Das" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/annotation/de853c89-d3eb-441f-8d87-0366bb1533b5" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00419627v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidney Delgado" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00286371v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Delmas" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bonnet" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Caroline Pr&#233;vot-Julliard" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/529459" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00396330v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Caut" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Jouquet" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/Z06-063" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117158v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Germain" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Sebastien Steyer" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2005.09.023" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-104R685B-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126355v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rivalan" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Pradel" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Choquet" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps317285" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368860v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Maros" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Louveaux" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lelarge" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1472-6785-6-6" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116143v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126363v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Caroline Prevot-Julliard" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Jacquemin" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-005-0159-4" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-ZDWLG52G-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04119615v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Barnier" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Claro" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063142v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John R. Hutchinson" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063150v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18563/pv.eavp2022" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03520756v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755520v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Deschamps" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Labb&#233;" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787184v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554353v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charalampos Dimitriadis" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaos Simantiris" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fulvio Maffucci" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Aksissou" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mouloud Benabdi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2026.119476" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116312v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Morisseau" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jeanson" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Aubry" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Le Gall" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Delvenne" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2025.107444" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05265022v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maissa Louhichi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Girondot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imed Jribi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Girard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fishres.2025.107404" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05312664v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Charroux" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Mercky" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Le Bozec" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2025.1506101" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05052263v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bp Wallace" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An Bandimere" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fa Abreu-Grobois" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Acosta" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Akiti" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/esr01385" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346937v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Buffa" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan G&#244;net" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas van de Kamp" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Zuber" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.70058" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585210v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lelong" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Besnard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Habold" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Priam" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2024.110471" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019109v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bardin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John R Hutchinson" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Laurin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.13833" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996686v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmath.401" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240865v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Alejandra Morales-M&#233;rida" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colum Muccio" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0030605322000382" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240863v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Barry" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/mca28030063" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434443v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Angel Tello-Sahag&#250;n" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cesar Ley-Qui&#241;onez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Alberto Abreu-Grobois" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Monsinjon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Zavala-Norzagaray" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2022.109873" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240867v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandra Morales-Cabrera" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Ch&#250;a" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su151914196" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996717v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10914-023-09652-w" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240860v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Fretey" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyffen Read" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Carron" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Fontfreyde" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fourdrain" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0030605323000108" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04434434v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fuentes" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Santos" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abreu-Grobois" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Brise&#241;o-Due&#241;as" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Al-Khayat" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/gcb.16991" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996664v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Alejandra Morales-M&#233;rida" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0030605322000382" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03692770v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Roost" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo-Ann Schies" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Patrice Robin" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10393-022-01601-y" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240856v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Guillon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanette Wyneken" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2022.110119" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996738v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inmaculada Salvat-Leal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana A Cort&#233;s-G&#243;mez" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Romero" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ani12212919" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240834v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandra Morales M&#233;rida" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Helier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriana Cort&#233;s-G&#243;mez" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ani11113168" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240833v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Mourrain" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Chevallier" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Godfrey" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/maec.12631" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03798634v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26879/1194" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240831v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Santos" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Rivera-Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.143249" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543941v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Br&#233;heret" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Bal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Gabriel Mavoungou" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-F&#233;lix Tchibinda" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-020-03814-7" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240823v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Olivier Lalo&#235;" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Gaspar" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Touron" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Genet" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-020-03686-x" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03321571v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icb/icaa139" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02612450v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Berzins" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Chevalier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t de Thoisy" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/esr01013" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03084989v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine E Hart" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew H. Godfrey" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.8451" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573730v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2020.109037" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240825v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Le Gouvello" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santosh Bachoo" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronel Nel" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-020-03736-4" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927348v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Siegwalt" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Benhamou" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Jeantet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Martin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocon.2020.108742" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240787v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kirt Rusenko" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milagros L&#243;pez-Mendilaharsu" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Lara" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2019.105657" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240847v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Renee Contreras-M&#233;rida" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02378506v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Bonola" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/bio.048058" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374433v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240802v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Pfaller" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina Williams" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Frick" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Shamblin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Campbell Nairn" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00227-019-3545-x" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240786v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Monsinjon" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lopez" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Lara" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Santos" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mag Dei Marcovaldi" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps12988" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485874v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Hancock" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Vieira" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hip&#243;lito Lima" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Schmitt" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaconias Pereira" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2019.04.013" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240875v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Berta Alejandra Morales-Merida" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dulce M Bustamante" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240750v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Morcillo" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Guardiola" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristobal Espinosa" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mar&#237;a Esteban" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2017.10.046" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240771v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtherbio.2018.02.006" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240766v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240749v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2018.02.020" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240753v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asta Tvarijonaviciute" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Tecles" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-018-3467-z" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374460v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew H Godfrey" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itzel Sifuentes" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19080/ETOAJ.2018.02.555591" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240811v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itzel Sifuentes-Romero" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19080/ETOAJ.MS.ID.555591" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240743v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolind.2017.05.063" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240737v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envpol.2017.06.077" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240746v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdulmaula Hamza" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atef Ouerghi" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yakup Kaska" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2744/CCB-1269.1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240713v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milad Adel" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryam Dadar" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Riyahi" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-017-0067-2" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04240740v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana M.P.B. Fuentes" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milagros Lopez" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexsandro Santos" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolmodel.2017.09.022" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636192v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Roy" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Harry" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0116070" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04901171v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie B&#233;del" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Delmoitiez" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Russo" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0025315414001398" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00564783v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Caut" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Guirlet" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marenvres.2009.11.004" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00575932v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Sire" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00439851v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Fossette" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Angulo" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krishna Das" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/annotation/de853c89-d3eb-441f-8d87-0366bb1533b5" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00419627v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sidney Delgado" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00286371v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Delmas" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bonnet" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Caroline Pr&#233;vot-Julliard" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1086/529459" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00117158v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Germain" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Sebastien Steyer" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2005.09.023" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-104R685B-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-bioemco.ccsd.cnrs.fr/bioemco-00396330v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Caut" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Jouquet" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/Z06-063" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126355v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Rivalan" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Pradel" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Choquet" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps317285" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05368860v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Maros" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Louveaux" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Lelarge" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1472-6785-6-6" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00116143v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02126363v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Caroline Prevot-Julliard" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Jacquemin" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00442-005-0159-4" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-ZDWLG52G-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505501v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kasaina Sitraka Andrianarisoa" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Archaimbault" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayrault" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Barles" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Boullier" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373589v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Conseil Scientifique Du Comit&#233; de Bassin Seine Normandie" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373573v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05373551v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05505525v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04119615v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Barnier" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Claro" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063150v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18563/pv.eavp2022" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04063142v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John R. Hutchinson" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03520756v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02755520v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Deschamps" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Labb&#233;" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02787184v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>