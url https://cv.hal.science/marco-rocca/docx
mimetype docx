--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -377,287 +377,287 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05166106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction: The EU new economic governance, labour law and labour lawyers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A new source for (EU) labour law?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Rocca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European labour law journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 13 (2), pp.141-155. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/20319525221093487⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 13 (2), pp.214-224. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/20319525221093510⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05254440v1</w:t>
+                <w:t xml:space="preserve">hal-03779569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Posting of workers and the border of the labour market</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Rocca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic de Wispelaere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European labour law journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 14 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/20319525221127715⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03871074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new source for (EU) labour law?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Introduction: The EU new economic governance, labour law and labour lawyers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Rocca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European labour law journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 13 (2), pp.214-224. </w:t>
+              <w:t xml:space="preserve">, 2022, 13 (2), pp.141-155. </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/20319525221093510⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/20319525221093487⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03779569v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05254440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction: The EU New Economic Governance, Labour Law and Labour Lawyers</w:t>
               </w:r>
@@ -926,351 +926,351 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03170805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arrêt « CRPNPAC et Vueling Airlines » : travailleurs détachés et conditions du retrait d’un certificat de détachement par le juge national publication</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Europe sociale - Les manifestes pour une Europe sociale : Eliane Vogel-Polsky et ses compagnons de route</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Rocca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pénélope Hardy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marco Rocca</w:t>
+                <w:t xml:space="preserve">Julien Louis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal de Droit Européen</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, pp.399-401</w:t>
+              <w:t xml:space="preserve">e-legal : Revue de droit et de criminologie de l'Université libre de Bruxelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03196562v1</w:t>
+                <w:t xml:space="preserve">hal-02974604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">One train! (but different working conditions) – CJEU 19 December 2019, C-16/18 (Michael Dobersberger v Magistrat der Stadt Wien)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The dark side of the tour. Labour and social security challenges of highly mobile workers in the live performance sector</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic de Wispelaere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Rocca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Arbeidsrechtelijke Annotaties</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ERA-Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21 (1), pp.35-46. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12027-020-00600-2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03520287v1</w:t>
+                <w:t xml:space="preserve">hal-03520277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The dark side of the tour. Labour and social security challenges of highly mobile workers in the live performance sector</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">One train! (but different working conditions) – CJEU 19 December 2019, C-16/18 (Michael Dobersberger v Magistrat der Stadt Wien)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Rocca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ERA-Forum</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Arbeidsrechtelijke Annotaties</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 3, pp.50-71</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12027-020-00600-2⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03520277v1</w:t>
+                <w:t xml:space="preserve">hal-03520287v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Europe sociale - Les manifestes pour une Europe sociale : Eliane Vogel-Polsky et ses compagnons de route</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Arrêt « CRPNPAC et Vueling Airlines » : travailleurs détachés et conditions du retrait d’un certificat de détachement par le juge national publication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pénélope Hardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Rocca</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Louis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">e-legal : Revue de droit et de criminologie de l'Université libre de Bruxelles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 3</w:t>
+              <w:t xml:space="preserve">Journal de Droit Européen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.399-401</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02974604v1</w:t>
+                <w:t xml:space="preserve">hal-03196562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">? to ? What a Way to Make a Livin’: the Court of Justice and the Obligation to Record Working Time</w:t>
               </w:r>
@@ -1612,51 +1612,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Short-term labour mobility in the EU: a legal perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pénélope Hardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Rocca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1711,51 +1711,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The challenges to labour mobility at the European level</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2024,259 +2024,259 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03779573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perspective internationale : les juges face aux plateformes</w:t>
+                <w:t xml:space="preserve">Structural characteristics and industrial relations in the pork value chain: the case of Belgium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Rocca</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Auriane Lamine; Céline Wattecamps. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ann Vrijsen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Piera Campanella; Davide Dazzi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quel droit social pour les travailleurs de plateformes ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Anthemis, pp.85-98, 2020</w:t>
+              <w:t xml:space="preserve">Fairness, freedom and industrial relations across Europe: up and down the meat value chain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Franco Angeli, pp.49-74, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02974601v1</w:t>
+                <w:t xml:space="preserve">hal-02974598v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les dernières minutes de la dernière chance : l’agence européenne du travail et L’union en 2019</w:t>
+                <w:t xml:space="preserve">Perspective internationale : les juges face aux plateformes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Rocca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Silvia Borelli; Marc Morsa; Andrea Allamprese. </w:t>
+              <w:t xml:space="preserve">Auriane Lamine; Céline Wattecamps. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’autorité européenne du travail</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Bruylant, pp.25-44, 2020</w:t>
+              <w:t xml:space="preserve">Quel droit social pour les travailleurs de plateformes ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Anthemis, pp.85-98, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02974600v1</w:t>
+                <w:t xml:space="preserve">hal-02974601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural characteristics and industrial relations in the pork value chain: the case of Belgium</w:t>
+                <w:t xml:space="preserve">Les dernières minutes de la dernière chance : l’agence européenne du travail et L’union en 2019</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Rocca</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Piera Campanella; Davide Dazzi. </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Silvia Borelli; Marc Morsa; Andrea Allamprese. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fairness, freedom and industrial relations across Europe: up and down the meat value chain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Franco Angeli, pp.49-74, 2020</w:t>
+              <w:t xml:space="preserve">L’autorité européenne du travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bruylant, pp.25-44, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02974598v1</w:t>
+                <w:t xml:space="preserve">hal-02974600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stepping stones over troubled waters. Recent legal evolutions and the reform of the Posting of Workers Directive</w:t>
               </w:r>
@@ -2813,234 +2813,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05447045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">4.2.1 General Remarks / Related Provisions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Treaty on the Functioning of the European Union (TFEU)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elena Gramano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Antonio García-Muñoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christina Hiessl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristina Koldinská</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marco Rocca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EU Labour Law: A Commentary</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05447037v1</w:t>
+                <w:t xml:space="preserve">hal-05447078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Treaty on the Functioning of the European Union (TFEU)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Elena Gramano</w:t>
+                <w:t xml:space="preserve">4.2.1 General Remarks / Related Provisions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Rocca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martha Verner</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EU Labour Law: A Commentary</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05447078v1</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05447037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">4.2.3 Enforcement Directive</w:t>
               </w:r>
@@ -3350,51 +3350,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cross-border employment in the live performance sector. Exploring the social security and employment status of highly mobile workers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic de Wispelaere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wouter Schepers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3712,51 +3712,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="98E3963F"/>
+    <w:nsid w:val="CFBBB6D8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3860,51 +3860,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="6F82A785"/>
+    <w:nsid w:val="20E21B66"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4094,51 +4094,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marco-rocca" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0756-6616" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/189784229" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166106v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Rocca" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catharina Lopes Scodro" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62733/2024.1.29-47" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05254440v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/20319525221093487" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871074v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic de Wispelaere" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/20319525221127715" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779569v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Schmitt" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/20319525221093510" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03502234v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03717351v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502153v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03170805v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mihman" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196562v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;n&#233;lope Hardy" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03520287v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03520277v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12027-020-00600-2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974604v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Louis" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974566v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974565v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann Vrijsen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188934v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Borelli" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01551386v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion del Sol" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1388262717711776" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206260v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.etui.org/publications/moving-under-radar" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007298v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Benoit" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Knob&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Pichot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco de Palma" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/The-EUs-Government-of-Worker-Mobility-An-Interdisciplinary-Discussion/Michel-Schmitt/p/book/9781032288147" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003298649-3" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269584v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Michon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003298649-7" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779573v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974601v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974600v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974598v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974599v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188932v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larcier.com/fr/les-transferts-conventionnels-d-entreprises-en-europe-2018-9782802761594.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188930v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip Dorssemont" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bloomsburyprofessional.com/uk/the-charter-of-fundamental-rights-of-the-european-union-and-the-employment-relation-9781509922659/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188913v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larcier.com/fr/le-travail-detache-face-au-droit-europeen-2018-9782807909120.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974597v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossana Ducato" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Kullmann" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447045v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha Verner" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447037v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447078v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Gramano" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Antonio Garc&#237;a-Mu&#241;oz" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Hiessl" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina Koldinsk&#225;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447050v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05170099v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Edouard Weill" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Guillaume Prigent" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Hablot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290630v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Thepot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penelope Hardy" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527084v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wouter Schepers" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jorens" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evert Nerinckx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188917v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188918v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marco-rocca" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0756-6616" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/189784229" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05166106v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Rocca" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catharina Lopes Scodro" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.62733/2024.1.29-47" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779569v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Schmitt" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/20319525221093510" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871074v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic de Wispelaere" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/20319525221127715" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05254440v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/20319525221093487" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03502234v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03717351v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03502153v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03170805v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mihman" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974604v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Louis" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03520277v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12027-020-00600-2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03520287v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03196562v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;n&#233;lope Hardy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974566v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974565v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann Vrijsen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188934v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Borelli" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01551386v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion del Sol" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1388262717711776" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05206260v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.etui.org/publications/moving-under-radar" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04007298v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Benoit" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Knob&#233;" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Pichot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco de Palma" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/The-EUs-Government-of-Worker-Mobility-An-Interdisciplinary-Discussion/Michel-Schmitt/p/book/9781032288147" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003298649-3" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04269584v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Michon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003298649-7" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03779573v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974598v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974601v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974600v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974599v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188932v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larcier.com/fr/les-transferts-conventionnels-d-entreprises-en-europe-2018-9782802761594.html" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188930v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip Dorssemont" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bloomsburyprofessional.com/uk/the-charter-of-fundamental-rights-of-the-european-union-and-the-employment-relation-9781509922659/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188913v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larcier.com/fr/le-travail-detache-face-au-droit-europeen-2018-9782807909120.html" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974597v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossana Ducato" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Kullmann" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447045v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martha Verner" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447078v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Gramano" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Antonio Garc&#237;a-Mu&#241;oz" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Hiessl" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina Koldinsk&#225;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447037v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447050v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05170099v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Edouard Weill" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Guillaume Prigent" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Hablot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04290630v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Thepot" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penelope Hardy" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03527084v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wouter Schepers" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jorens" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evert Nerinckx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188917v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188918v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>