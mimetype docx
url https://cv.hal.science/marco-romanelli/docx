--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:131.05802047782px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Marco Romanelli </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes activités de recherche sont centrées sur la </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">physique et la dynamique des lasers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, tant sur les aspects fondamentaux que sur les applications, notamment la </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">photonique micro-ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. En ce qui concerne les lasers, je travaille tant sur la synchronisation et la dynamique temporelle (</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.institut-foton.eu/reinjection-optique-dans-les-lasers/</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">), que sur les effets spatiaux (</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.institut-foton.eu/effets-transverses-dans-les-lasers/</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">). Une autre partie importante de mes activités est consacrée à la photonique micro-ondes (</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.institut-foton.eu/optique-hyperfrequence-et-thz/</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (27)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation par peigne de fréquences d'un résonateur en anneau intégré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Perriguey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Guillet de Chatellus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Wilmart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCOM 2025 - Journée du Club Optique Micro-ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Toulouse, France. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05318352v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct-Modulation OEO for Optical Pulses and Frequency combs generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Sinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du Club Optique et Micro-ondes (JCOM 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04133619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oscillateur optoélectronique (OEO) générant des peignes de fréquences et des trains d’impulsions optiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Sinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Bouhier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Frein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du Club Optique et Micro-ondes (JCOM 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03986413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oscillateur Opto-Électronique à modulation directe de faible bruit de phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Sinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Bouhier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Frein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OPTIQUE Dijon 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03284744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microwave-optical fiber lasers stabilized by frequency-shifted feedback</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Guionie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 IEEE International Topical Meeting on Microwave Photonics (MWP 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Ottawa, Canada. IEEE, IEEE Xplore Digital Library, pp.1-4, 2019, 2019 International Topical Meeting on Microwave Photonics (MWP). </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MWP.2019.8892036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02470792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Opto-electronic oscillator based on hybrid feedback loop for single-side band operation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Bouhier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic van Dijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du Club Optique et Micro-ondes (JCOM 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02474785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dual-polarization fiber lasers for radio-over-fibre?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Guionie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de l'Ecole Doctorale 3M 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01913535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bounded-phase chaotic dynamics in a vectorial laser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Lasers and Electro-Optics Europe and European Quantum Electronics Conference 2017 (CLEO-Europe/EQEC 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Munich, Germany. IEEE Xplore Digital Library, pp.17314439, 2017 Conference on Lasers and Electro-Optics Europe &amp; European Quantum Electronics Conference (CLEO/Europe-EQEC). </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEOE-EQEC.2017.8087570⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01561755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase locking of dual-polarization DFB fiber lasers through pump-power modulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Guionie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Frein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du Club Optique et Micro-ondes (JCOM 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01942365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régime chaotique verrouillé en fréquence d’un oscillateur opto-hyper.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> 19éme Rencontres du Non-Linéaire (RNL) 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Paris, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01333407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propriétés des zones de dégénérescence dans un laser solide pompé longitudinalement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COLOQ 14, Congrès de la SFO Optique 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02507930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laser vert multifréquence pour le lidar-radar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haiyang Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Horizons de l'optique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, RENNES, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01228096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Excitable chaotic pulses in a dual-frequency laser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Erneux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO®/Europe-IQEC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01346899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchronization of DFB lasers in bounded regime with optical feedback loop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lihua Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IS-PALD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01347032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ILLUSTRATION DES MODES DE POLARISATION ET DES MODES DE INCE-GAUSS AU MOYEN DE LASERS SOLIDES BI-FREQUENCE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Fade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">sessions pédagogiques, 0ptique 2015,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01346901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-order mode excitation in end-pumped solid-state lasers around cavity degeneracy lengths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European Conference on Lasers and Electro-Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Munich, Germany. , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01355057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réponse chaotique excitable d'un laser bifréquence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Erneux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COLOQ, Optique 2015 </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01346902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laser Ti:Sa bi-fréquence à 780 nm pour la génération d’onde THz de grande pureté spectrale accordable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du club Optique Micro-ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Lannion, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régimes de synchronisation d’un laser bifréquence autoinjecté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lihua Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COLOQ13</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Villetaneuse, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propriétés des zones de dégénérescence dans un laser solide à pompage axial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COLOQ13</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Villetaneuse, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of the synchronization regimes of a self-injected two-frequency laser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lihua Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO/Europe-IQEC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00905768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extended synchronization of coupled laser eigenstates with optical RF-modulated feedback</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Thévenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Erneux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Photonics Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00934003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extended synchronization resulting from resonant phase and intensity dynamics in a dual-polarization laser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremie Thevenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Erneux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photonics Europe - Semiconductor Lasers and Laser Dynamics V</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Bruxelles, Belgium. , 8432, pp.84321Y, 2012, Proceedings SPIE. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.922243⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01073205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelles formes de synchronisation dans un laser bi-fréquence soumis à une rétro-injection décalée en fréquence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Thévenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Erneux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COLOQ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00703781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feedback in dual-polarization lasers : toward an high resolution Doppler-Lidar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Thévenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Erneux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du Club Optique et Microondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00703795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laser déclenché à rétro-injection non résonante : application à la vélocimétrie Lidar-Radar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremie Thevenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Barreaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Hamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Optique et Microondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Rennes, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A tunable dual-polarization Ti:Al2O3 laser for THz beat note generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bondu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Optique et Microondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Rennes, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01141998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (40)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optoelectronic Oscillator Combining a High-Finesse Cavity and Tilt-Locking Stabilization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Sinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Photonics Technology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 37 (6), pp.321 - 324. </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/lpt.2025.3544428⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04976326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimate of mode coupling in a spin-VECSEL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Le Mignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghaya Baili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Dolfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bouchoule</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 49 (24), pp.6964-6967. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.543717⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05226853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct-modulation optoelectronic oscillator for optical pulse and frequency comb generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Sinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Optical Society of America B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 41 (9), pp.1921. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/JOSAB.529629⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04686127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of the linewidth enhancement factor of semiconductor lasers by complete optical field reconstruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Sinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 48 (4), pp.863-866. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/ol.483776⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03940670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The population of merging compact binaries inferred using gravitational waves through GWTC-3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. D. Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Acernese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Ackley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Adams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review X</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13 (1), pp.011048. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevX.13.011048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03862873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low Phase Noise Direct-Modulation Optoelectronic Oscillator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Sinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Bouhier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Frein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Lightwave Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 39 (24), pp.7788-7793. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/jlt.2021.3111703⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03487897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delay-induced instability in phase-locked dual-polarization distributed-feedback fiber lasers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Guionie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Pinsard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 101 (4), pp.043843. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.101.043843⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02565340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchronization of Two DFB Lasers Using Frequency-Shifted Feedback for Microwave Photonics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Quantum Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 55 (1), pp.2200108. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JQE.2019.2891819⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beat note stabilization in dual-polarization DFB fiber lasers by an optical phase-locked loop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Guionie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Frein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bondu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 26 (3), pp.3483-3488. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.26.003483⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01716235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid opto-electronic oscillator for single-sideband microwave photonics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Bouhier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic van Dijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 54 (11), pp.706-708. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/el.2018.0867⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01970482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Waves and rays in plano-concave laser cavities: II. A semiclassical approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bittner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Dietz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Trabattoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ulysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 38 (3), pp.034011. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-6404/aa609d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01517504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Waves and rays in plano-concave laser cavities, part I. Geometric modes in the paraxial approximation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Lebental</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 38 (3), pp.034010. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-6404/aa6461⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01529983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linewidth enhancement factor measurement based on FM-modulated optical injection: application to rare-earth-doped active medium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 42 (8), pp.1480-1483. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.42.001480⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01501412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-stabilized optoelectronic oscillator using frequency-shifted feedback and a delay line</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Van Dijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Photonics Technology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 28 (10), pp.1088-1091. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LPT.2016.2530826⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01343400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tunable Optoelectronic Oscillator based on an integrated heterodyne source</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peppino Primiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Van Dijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Lamponi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Chtioui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 Ieee International Topical Meeting On Microwave Photonics (mwp)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, pp.251--254</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01481023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frequency-locked chaotic opto-RF oscillator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 41 (12), pp.2839-2842. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.41.002839⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01333412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Green pulsed lidar-radar emitter based on a multipass frequency-shifting external cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haiyang Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 55 (10), pp.2467--2473. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/AO.55.002467⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01343399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Excitable-like chaotic pulses in the bounded-phase regime of an opto-rf oscillator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Erneux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01385625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dual-Frequency 780-nm Ti:Sa Laser for High Spectral Purity Tunable CW THz Generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Photonics Technology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 26 (15), pp.1518-1521. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LPT.2014.2327656⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of cavity degeneracy for high-order mode excitation in end-pumped solid-state lasers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 39 (4), pp.1022-1025. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.39.001022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00947789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photonic microwave oscillator based on monolithic DFB lasers with frequency-shifted feedback</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lihua Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic van Dijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 50 (6), pp.451. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/el.2014.0155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00967127v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring the universal synchronization properties of driven oscillators across a Hopf instability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lihua Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 22 (7), pp.7364-7373. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.22.007364⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01057954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lidar-radar velocimetry using a pulse-to-pulse coherent rf-modulated Q-switched laser.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Barreaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Thévenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 52 (22), pp.5402-10. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/AO.52.005402⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00854261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase and intensity dynamics of a two-frequency laser submitted to resonant frequency-shifted feedback</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Thévenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Erneux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 86 (3), pp.33815. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PHYSREVA.86.033815⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00908144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resonance Assisted Synchronization of Coupled Oscillators: Frequency Locking without Phase Locking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Thévenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Erneux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 107 (10), pp.104101. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PHYSREVLETT.107.104101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00714041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arsenic uptake by natural calcite: An XAS study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio Bardelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Benvenuti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Costagliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Di Benedetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Lattanzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 75 (11), pp.3011-3023. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gca.2011.03.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-00679270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-mode squeezing in polariton four-wave mixing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ph. Karr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Leyder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Giacobino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bramati</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 82, pp.155313. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PHYSREVB.82.155313⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00910898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resonant two-beam interferometric sensor independent of intracavity losses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Journal of the European Optical Society : Rapid publications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 4, pp.9023. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2971/JEOS.2009.09023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00665206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luminescent properties of opals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Gruzintev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gennadi Emelchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wladimir Masalov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Barthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inorganic Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 44, pp.159</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00430164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luminescent properties of synthetic opal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. N. Gruzintsev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. A. Emel'Chenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. M. Masalov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Barthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inorganic Materials / Neorganicheskie Materialy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 44 (2), pp.159-164. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10789-008-2014-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01281485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angle-resolved reflectivity and self-activated luminescence of 3D photonic crystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Vion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Barthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Bénalloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Frigerio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Korean Physical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 52, pp.1589</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00430066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 2D nanosphere array for atomic spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petko Todorov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chia-Hua Chan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Bloch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 32 (2-3), pp.127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00189191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interference of coherent polariton beams in microcavities: polarization controlled optical gates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Leyder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tim C.H. Liew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey V. Kavokin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan A. Shelykh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 99, pp.196402. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.99.196402⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00966089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selective reflection spectroscopy of a vapour at a calcium fluoride interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Passerat de Silans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Athanasios Laliotis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Chaves de Souza Segundo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 32 (2-3), pp.191</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00186979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of the optical spin Hall effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Leyder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Karr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Giacobino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tim C.H. Liew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 3, pp.628. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nphys676⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00966083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantum degeneracy of microcavity polaritons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augustin Baas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Karr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Bramati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Giacobino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 96, pp.176401. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.96.176401⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00003867v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards quantum correlated polariton modes in semiconductor microcavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Leyder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Karr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augustin Baas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Giacobino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Optics B Quantum and Semiclassical Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 7, pp.S523</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00125378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parametric oscillation in semiconductor microcavities : nonlinear and quantum effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Karr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augustin Baas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Bramati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Giacobino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 202 (3), pp.349. </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssa.200460301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00966068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantum coherent effects in cavity exciton polariton systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Giacobino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Karr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augustin Baas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Messin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solid State Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 134 (1-2), pp.97. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ssc.2004.07.079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00966069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical bistability in semiconductor microcavities in the nondegenerate parametric oscillation regime: analogy with the optical parametric oscillator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augustin Baas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Karr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Bramati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Giacobino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 70, pp.161307. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevB.70.161307⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00012338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (54)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimate of the nonlinear coupling between circular eigenstates in a spin-VCSEL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Le Mignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghaya Baili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Dolfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bouchoule</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO Europe 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05226889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oscillateur opto-électronique intégrant une cavité ULE asservie par « tilt-locking »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Sinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Frein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Artur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du Club Optique Micro-ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LAAS Toulouse (Laboratoire d'Analyse et d'Architecture des Systèmes), Société Française d'Optique, Jun 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05120292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation de la constante de couplage de Lamb dans un spin-VECSEL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Le Mignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghaya Baili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Dolfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bouchoule</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNOG 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Sète, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05226891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation du couplage de mode dans un spin-VECSEL pour le basculement de polarisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Le Mignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghaya Baili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Dolfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bouchoule</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCOM 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05226887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimate of the Nonlinear Coupling Between Circular Eigenstates in a Spin-VCSEL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Le Mignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghaya Baili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Dolfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bouchoule</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 Conference on Lasers and Electro-Optics Europe & European Quantum Electronics Conference (CLEO/Europe-EQEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Munich, Germany. pp.1-1, </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/cleo/europe-eqec65582.2025.11110130⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05233262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct-Modulation Optoelectronic Oscillator for Optical Pulse and Frequency Comb Generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Sinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frequency Combs France 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05011356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Injection de spin par pompage optique pour le contrôle des états de polarisation d'un VECSEL à température ambiante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Le Mignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghaya Baili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Dolfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optique Rouen 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05226884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and Packaging of Erbium-Doped Alumina Waveguide Amplifier on a Silicon Nitride Layer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Coulaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Cadiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dawson B. Bonneville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 International Topical Meeting on Microwave Photonics (MWP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Pisa, Italy. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/mwp62612.2024.10736307⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04816913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced Virgo Plus: Future Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Acernese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Agathos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albanesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Alléné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th Cosmic Ray International Seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Naples, Italy. pp.012040, </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-6596/2429/1/012040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03997107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct-Modulation Optoelectronic Oscillator for Optical Frequency Comb and Pulse Generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Sinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 Conference on Lasers and Electro-Optics Europe & European Quantum Electronics Conference (CLEO/Europe-EQEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Munich, Germany. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/cleo/europe-eqec57999.2023.10231990⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04264936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accurate Measurement of the Linewidth Enhancement Factor of Semiconductor Lasers by a Simple Technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Sinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 Conference on Lasers and Electro-Optics Europe & European Quantum Electronics Conference (CLEO/Europe-EQEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Munich, Germany. </w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/cleo/europe-eqec57999.2023.10231566⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04264941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génération de peignes de fréquence et d'impulsions dans un Oscillateur Opto-Électronique à modulation directe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Sinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Bouhier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Frein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optique Nice 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d'Optique (SFO), Jul 2022, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03988116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signaux Opto-RF très bas bruit de phase et instabilités dynamiques d’un OEO à modulation directe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Sinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Bouhier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Frein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du Club Optique et Micro-ondes (JCOM 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03285993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low phase noise microwave generation from a direct-modulation optoelectronic oscillator (DM-OEO)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Sinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Bouhier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Lasers and Electro-Optics Europe and European Quantum Electronics Conference 2021 (CLEO-Europe/EQEC 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03284345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dual-polarization DFB fiber laser stabilized by frequency-shifted feedback</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Guionie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Pinsard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lablonde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Lasers and Electro-Optics Europe and European Quantum Electronics Conference 2019 (CLEO-Europe/EQEC 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Munich, Germany. </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEOE-EQEC.2019.8872816⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02267594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase Synchronization of Monolithic Dual DFB Lasers for Microwave Photonics: Experiment vs Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic van Dijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Lasers and Electro-Optics Europe and European Quantum Electronics Conference 2019 (CLEO-Europe/EQEC 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Munich, Germany. pp.1-1, </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEOE-EQEC.2019.8871740⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02474723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single-sideband hybrid opto-electronic oscillator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Bouhier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic van Dijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Lasers and Electro-Optics Europe and European Quantum Electronics Conference 2019 (CLEO-Europe/EQEC 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Munich, Germany. pp.1-1, </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEOE-EQEC.2019.8871553⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02474747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dual-polarization DFB fiber laser stabilized by frequency- shifted feedback</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Guionie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Pinsard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lablonde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du Club Optique et Micro-ondes (JCOM 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02470935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oscillateur opto-électronique hybride à laser fibre bifréquence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Guionie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39è Journées Nationales d'Optique Guidée (JNOG 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Paris-Saclay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02470957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase-locking and delay-induced instabilities in a dual- frequency fiber laser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Guionie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Physics and Applications of Laser Dynamics 2019 (IS-PALD 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02471152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monolithic dual-wavelength DFB lasers for the generation of opticallycarried RF local oscillators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. van Dijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 European Conference on Lasers and Electro-Optics - European Quantum Electronics Conference, CLEO/Europe-EQEC 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A green pulsed lidar-radar transmitter based on a frequency-shifted feedback laser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haiyang Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO®/Europe-IQEC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01346898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchronisation de deux lasers DFB par réinjection décalée en fréquence, pour applications en photonique micro-onde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OPTIQUE Toulouse 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02474648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dual polarization DFB fiber lasers as optical phase-locked microwave sources in the 1-10 GHz range</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Guionie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Frein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bondu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Photonics Europe 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Strasbourg, France. pp.106832G, </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2306049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01800096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase-locked dual-polarization fiber lasers as compact optical-microwave sources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Guionie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Frein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Bondu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Symposium on Optronics in Defence &amp; Security (OPTRO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3AF, 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01784699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lasers à fibre bifréquences stabilisés par réinjection optique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Guionie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optique Toulouse 2018 - 38è Journées Nationales d'Optique Guidée (JNOG'38)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01846270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-stabilized optoelectronic oscillator using optical feedback on integrated heterodyne source</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peppino Primiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic van Dijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Lasers and Electro-Optics Europe and European Quantum Electronics Conference 2017 (CLEO-Europe/EQEC 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Munich, Germany. pp.17314566, </w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEOE-EQEC.2017.8086956⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01561743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical injection method for the measurement of small linewidth enhancement factor in solid-state lasers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Lasers and Electro-Optics Europe and European Quantum Electronics Conference 2017 (CLEO-Europe/EQEC 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Munich, Germany. pp.17333240, </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEOE-EQEC.2017.8086295⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01561733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-stabilization of the beat-note of monolithic DFB lasers for microwave signal generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peppino Primiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic van Dijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Physics and Applications of Laser Dynamics 2017 (IS-PALD 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01708260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stationary transverse structures in solid-state degenerate-cavity lasers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium OPTIS - Optics &amp; Singularities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Cachan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02507948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OSCILLATEUR OPTO-RF CHAOTIQUE VERROUILLÉ EN FRÉQUENCE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optique Bordeaux 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02504229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">différents régimes de synchronisation dans les lasers bifréquences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COLOQ, Optique 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01346903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Universal synchronization properties of driven oscillators across a Hopf instability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lihua Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO®/Europe-IQEC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01346900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monolithic dual-wavelength DFB lasers for the generation of optically carried RF local oscillators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic van Dijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lihua Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO®/Europe-IQEC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, OSA, Jun 2015, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01346844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extreme events and excitability in an opto&amp;gt;RF oscillator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Erneux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Physics and Applications of laser Dynamics, IS-PALD 2015 </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01347035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optically-coupled monolithic DFB lasers for the generation of an optically-carried microwave local oscillator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lihua Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic van Dijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Semiconductor Laser Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01066963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportement excitable d’un oscillateur opto-hyperfréquence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres du Non Linéaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rf-modulated optical pulses generated by non-resonant frequency-shifted feedback for Lidar-Radar velocimetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Barreaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Thévenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lihua Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO®/Europe-IQEC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00905815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lidar-Radar velocimetry using RF-modulated optical pulses generated by non-resonant frequency-shifted feedback</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Barreaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremie Thevenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lihua Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO: Science and Innovations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, San Jose, United States. </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/CLEO_SI.2013.CTu1H.8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01141972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring the synchronization properties of dual-frequency lasers in the bounded-phase regime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lihua Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IS-PALD 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00881411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localized spatial structures in a titanium-sapphire laser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EOSAM 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Aberdeen, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00933971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchronisation de sources opto-RF bi-fréquence par réinjection optique : influence des termes de couplage.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Beuzelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Thévenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du club optique et microondes (JCOM) 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00935879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accrochage de fréquence sans accrochage de phase de deux modes laser couplés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Thévenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Erneux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15ème Rencontre du Nonlinéaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Paris, France. pp.197-202</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00937058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New forms of synchronization dynamics of a dual-polarization laser with frequency-shifted feedback</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Thévenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Erneux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO/Europe-EQEC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00703197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stable beat notes for THz generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bondu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Frein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6èmes Journées Térahertz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, La grande Motte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01141990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelles sources opto-hyper basées sur des lasers bi-fréquences stabilisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bondu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de la Télémétrie Laser</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00704331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse optique micro-onde #à partir d'un microlaser bi-fréquence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Frein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques Contrat de Projet Etat-Région Bretagne PONANT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00919619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation de structures dissipatives dans le profil transverse d'intensité d'un laser saphir-titane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre du Non-Linéaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Paris, France. pp.151-155</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00661472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-finesse Fabry-Perot interferometer for probing intracavity lossy samples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cleo-Europe and IQEC 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Munich, Germany. pp.1-1, </w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEOE-EQEC.2009.5196273⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00670295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interféromètre Fabry-Perot à deux finesses : application à la caractérisation d'échantillons intracavité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Horizons de l'Optique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00669669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanosphères de silice auto-organisées en opale 2D et 3D pour la spectroscopie atomique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Chaves de Souza Segundo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Passerat de Silans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Bloch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Jeunes Chercheurs Nanochimie C'Nano-Ile de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00411703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of 3d self-assembled photonic crystals and colloidal core-shell semiconductor quantum dots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pham Thu Nga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pham Thai Cuong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vu Duc Chinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nguyen Xuan Nghia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nguyen Nhu Dat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Photonics and Applications, First Korea-Vietnam joint Symposium on Quantum Photonics and Nanophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2008, Vietnam</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00431473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and optical properties of colloidal core-shell semiconductor nanocrystals quantum dots for sensory application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pham Thu Nga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nguyen Van Chuc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vu Duc Chinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nguyen Xuan Nghia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phan Tien Dung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th IEE Conference on Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, South Korea. pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00430430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of 3D self-assembled photonic crystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Vion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Barthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Bénalloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Frigerio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st IWOFM-3rd IWONN conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2006, Halong, Vietnam</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00431481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchronization in vectorial solid-state lasers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Grelu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear optical cavity dynamics: from microresonators to fiber lasers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wiley-VCH, 2016, 978-3-527-41332-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01347042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DISPOSITIF DE PRODUCTION DE TRÈS HAUTES FRÉQUENCES PAR BATTEMENT DE FRÉQUENCES LUMINEUSES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Bondu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR 2960354 / Texte intégral : http://bit.ly/1nOKVdW. 2012, pp.23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00994792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OSCILLATEUR GÉNÉRANT UN SIGNAL COMPORTANT UNE FRÉQUENCE DE L'ORDRE DU TÉRAHERTZ</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bondu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR 2961042 / Texte intégral : http://bit.ly/1qiqz1x. 2011, pp.16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00994782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélange à quatre ondes de polaritons dans des microcavités semi-conductrices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Physique Atomique [physics.atom-ph]. Université Pierre et Marie Curie - Paris VI, 2005. Français. </w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00011935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Four wave mixing oscillation in a semiconductor microcavity: Generation of two correlated polariton populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Leyder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Karr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Giacobino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Bramati</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004981v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId297"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:131.05802047782px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Marco Romanelli </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mes activités de recherche sont centrées sur la </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">physique et la dynamique des lasers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, tant sur les aspects fondamentaux que sur les applications, notamment la </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">photonique micro-ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">. En ce qui concerne les lasers, je travaille tant sur la synchronisation et la dynamique temporelle (</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.institut-foton.eu/reinjection-optique-dans-les-lasers/</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">), que sur les effets spatiaux (</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.institut-foton.eu/effets-transverses-dans-les-lasers/</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">). Une autre partie importante de mes activités est consacrée à la photonique micro-ondes (</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.institut-foton.eu/optique-hyperfrequence-et-thz/</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (28)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coherent characterization of an integrated ring resonator based on an acousto-optic frequency-shifting loop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Perriguey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Guillet de Chatellus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Wilmart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées scientifiques du PEPR Electronique 2026</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2026, Lyon, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05565867v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caractérisation par peigne de fréquences d'un résonateur en anneau intégré</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Perriguey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Guillet de Chatellus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Wilmart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCOM 2025 - Journée du Club Optique Micro-ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Toulouse, France. 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05318352v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct-Modulation OEO for Optical Pulses and Frequency combs generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Sinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du Club Optique et Micro-ondes (JCOM 2023)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04133619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oscillateur optoélectronique (OEO) générant des peignes de fréquences et des trains d’impulsions optiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Sinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Bouhier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Frein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du Club Optique et Micro-ondes (JCOM 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Besançon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03986413v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oscillateur Opto-Électronique à modulation directe de faible bruit de phase</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Sinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Bouhier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Frein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OPTIQUE Dijon 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Dijon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03284744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microwave-optical fiber lasers stabilized by frequency-shifted feedback</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Guionie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 IEEE International Topical Meeting on Microwave Photonics (MWP 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Ottawa, Canada. IEEE, IEEE Xplore Digital Library, pp.1-4, 2019, 2019 International Topical Meeting on Microwave Photonics (MWP). </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MWP.2019.8892036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02470792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Opto-electronic oscillator based on hybrid feedback loop for single-side band operation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Bouhier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic van Dijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du Club Optique et Micro-ondes (JCOM 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02474785v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dual-polarization fiber lasers for radio-over-fibre?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Guionie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de l'Ecole Doctorale 3M 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01913535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase locking of dual-polarization DFB fiber lasers through pump-power modulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Guionie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Frein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du Club Optique et Micro-ondes (JCOM 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Limoges, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01942365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bounded-phase chaotic dynamics in a vectorial laser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Lasers and Electro-Optics Europe and European Quantum Electronics Conference 2017 (CLEO-Europe/EQEC 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Munich, Germany. IEEE Xplore Digital Library, pp.17314439, 2017 Conference on Lasers and Electro-Optics Europe &amp; European Quantum Electronics Conference (CLEO/Europe-EQEC). </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEOE-EQEC.2017.8087570⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01561755v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régime chaotique verrouillé en fréquence d’un oscillateur opto-hyper.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> 19éme Rencontres du Non-Linéaire (RNL) 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Paris, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01333407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ILLUSTRATION DES MODES DE POLARISATION ET DES MODES DE INCE-GAUSS AU MOYEN DE LASERS SOLIDES BI-FREQUENCE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Fade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">sessions pédagogiques, 0ptique 2015,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01346901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High-order mode excitation in end-pumped solid-state lasers around cavity degeneracy lengths</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The European Conference on Lasers and Electro-Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Munich, Germany. , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01355057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réponse chaotique excitable d'un laser bifréquence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Erneux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COLOQ, Optique 2015 </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01346902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propriétés des zones de dégénérescence dans un laser solide pompé longitudinalement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COLOQ 14, Congrès de la SFO Optique 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02507930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laser vert multifréquence pour le lidar-radar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haiyang Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Horizons de l'optique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, RENNES, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01228096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchronization of DFB lasers in bounded regime with optical feedback loop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lihua Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IS-PALD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01347032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Excitable chaotic pulses in a dual-frequency laser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Erneux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO®/Europe-IQEC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01346899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laser Ti:Sa bi-fréquence à 780 nm pour la génération d’onde THz de grande pureté spectrale accordable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du club Optique Micro-ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Lannion, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142507v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Propriétés des zones de dégénérescence dans un laser solide à pompage axial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COLOQ13</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Villetaneuse, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of the synchronization regimes of a self-injected two-frequency laser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lihua Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO/Europe-IQEC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00905768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Régimes de synchronisation d’un laser bifréquence autoinjecté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lihua Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COLOQ13</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Villetaneuse, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extended synchronization resulting from resonant phase and intensity dynamics in a dual-polarization laser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremie Thevenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Erneux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Photonics Europe - Semiconductor Lasers and Laser Dynamics V</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Bruxelles, Belgium. , 8432, pp.84321Y, 2012, Proceedings SPIE. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.922243⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01073205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extended synchronization of coupled laser eigenstates with optical RF-modulated feedback</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Thévenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Erneux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Photonics Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00934003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feedback in dual-polarization lasers : toward an high resolution Doppler-Lidar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Thévenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Erneux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du Club Optique et Microondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00703795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laser déclenché à rétro-injection non résonante : application à la vélocimétrie Lidar-Radar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremie Thevenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Barreaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Hamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Optique et Microondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Rennes, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A tunable dual-polarization Ti:Al2O3 laser for THz beat note generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bondu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Optique et Microondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Rennes, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01141998v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelles formes de synchronisation dans un laser bi-fréquence soumis à une rétro-injection décalée en fréquence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Thévenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Erneux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COLOQ</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00703781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (40)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optoelectronic Oscillator Combining a High-Finesse Cavity and Tilt-Locking Stabilization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Sinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Photonics Technology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 37 (6), pp.321 - 324. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/lpt.2025.3544428⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04976326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimate of mode coupling in a spin-VECSEL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Le Mignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghaya Baili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Dolfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bouchoule</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 49 (24), pp.6964-6967. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.543717⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05226853v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct-modulation optoelectronic oscillator for optical pulse and frequency comb generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Sinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Optical Society of America B</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 41 (9), pp.1921. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/JOSAB.529629⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04686127v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The population of merging compact binaries inferred using gravitational waves through GWTC-3</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. D. Abbott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Acernese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Ackley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Adams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review X</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13 (1), pp.011048. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevX.13.011048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03862873v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determination of the linewidth enhancement factor of semiconductor lasers by complete optical field reconstruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Sinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 48 (4), pp.863-866. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/ol.483776⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03940670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low Phase Noise Direct-Modulation Optoelectronic Oscillator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Sinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Bouhier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Frein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Lightwave Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 39 (24), pp.7788-7793. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/jlt.2021.3111703⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03487897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delay-induced instability in phase-locked dual-polarization distributed-feedback fiber lasers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Guionie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Pinsard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 101 (4), pp.043843. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevA.101.043843⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02565340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchronization of Two DFB Lasers Using Frequency-Shifted Feedback for Microwave Photonics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Quantum Electronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 55 (1), pp.2200108. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JQE.2019.2891819⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02383118v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beat note stabilization in dual-polarization DFB fiber lasers by an optical phase-locked loop</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Guionie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Frein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bondu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 26 (3), pp.3483-3488. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.26.003483⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01716235v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid opto-electronic oscillator for single-sideband microwave photonics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Bouhier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic van Dijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 54 (11), pp.706-708. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/el.2018.0867⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01970482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Waves and rays in plano-concave laser cavities: II. A semiclassical approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Pascal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bittner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Dietz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Trabattoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ulysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 38 (3), pp.034011. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-6404/aa609d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01517504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Waves and rays in plano-concave laser cavities, part I. Geometric modes in the paraxial approximation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M Lebental</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 38 (3), pp.034010. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1361-6404/aa6461⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01529983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linewidth enhancement factor measurement based on FM-modulated optical injection: application to rare-earth-doped active medium</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 42 (8), pp.1480-1483. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.42.001480⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01501412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tunable Optoelectronic Oscillator based on an integrated heterodyne source</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peppino Primiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Van Dijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Lamponi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mourad Chtioui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016 Ieee International Topical Meeting On Microwave Photonics (mwp)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, pp.251--254</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01481023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Green pulsed lidar-radar emitter based on a multipass frequency-shifting external cavity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haiyang Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 55 (10), pp.2467--2473. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/AO.55.002467⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01343399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frequency-locked chaotic opto-RF oscillator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 41 (12), pp.2839-2842. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.41.002839⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01333412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Excitable-like chaotic pulses in the bounded-phase regime of an opto-rf oscillator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Erneux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01385625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-stabilized optoelectronic oscillator using frequency-shifted feedback and a delay line</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Van Dijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Photonics Technology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 28 (10), pp.1088-1091. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LPT.2016.2530826⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01343400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Photonic microwave oscillator based on monolithic DFB lasers with frequency-shifted feedback</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lihua Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic van Dijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electronics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 50 (6), pp.451. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1049/el.2014.0155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00967127v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of cavity degeneracy for high-order mode excitation in end-pumped solid-state lasers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 39 (4), pp.1022-1025. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OL.39.001022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00947789v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring the universal synchronization properties of driven oscillators across a Hopf instability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lihua Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optics Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 22 (7), pp.7364-7373. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/OE.22.007364⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01057954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dual-Frequency 780-nm Ti:Sa Laser for High Spectral Purity Tunable CW THz Generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Photonics Technology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 26 (15), pp.1518-1521. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/LPT.2014.2327656⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01099924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lidar-radar velocimetry using a pulse-to-pulse coherent rf-modulated Q-switched laser.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Barreaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grégoire Pillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Thévenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 52 (22), pp.5402-10. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/AO.52.005402⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00854261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase and intensity dynamics of a two-frequency laser submitted to resonant frequency-shifted feedback</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Thévenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Erneux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review A : Atomic, molecular, and optical physics [1990-2015]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 86 (3), pp.33815. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PHYSREVA.86.033815⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00908144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resonance Assisted Synchronization of Coupled Oscillators: Frequency Locking without Phase Locking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Thévenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Erneux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 107 (10), pp.104101. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PHYSREVLETT.107.104101⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00714041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arsenic uptake by natural calcite: An XAS study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio Bardelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Benvenuti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Costagliola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Di Benedetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Lattanzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geochimica et Cosmochimica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 75 (11), pp.3011-3023. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gca.2011.03.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">insu-00679270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-mode squeezing in polariton four-wave mixing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ph. Karr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Leyder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Giacobino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Bramati</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 82, pp.155313. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PHYSREVB.82.155313⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00910898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resonant two-beam interferometric sensor independent of intracavity losses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Journal of the European Optical Society : Rapid publications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 4, pp.9023. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2971/JEOS.2009.09023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00665206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luminescent properties of synthetic opal</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. N. Gruzintsev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. A. Emel'Chenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. M. Masalov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Barthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inorganic Materials / Neorganicheskie Materialy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 44 (2), pp.159-164. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10789-008-2014-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01281485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angle-resolved reflectivity and self-activated luminescence of 3D photonic crystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Vion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Barthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Bénalloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Frigerio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Korean Physical Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 52, pp.1589</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00430066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luminescent properties of opals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex Gruzintev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gennadi Emelchenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wladimir Masalov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Barthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inorganic Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 44, pp.159</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00430164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Selective reflection spectroscopy of a vapour at a calcium fluoride interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Passerat de Silans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Athanasios Laliotis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Chaves de Souza Segundo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 32 (2-3), pp.191</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00186979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A 2D nanosphere array for atomic spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Petko Todorov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chia-Hua Chan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Bloch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales de Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 32 (2-3), pp.127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00189191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interference of coherent polariton beams in microcavities: polarization controlled optical gates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Leyder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tim C.H. Liew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexey V. Kavokin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ivan A. Shelykh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 99, pp.196402. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.99.196402⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00966089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation of the optical spin Hall effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Leyder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Karr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Giacobino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tim C.H. Liew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Physics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 3, pp.628. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/nphys676⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00966083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantum degeneracy of microcavity polaritons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augustin Baas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Karr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Bramati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Giacobino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 96, pp.176401. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevLett.96.176401⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00003867v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards quantum correlated polariton modes in semiconductor microcavities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Leyder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Karr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augustin Baas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Giacobino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Optics B Quantum and Semiclassical Optics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 7, pp.S523</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00125378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quantum coherent effects in cavity exciton polariton systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Giacobino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Karr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augustin Baas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Messin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solid State Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 134 (1-2), pp.97. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ssc.2004.07.079⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00966069v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parametric oscillation in semiconductor microcavities : nonlinear and quantum effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Karr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augustin Baas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Bramati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Giacobino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 202 (3), pp.349. </w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pssa.200460301⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00966068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical bistability in semiconductor microcavities in the nondegenerate parametric oscillation regime: analogy with the optical parametric oscillator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augustin Baas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Karr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Bramati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Giacobino</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 70, pp.161307. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1103/PhysRevB.70.161307⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00012338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (54)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oscillateur opto-électronique intégrant une cavité ULE asservie par « tilt-locking »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Sinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Frein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Artur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du Club Optique Micro-ondes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, LAAS Toulouse (Laboratoire d'Analyse et d'Architecture des Systèmes), Société Française d'Optique, Jun 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05120292v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimate of the nonlinear coupling between circular eigenstates in a spin-VCSEL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Le Mignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghaya Baili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Dolfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bouchoule</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO Europe 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05226889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation de la constante de couplage de Lamb dans un spin-VECSEL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Le Mignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghaya Baili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Dolfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bouchoule</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JNOG 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2025, Sète, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05226891v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation du couplage de mode dans un spin-VECSEL pour le basculement de polarisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Le Mignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghaya Baili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Dolfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bouchoule</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JCOM 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05226887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimate of the Nonlinear Coupling Between Circular Eigenstates in a Spin-VCSEL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Le Mignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghaya Baili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Dolfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Bouchoule</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 Conference on Lasers and Electro-Optics Europe & European Quantum Electronics Conference (CLEO/Europe-EQEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Munich, Germany. pp.1-1, </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/cleo/europe-eqec65582.2025.11110130⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05233262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct-Modulation Optoelectronic Oscillator for Optical Pulse and Frequency Comb Generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Sinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frequency Combs France 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05011356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Injection de spin par pompage optique pour le contrôle des états de polarisation d'un VECSEL à température ambiante</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Le Mignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Joly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghaya Baili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Dolfi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optique Rouen 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05226884v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and Packaging of Erbium-Doped Alumina Waveguide Amplifier on a Silicon Nitride Layer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Coulaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwan Cadiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dawson B. Bonneville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2024 International Topical Meeting on Microwave Photonics (MWP)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Pisa, Italy. pp.1-4, </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/mwp62612.2024.10736307⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04816913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advanced Virgo Plus: Future Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Acernese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Agathos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Ain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Albanesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Alléné</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th Cosmic Ray International Seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Naples, Italy. pp.012040, </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1742-6596/2429/1/012040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03997107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Direct-Modulation Optoelectronic Oscillator for Optical Frequency Comb and Pulse Generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Sinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 Conference on Lasers and Electro-Optics Europe & European Quantum Electronics Conference (CLEO/Europe-EQEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Munich, Germany. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/cleo/europe-eqec57999.2023.10231990⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04264936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accurate Measurement of the Linewidth Enhancement Factor of Semiconductor Lasers by a Simple Technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Sinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2023 Conference on Lasers and Electro-Optics Europe & European Quantum Electronics Conference (CLEO/Europe-EQEC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Munich, Germany. </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/cleo/europe-eqec57999.2023.10231566⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04264941v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génération de peignes de fréquence et d'impulsions dans un Oscillateur Opto-Électronique à modulation directe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Sinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Bouhier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Frein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optique Nice 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Française d'Optique (SFO), Jul 2022, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03988116v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signaux Opto-RF très bas bruit de phase et instabilités dynamiques d’un OEO à modulation directe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Sinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Bouhier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Frein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du Club Optique et Micro-ondes (JCOM 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03285993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low phase noise microwave generation from a direct-modulation optoelectronic oscillator (DM-OEO)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brian Sinquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Bouhier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Lasers and Electro-Optics Europe and European Quantum Electronics Conference 2021 (CLEO-Europe/EQEC 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03284345v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase Synchronization of Monolithic Dual DFB Lasers for Microwave Photonics: Experiment vs Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic van Dijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Lasers and Electro-Optics Europe and European Quantum Electronics Conference 2019 (CLEO-Europe/EQEC 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Munich, Germany. pp.1-1, </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEOE-EQEC.2019.8871740⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02474723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dual-polarization DFB fiber laser stabilized by frequency- shifted feedback</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Guionie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Pinsard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lablonde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du Club Optique et Micro-ondes (JCOM 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Brest, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02470935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single-sideband hybrid opto-electronic oscillator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steve Bouhier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic van Dijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Lasers and Electro-Optics Europe and European Quantum Electronics Conference 2019 (CLEO-Europe/EQEC 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Munich, Germany. pp.1-1, </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEOE-EQEC.2019.8871553⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02474747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oscillateur opto-électronique hybride à laser fibre bifréquence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Guionie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39è Journées Nationales d'Optique Guidée (JNOG 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Paris-Saclay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02470957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase-locking and delay-induced instabilities in a dual- frequency fiber laser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Guionie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Physics and Applications of Laser Dynamics 2019 (IS-PALD 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02471152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monolithic dual-wavelength DFB lasers for the generation of opticallycarried RF local oscillators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. van Dijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015 European Conference on Lasers and Electro-Optics - European Quantum Electronics Conference, CLEO/Europe-EQEC 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02121502v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A green pulsed lidar-radar transmitter based on a frequency-shifted feedback laser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haiyang Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO®/Europe-IQEC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01346898v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dual-polarization DFB fiber laser stabilized by frequency-shifted feedback</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Guionie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Pinsard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Lablonde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Lasers and Electro-Optics Europe and European Quantum Electronics Conference 2019 (CLEO-Europe/EQEC 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Munich, Germany. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEOE-EQEC.2019.8872816⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02267594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchronisation de deux lasers DFB par réinjection décalée en fréquence, pour applications en photonique micro-onde</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OPTIQUE Toulouse 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02474648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dual polarization DFB fiber lasers as optical phase-locked microwave sources in the 1-10 GHz range</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Guionie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Frein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bondu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPIE Photonics Europe 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2018, Strasbourg, France. pp.106832G, </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1117/12.2306049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01800096v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lasers à fibre bifréquences stabilisés par réinjection optique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Guionie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optique Toulouse 2018 - 38è Journées Nationales d'Optique Guidée (JNOG'38)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01846270v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase-locked dual-polarization fiber lasers as compact optical-microwave sources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Guionie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Frein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Bondu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Symposium on Optronics in Defence &amp; Security (OPTRO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 3AF, 2018, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01784699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optical injection method for the measurement of small linewidth enhancement factor in solid-state lasers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Lasers and Electro-Optics Europe and European Quantum Electronics Conference 2017 (CLEO-Europe/EQEC 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Munich, Germany. pp.17333240, </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEOE-EQEC.2017.8086295⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01561733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-stabilized optoelectronic oscillator using optical feedback on integrated heterodyne source</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peppino Primiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic van Dijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Lasers and Electro-Optics Europe and European Quantum Electronics Conference 2017 (CLEO-Europe/EQEC 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Munich, Germany. pp.17314566, </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEOE-EQEC.2017.8086956⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01561743v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Self-stabilization of the beat-note of monolithic DFB lasers for microwave signal generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peppino Primiani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic van Dijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Physics and Applications of Laser Dynamics 2017 (IS-PALD 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01708260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OSCILLATEUR OPTO-RF CHAOTIQUE VERROUILLÉ EN FRÉQUENCE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélien Thorette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Optique Bordeaux 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02504229v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stationary transverse structures in solid-state degenerate-cavity lasers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium OPTIS - Optics &amp; Singularities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Cachan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02507948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Universal synchronization properties of driven oscillators across a Hopf instability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lihua Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO®/Europe-IQEC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01346900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">différents régimes de synchronisation dans les lasers bifréquences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COLOQ, Optique 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01346903v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extreme events and excitability in an opto&amp;gt;RF oscillator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Erneux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Symposium on Physics and Applications of laser Dynamics, IS-PALD 2015 </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2015, Metz, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01347035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monolithic dual-wavelength DFB lasers for the generation of optically carried RF local oscillators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic van Dijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lihua Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO®/Europe-IQEC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, OSA, Jun 2015, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01346844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportement excitable d’un oscillateur opto-hyperfréquence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres du Non Linéaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01142015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Optically-coupled monolithic DFB lasers for the generation of an optically-carried microwave local oscillator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lihua Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic van Dijk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Semiconductor Laser Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01066963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lidar-Radar velocimetry using RF-modulated optical pulses generated by non-resonant frequency-shifted feedback</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Barreaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeremie Thevenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lihua Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO: Science and Innovations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2013, San Jose, United States. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1364/CLEO_SI.2013.CTu1H.8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01141972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring the synchronization properties of dual-frequency lasers in the bounded-phase regime</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lihua Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IS-PALD 2013</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2013, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00881411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rf-modulated optical pulses generated by non-resonant frequency-shifted feedback for Lidar-Radar velocimetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Barreaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Thévenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lihua Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO®/Europe-IQEC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2013, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00905815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Localized spatial structures in a titanium-sapphire laser</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Barré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EOSAM 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2012, Aberdeen, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00933971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchronisation de sources opto-RF bi-fréquence par réinjection optique : influence des termes de couplage.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Beuzelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Thévenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée du club optique et microondes (JCOM) 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00935879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accrochage de fréquence sans accrochage de phase de deux modes laser couplés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Thévenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Erneux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15ème Rencontre du Nonlinéaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2012, Paris, France. pp.197-202</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00937058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New forms of synchronization dynamics of a dual-polarization laser with frequency-shifted feedback</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Thévenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Erneux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEO/Europe-EQEC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Munich, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00703197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stable beat notes for THz generation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bondu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Frein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6èmes Journées Térahertz</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, La grande Motte, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01141990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelles sources opto-hyper basées sur des lasers bi-fréquences stabilisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bondu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées de la Télémétrie Laser</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00704331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse optique micro-onde #à partir d'un microlaser bi-fréquence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Rolland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Frein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Scientifiques Contrat de Projet Etat-Région Bretagne PONANT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2010, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00919619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observation de structures dissipatives dans le profil transverse d'intensité d'un laser saphir-titane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontre du Non-Linéaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Paris, France. pp.151-155</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00661472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-finesse Fabry-Perot interferometer for probing intracavity lossy samples</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cleo-Europe and IQEC 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2009, Munich, Germany. pp.1-1, </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/CLEOE-EQEC.2009.5196273⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00670295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interféromètre Fabry-Perot à deux finesses : application à la caractérisation d'échantillons intracavité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Horizons de l'Optique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00669669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanosphères de silice auto-organisées en opale 2D et 3D pour la spectroscopie atomique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Maurin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pedro Chaves de Souza Segundo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Passerat de Silans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Bloch</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Jeunes Chercheurs Nanochimie C'Nano-Ile de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00411703v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of 3d self-assembled photonic crystals and colloidal core-shell semiconductor quantum dots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pham Thu Nga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pham Thai Cuong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vu Duc Chinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nguyen Xuan Nghia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nguyen Nhu Dat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Photonics and Applications, First Korea-Vietnam joint Symposium on Quantum Photonics and Nanophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2008, Vietnam</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00431473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental study of 3D self-assembled photonic crystals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Vion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Barthou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Bénalloul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Frigerio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1st IWOFM-3rd IWONN conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2006, Halong, Vietnam</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00431481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthesis and optical properties of colloidal core-shell semiconductor nanocrystals quantum dots for sensory application</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pham Thu Nga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nguyen Van Chuc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vu Duc Chinh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nguyen Xuan Nghia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phan Tien Dung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th IEE Conference on Sensors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, South Korea. pp.22</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00430430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchronization in vectorial solid-state lasers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Grelu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nonlinear optical cavity dynamics: from microresonators to fiber lasers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wiley-VCH, 2016, 978-3-527-41332-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01347042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DISPOSITIF DE PRODUCTION DE TRÈS HAUTES FRÉQUENCES PAR BATTEMENT DE FRÉQUENCES LUMINEUSES</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Bondu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR 2960354 / Texte intégral : http://bit.ly/1nOKVdW. 2012, pp.23</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00994792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OSCILLATEUR GÉNÉRANT UN SIGNAL COMPORTANT UNE FRÉQUENCE DE L'ORDRE DU TÉRAHERTZ</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Alouini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Goulc'Hen Loas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bondu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: FR 2961042 / Texte intégral : http://bit.ly/1qiqz1x. 2011, pp.16</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00994782v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Four wave mixing oscillation in a semiconductor microcavity: Generation of two correlated polariton populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Leyder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Karr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Giacobino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Bramati</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00004981v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélange à quatre ondes de polaritons dans des microcavités semi-conductrices</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Romanelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Physique Atomique [physics.atom-ph]. Université Pierre et Marie Curie - Paris VI, 2005. Français. </w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00011935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId298"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.institut-foton.eu/reinjection-optique-dans-les-lasers/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.institut-foton.eu/effets-transverses-dans-les-lasers/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.institut-foton.eu/optique-hyperfrequence-et-thz/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318352v2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Perriguey" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Guillet de Chatellus" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goulc'Hen Loas" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Wilmart" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vallet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133619v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Sinquin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Romanelli" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Alouini" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986413v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Bouhier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Frein" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284744v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470792v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Guionie" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Thorette" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Carr&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MWP.2019.8892036" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474785v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic van Dijk" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913535v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guionie" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561755v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Brunel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE-EQEC.2017.8087570" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01942365v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333407v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507930v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barr&#233;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228096v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haiyang Zhang" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346899v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Erneux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01347032v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lihua Wang" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346901v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fade" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01355057v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346902v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01142507v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01142010v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01142007v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905768v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934003v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Th&#233;venin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Erneux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073205v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Thevenin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.922243" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703781v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703795v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01142003v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Barreaux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Hamel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01141998v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bondu" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976326v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/lpt.2025.3544428" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226853v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Le Mignon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghaya Baili" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Dolfi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bouchoule" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.543717" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686127v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.529629" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940670v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ol.483776" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/hal-03862873v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Abbott" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. D. Abbott" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Acernese" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ackley" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Adams" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevX.13.011048" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03487897v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/jlt.2021.3111703" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02565340v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Pinsard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.101.043843" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383118v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JQE.2019.2891819" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01716235v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.26.003483" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970482v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el.2018.0867" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01517504v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pascal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bittner" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dietz" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Trabattoni" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ulysse" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6404/aa609d" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01529983v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lebental" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6404/aa6461" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01501412v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.42.001480" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01343400v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Van Dijk" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2016.2530826" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01481023v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peppino Primiani" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Lamponi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Chtioui" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333412v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.41.002839" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01343399v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.55.002467" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01385625v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099924v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2014.2327656" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00947789v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.39.001022" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00967127v2" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el.2014.0155" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01057954v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.22.007364" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00854261v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Pillet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.52.005402" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00908144v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PHYSREVA.86.033815" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714041v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PHYSREVLETT.107.104101" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00679270v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Bardelli" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benvenuti" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Costagliola" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Di Benedetto" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lattanzi" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2011.03.003" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5H7T6KFS-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910898v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ph. Karr" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Leyder" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Giacobino" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bramati" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PHYSREVB.82.155313" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00665206v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2971/JEOS.2009.09023" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430164v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Gruzintev" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gennadi Emelchenko" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wladimir Masalov" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Barthou" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281485v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. N. Gruzintsev" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. A. Emel'Chenko" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. M. Masalov" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barthou" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10789-008-2014-6" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430066v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vion" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul B&#233;nalloul" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Frigerio" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00189191v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Maurin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petko Todorov" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chia-Hua Chan" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bloch" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966089v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Leyder" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim C.H. Liew" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey V. Kavokin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan A. Shelykh" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.99.196402" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00186979v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Passerat de Silans" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasios Laliotis" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Chaves de Souza Segundo" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966083v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Karr" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Giacobino" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphys676" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003867v2" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Baas" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Bramati" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.96.176401" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125378v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966068v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.200460301" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8F3ZF8TD-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966069v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Messin" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssc.2004.07.079" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QFZL7L0M-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012338v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.70.161307" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226889v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120292v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Artur" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226891v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226887v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233262v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cleo/europe-eqec65582.2025.11110130" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011356v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226884v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Joly" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816913v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Coulaud" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Cadiou" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dawson B. Bonneville" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/mwp62612.2024.10736307" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997107v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Agathos" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ain" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Albanesi" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. All&#233;n&#233;" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2429/1/012040" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264936v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cleo/europe-eqec57999.2023.10231990" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264941v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cleo/europe-eqec57999.2023.10231566" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988116v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285993v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284345v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267594v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lablonde" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE-EQEC.2019.8872816" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474723v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE-EQEC.2019.8871740" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474747v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE-EQEC.2019.8871553" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470935v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470957v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471152v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02121502v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. van Dijk" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Wang" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346898v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474648v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800096v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2306049" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784699v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Bondu" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01846270v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561743v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE-EQEC.2017.8086956" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561733v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE-EQEC.2017.8086295" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708260v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507948v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504229v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346903v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346900v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346844v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01347035v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01066963v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01142015v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905815v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Barreaux" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01141972v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_SI.2013.CTu1H.8" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881411v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933971v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935879v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Beuzelin" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00937058v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703197v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01141990v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rolland" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00704331v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919619v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661472v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00670295v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE-EQEC.2009.5196273" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00669669v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00411703v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00431473v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pham Thu Nga" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pham Thai Cuong" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vu Duc Chinh" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Xuan Nghia" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Nhu Dat" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430430v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Van Chuc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phan Tien Dung" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00431481v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01347042v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994792v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994782v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00011935v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004981v2" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.institut-foton.eu/reinjection-optique-dans-les-lasers/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.institut-foton.eu/effets-transverses-dans-les-lasers/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.institut-foton.eu/optique-hyperfrequence-et-thz/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05565867v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Perriguey" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Romanelli" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Guillet de Chatellus" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Wilmart" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Alouini" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318352v2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Goulc'Hen Loas" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vallet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04133619v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Sinquin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03986413v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Bouhier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Frein" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284744v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470792v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Guionie" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Thorette" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Carr&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MWP.2019.8892036" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474785v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic van Dijk" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913535v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guionie" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01942365v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Brunel" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561755v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE-EQEC.2017.8087570" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333407v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346901v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fade" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01355057v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barr&#233;" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346902v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Erneux" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507930v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228096v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haiyang Zhang" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01347032v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lihua Wang" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346899v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01142507v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01142007v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905768v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01142010v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01073205v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeremie Thevenin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.922243" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00934003v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Th&#233;venin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Erneux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703795v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01142003v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Barreaux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Hamel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01141998v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bondu" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703781v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04976326v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/lpt.2025.3544428" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226853v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Le Mignon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghaya Baili" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Dolfi" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bouchoule" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.543717" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04686127v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/JOSAB.529629" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://in2p3.hal.science/hal-03862873v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Abbott" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. D. Abbott" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Acernese" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ackley" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Adams" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevX.13.011048" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03940670v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/ol.483776" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03487897v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/jlt.2021.3111703" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02565340v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Pinsard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevA.101.043843" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02383118v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JQE.2019.2891819" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01716235v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.26.003483" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970482v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el.2018.0867" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01517504v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pascal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bittner" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dietz" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Trabattoni" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ulysse" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6404/aa609d" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01529983v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lebental" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6404/aa6461" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01501412v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.42.001480" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01481023v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peppino Primiani" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Van Dijk" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Lamponi" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mourad Chtioui" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01343399v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.55.002467" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01333412v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.41.002839" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01385625v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01343400v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2016.2530826" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00967127v2" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1049/el.2014.0155" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00947789v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OL.39.001022" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01057954v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.22.007364" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01099924v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LPT.2014.2327656" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00854261v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Pillet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/AO.52.005402" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00908144v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PHYSREVA.86.033815" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714041v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PHYSREVLETT.107.104101" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-00679270v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Bardelli" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Benvenuti" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Costagliola" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Di Benedetto" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Lattanzi" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gca.2011.03.003" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5H7T6KFS-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00910898v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ph. Karr" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Leyder" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Giacobino" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bramati" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PHYSREVB.82.155313" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00665206v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2971/JEOS.2009.09023" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01281485v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. N. Gruzintsev" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. A. Emel'Chenko" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. M. Masalov" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barthou" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10789-008-2014-6" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430066v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vion" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Barthou" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul B&#233;nalloul" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Frigerio" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430164v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Gruzintev" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gennadi Emelchenko" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wladimir Masalov" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00186979v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Passerat de Silans" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Athanasios Laliotis" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Chaves de Souza Segundo" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Maurin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00189191v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petko Todorov" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chia-Hua Chan" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bloch" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966089v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Leyder" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim C.H. Liew" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey V. Kavokin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan A. Shelykh" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.99.196402" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966083v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Karr" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Giacobino" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nphys676" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003867v2" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Baas" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Bramati" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.96.176401" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00125378v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966069v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Messin" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssc.2004.07.079" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QFZL7L0M-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966068v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pssa.200460301" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-8F3ZF8TD-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012338v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.70.161307" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05120292v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Artur" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226889v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226891v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226887v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05233262v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cleo/europe-eqec65582.2025.11110130" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05011356v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05226884v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Joly" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04816913v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Coulaud" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Cadiou" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dawson B. Bonneville" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/mwp62612.2024.10736307" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03997107v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Agathos" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ain" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Albanesi" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. All&#233;n&#233;" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2429/1/012040" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264936v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cleo/europe-eqec57999.2023.10231990" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264941v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/cleo/europe-eqec57999.2023.10231566" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988116v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03285993v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284345v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474723v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE-EQEC.2019.8871740" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470935v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Lablonde" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474747v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE-EQEC.2019.8871553" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470957v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02471152v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02121502v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. van Dijk" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Wang" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346898v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02267594v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE-EQEC.2019.8872816" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474648v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800096v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2306049" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01846270v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01784699v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Bondu" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561733v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE-EQEC.2017.8086295" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561743v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE-EQEC.2017.8086956" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01708260v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02504229v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02507948v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346900v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346903v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01347035v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346844v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01142015v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01066963v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01141972v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/CLEO_SI.2013.CTu1H.8" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881411v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905815v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Barreaux" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00933971v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00935879v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Beuzelin" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00937058v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00703197v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01141990v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rolland" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00704331v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919619v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661472v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00670295v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CLEOE-EQEC.2009.5196273" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00669669v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00411703v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00431473v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pham Thu Nga" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pham Thai Cuong" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vu Duc Chinh" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Xuan Nghia" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Nhu Dat" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00431481v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00430430v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Van Chuc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phan Tien Dung" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01347042v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994792v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00994782v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00004981v2" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00011935v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>