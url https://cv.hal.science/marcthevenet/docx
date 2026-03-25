--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -317,425 +317,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04870165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Odour learning concentration influences concentration range of conditioned response in newborn rabbits</w:t>
+                <w:t xml:space="preserve">Optimized workflow for behavior-coupled fiber photometry experiment: improved data navigation and accessibility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gérard Coureaud</w:t>
+                <w:t xml:space="preserve">Anna Athanassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Sabelle Hjeij</w:t>
+                <w:t xml:space="preserve">Amaury François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeanne Serrano</w:t>
+                <w:t xml:space="preserve">Emmanuel Bourinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Thevenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Thévenet</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nathalie Mandairon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-025-28326-6⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 19, pp.1601127. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnins.2025.1601127⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05457960v1</w:t>
+                <w:t xml:space="preserve">hal-05346125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhancing Statistical Power While Maintaining Small Sample Sizes in Behavioral Neuroscience Experiments Evaluating Success Rates</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Odour learning concentration influences concentration range of conditioned response in newborn rabbits</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Coureaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Theo Desachy</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId22" w:history="1">
+                <w:t xml:space="preserve">Marie-Sabelle Hjeij</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne Serrano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Thévenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne Didier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peer Community Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.24072/pcjournal.636⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (1), pp.44682. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-025-28326-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05357300v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05457960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimized workflow for behavior-coupled fiber photometry experiment: improved data navigation and accessibility</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enhancing Statistical Power While Maintaining Small Sample Sizes in Behavioral Neuroscience Experiments Evaluating Success Rates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amaury François</w:t>
+                <w:t xml:space="preserve">Theo Desachy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Thevenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Bourinet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Thevenet</w:t>
+                <w:t xml:space="preserve">Anistasha Lightning</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Mandairon</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anne Didier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 19, pp.1601127. </w:t>
+              <w:t xml:space="preserve">Peer Community Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5, pp.e116. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fnins.2025.1601127⟩</w:t>
+                <w:t xml:space="preserve">⟨10.24072/pcjournal.636⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05346125v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05357300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neural representation of allegedly sex-specific human body odor compounds</w:t>
               </w:r>
@@ -849,425 +849,425 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05361106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using Exceptional Attributed Subgraph Mining to Explore Interindividual Variability in Odor Pleasantness Processing in the Piriform Cortex and Amygdala</w:t>
+                <w:t xml:space="preserve">Combining a Breath-Synchronized Olfactometer and Brain Stimulation to Study the Effect of Odor on Corticospinal Excitability and Effective Connectivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maëlle Moranges</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Cécilia Neige</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Imbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maylis Dumas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anna Athanassi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Thévenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Intelligent Computing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 3, </w:t>
+              <w:t xml:space="preserve">Journal of visualized experiments : JoVE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 203, </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.34133/icomputing.0086⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3791/65714⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04794818v1</w:t>
+                <w:t xml:space="preserve">hal-04758099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term olfactory enrichment promotes non-olfactory cognition, noradrenergic plasticity and remodeling of brain functional connectivity in older mice</w:t>
+                <w:t xml:space="preserve">Using Exceptional Attributed Subgraph Mining to Explore Interindividual Variability in Odor Pleasantness Processing in the Piriform Cortex and Amygdala</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Terrier</w:t>
+                <w:t xml:space="preserve">Maëlle Moranges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Fournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Thévenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Greco-Vuilloud</w:t>
+                <w:t xml:space="preserve">Marc Plantevit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthias Cavelius</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Moustafa Bensafi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurobiology of Aging</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 136, pp.133-156. </w:t>
+              <w:t xml:space="preserve">Journal of Intelligent Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 3, </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neurobiolaging.2024.01.011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.34133/icomputing.0086⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04752614v1</w:t>
+                <w:t xml:space="preserve">hal-04794818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining a Breath-Synchronized Olfactometer and Brain Stimulation to Study the Effect of Odor on Corticospinal Excitability and Effective Connectivity</w:t>
+                <w:t xml:space="preserve">Long-term olfactory enrichment promotes non-olfactory cognition, noradrenergic plasticity and remodeling of brain functional connectivity in older mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécilia Neige</w:t>
+                <w:t xml:space="preserve">Claire Terrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Imbert</w:t>
+                <w:t xml:space="preserve">Juliette Greco-Vuilloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maylis Dumas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Anna Athanassi</w:t>
+                <w:t xml:space="preserve">Matthias Cavelius</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Thevenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Thévenet</w:t>
+                <w:t xml:space="preserve">Nathalie Mandairon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of visualized experiments : JoVE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 203, </w:t>
+              <w:t xml:space="preserve">Neurobiology of Aging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 136, pp.133-156. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3791/65714⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neurobiolaging.2024.01.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04758099v1</w:t>
+                <w:t xml:space="preserve">hal-04752614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Age-related differences in perception and coding of attractive odorants in mice</w:t>
               </w:r>
@@ -1279,51 +1279,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Chalençon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëllie Midroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Athanassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Thevenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1573,51 +1573,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress in Neurobiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 223, pp.102422. </w:t>
@@ -1649,295 +1649,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03780311v5</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Twenty-four-hour rhythmicities in disorders of consciousness are associated with a favourable outcome</w:t>
+                <w:t xml:space="preserve">Episodic memory and recognition are influenced by cues’ sensory modality: comparing odours, music and faces using virtual reality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Gobert</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alexandra Corneyllie</w:t>
+                <w:t xml:space="preserve">Lucile Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Bastuji</w:t>
+                <w:t xml:space="preserve">Clément Désoche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Berthomier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Thevenet</w:t>
+                <w:t xml:space="preserve">Anne-Lise Saive</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Thévenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 6 (1), pp.1213. </w:t>
+              <w:t xml:space="preserve">Memory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 31 (9), pp.1113-1133. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s42003-023-05588-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/09658211.2023.2208793⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04692059v1</w:t>
+                <w:t xml:space="preserve">hal-04215623v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Episodic memory and recognition are influenced by cues’ sensory modality: comparing odours, music and faces using virtual reality</w:t>
+                <w:t xml:space="preserve">Twenty-four-hour rhythmicities in disorders of consciousness are associated with a favourable outcome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lucile Rey</w:t>
+                <w:t xml:space="preserve">Florent Gobert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Corneyllie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clément Désoche</w:t>
+                <w:t xml:space="preserve">Hélène Bastuji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Lise Saive</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Samuel Garcia</w:t>
+                <w:t xml:space="preserve">Christian Berthomier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Thevenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Memory</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 31 (9), pp.1113-1133. </w:t>
+              <w:t xml:space="preserve">Communications Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 6 (1), pp.1213. </w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/09658211.2023.2208793⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s42003-023-05588-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04215623v1</w:t>
+                <w:t xml:space="preserve">hal-04692059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neural processing of the reward value of pleasant odorants</w:t>
               </w:r>
@@ -2230,64 +2230,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Thevenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Norbert Noury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moustafa Bensafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Mandairon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neuroscience Methods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 366, pp.109422. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2373,51 +2373,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Fournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joëlle Sacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moustafa Bensafi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neuroscience Methods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 304, pp.136-145. </w:t>
@@ -2449,593 +2449,593 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02343693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In vivo beta and gamma subthreshold oscillations in rat mitral cells: origin and gating by respiratory dynamics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Fourcaud-Trocmé</w:t>
+                <w:t xml:space="preserve">Opposite regulation of inhibition by adult- born granule cells during implicit versus explicit olfactory learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Mandairon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virginie Briffaud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Thevenet</w:t>
+                <w:t xml:space="preserve">Nicola Kuczewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Buonviso</w:t>
+                <w:t xml:space="preserve">Florence Kermen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corine Amat</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jéremy Forest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maellie Midroit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02322155v1</w:t>
+                <w:t xml:space="preserve">hal-02370304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Opposite regulation of inhibition by adult- born granule cells during implicit versus explicit olfactory learning</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Mandairon</w:t>
+                <w:t xml:space="preserve">In vivo beta and gamma subthreshold oscillations in rat mitral cells: origin and gating by respiratory dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Fourcaud-Trocmé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Briffaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Thevenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicola Kuczewski</w:t>
+                <w:t xml:space="preserve">Nathalie Buonviso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Kermen</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Corine Amat</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Neurophysiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 119 (1), pp.274-289. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1152/jn.00053.2017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02370304v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02322155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Novel Task for Studying Memory of Occasional Events in Rats</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Topographical representation of odor hedonics in the olfactory bulb</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Kermen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maellie Midroit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicola Kuczewski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marina Allerborn</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Samuel Garcia</w:t>
+                <w:t xml:space="preserve">Jérémy Forest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Thevenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bio-protocol </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.21769/BioProtoc.1740⟩</w:t>
+              <w:t xml:space="preserve">Nature Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/nn.4317⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01896058v1</w:t>
+                <w:t xml:space="preserve">hal-02370281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topographical representation of odor hedonics in the olfactory bulb</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicola Kuczewski</w:t>
+                <w:t xml:space="preserve">A Novel Task for Studying Memory of Occasional Events in Rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Allerborn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Gros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Belkacem Messaoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérémy Forest</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Thevenet</w:t>
+                <w:t xml:space="preserve">Damien Gervasoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, </w:t>
+              <w:t xml:space="preserve">Bio-protocol </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6 (5), </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/nn.4317⟩</w:t>
+                <w:t xml:space="preserve">⟨10.21769/BioProtoc.1740⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02370281v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01896058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Memory of Occasional Events in Rats: Individual Episodic Memory Profiles, Flexibility, and Neural Substrate</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Veyrac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Allerborn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3112,77 +3112,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What-Where-Which&amp;quot; Episodic Retrieval Requires Conscious Recollection and Is Promoted by Semantic Knowledge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Saive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Royet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Thevenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3294,51 +3294,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Thevenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Géraldine Coppin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moustafa Bensafi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 6, </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3506,51 +3506,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A unique memory process modulated by emotion underpins successful odor recognition and episodic retrieval in humans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Saive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Royet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3558,51 +3558,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Ravel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Thevenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Behavioral Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 8, pp.203. </w:t>
@@ -3774,51 +3774,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insulin modulates network activity in olfactory bulb slices: impact on odour processing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicola Kuczewski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Fourcaud-Trocmé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3947,51 +3947,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Thevenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Rouby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moustafa Bensafi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 8 (4), pp.e61376. </w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4025,77 +4025,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel experimental approach to episodic memory in humans based on the privileged access of odors to memories</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Lise Saive</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ravel Nadine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Thévenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Royet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4181,77 +4181,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Esclassan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Courtiol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Thévenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Buonviso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 7 (7), pp.e40927. </w:t>
@@ -4341,51 +4341,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tristan Jaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Dégletagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 7 (12), pp.1-13. </w:t>
@@ -4449,64 +4449,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Hegoburu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kiseko Shionoya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Belkacem Messaoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Thevenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4825,90 +4825,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A computer-assisted odorized hole-board for testing olfactory perception in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Mandairon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Sultan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nolwen Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Kermen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélissa Moreno</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4965,1260 +4965,1364 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02992187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differential dynamics of amino acid release in the amygdala and olfactory cortex during odor fear acquisition as revealed with simultaneous high temporal resolution microdialysis</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The way an odor is experienced during aversive conditioning determines the extent of the network recruited during retrieval: A multisite electrophysiological study in rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yannick Sevelinges</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marc Thevenet</w:t>
+                <w:t xml:space="preserve">J. Chapuis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Gervais</w:t>
+                <w:t xml:space="preserve">B. Messaoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Parrot</w:t>
+                <w:t xml:space="preserve">M. Thevenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Ferreira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Learning and Memory</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1101/lm.1584209⟩</w:t>
+              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 29 (33), pp.10287 - 10298. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1523/jneurosci.0505-09.2009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02284747v1</w:t>
+                <w:t xml:space="preserve">hal-03773036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The way an odor is experienced during aversive conditioning determines the extent of the network recruited during retrieval: A multisite electrophysiological study in rats</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Samuel Garcia</w:t>
+                <w:t xml:space="preserve">Differential dynamics of amino acid release in the amygdala and olfactory cortex during odor fear acquisition as revealed with simultaneous high temporal resolution microdialysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Hegoburu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Messaoudi</w:t>
+                <w:t xml:space="preserve">Yannick Sevelinges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Thevenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Thevenet</w:t>
+                <w:t xml:space="preserve">Rémi Gervais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Ferreira</w:t>
+                <w:t xml:space="preserve">Sandrine Parrot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 29 (33), pp.10287 - 10298. </w:t>
+              <w:t xml:space="preserve">Learning and Memory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 16 (11), pp.687-697. </w:t>
             </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1523/jneurosci.0505-09.2009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1101/lm.1584209⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03773036v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02284747v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ex Vivo Multisite Electro-olfactogram Recordings in Rabbit Neonates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Duchamp-Viret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Thévenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Coureaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Olfactory Receptors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2915, Springer US; Springer US, pp.139-152, 2025, Methods in Molecular Biology, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-1-0716-4466-9_8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05361038v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ex vivo multisite electro-olfactogram recordings in rabbit neonates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Duchamp-Viret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Thévenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Coureaud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Fabio Marques Simoes de Souza and Gabriela Antunes. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Olfactory Receptors: Methods and Protocols, Methods in Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer Science+Business Media, LLC, part of Springer Nature, In press, Methods in Molecular Biology</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04733091v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Measuring Hedonic Behaviors to Food Odors in Children</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Dantec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Chalençon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Thévenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ines Adrar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Mandairon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Moustafa Bensafi. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Basic Protocols on Emotions, Senses, and Foods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer US, pp.131-143, 2023, Methods and Protocols in Food Science, 978-1-0716-2933-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-1-0716-2934-5_11⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04695858v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Characterizing Emotional Response to Olfactory, Auditory, and Visual Stimulations in a Virtual Reality Environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucile Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Désoche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Thévenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Tillmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Basic Protocols on Emotions, Senses, and Foods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer US, pp.159-174, 2023, Methods and Protocols in Food Science, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-1-0716-2934-5_13⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03960640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The distinctive power of odors in evoking memories explained by their emotional characteristics: New insights into episodic memory</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Desoche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Thévenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Tillmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05408080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterizing emotional response to olfactory, auditory and visual stimulations in a virtual reality environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Rey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Désoche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Thévenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Tillmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03858636v1</w:t>
-              </w:r>
-[...401 lines deleted...]
-                <w:t xml:space="preserve">hal-03960640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets de l'exposition rétinienne à la lumière sur la sensibilité olfactive humaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëlys Souilhol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xi Wang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Thevenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tao Jiang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Gronfier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès du Sommeil</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Recherche et Médecine du Sommeil, Nov 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04859131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early Life Adversity Alters The Neural And Behavioral Response To Odor Hedonics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Athanassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Chalençon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Thévenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Foucault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Raineteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NeuroFrance 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04941296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Encoding vs retrieval of episodic memory in rats: different theta oscillatory signatures in hippocampo-cortical networks according to individual episodic memory profile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Ravel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6227,472 +6331,472 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Gros</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Belkacem Messaoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neurofrance 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Virtual meeting, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03432751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The reward system supports spontaneous attraction to odorants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Chalencon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maëllie Midroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Thévenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Sacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neuroscience 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Chicago (IL), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04941271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olfactory hedonic coding in the brain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maellie Midroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Thevenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joelle Sacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Didier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Mandairon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Achems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Bonita Spings, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02371077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rat piriform cortex response to odors revealed by BOLD fMRI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Esclassan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Grenier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Beuf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Baptiste Langlois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Senses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Manchester, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01819116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6702,771 +6806,771 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pairing fiber photometry and video recordings in freely moving animals to better understand the neural basis of olfactory hedonics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Athanassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amaury François</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Bourinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Thévenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Mandairon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISOT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Reykavik, Iceland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04932249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Proust Effect: phenomenological and neural bases of childhood olfactory autobiographical memory.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jules Dejou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Athanassi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Thévenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Didier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Mandairon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISOT 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Reykjavik, Iceland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04941347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Odor Port: A Cost-Effective and Precise Odor Delivery System for Experimental Research</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fateme Aliyari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Walter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Belkacem Messaoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Thévenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jane Plailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The International Symposium on Olfaction and Taste (ISOT 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Reykjavik, Iceland. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05454606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[Thu-P1-027] Pheromone-induced odour learning and outstanding detection abilities in the newborn rabbit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Sabelle Hjeij</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Coureaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Thévenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Heydel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32. international congress of the european-chemoreception-research-organization (ECRO)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03810680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of odor-induced reduction in anxiety on brain’s activity and connectivity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inès Adrar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maellie Midroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Chalencon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Thévenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Baudino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FENS 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04941397v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Life-long olfactory enrichment induces broad cognitive benefits and structural remodeling of the noradrenergic system in aged mice.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Greco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Terrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Cavelius</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Thévenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Mandairon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NeuroFrance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Strasboug/en ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04956491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7476,161 +7580,161 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating role of noradrenaline in olfactory discrimination during aging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Terrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xuming Yin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maellie Midroit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joelle Sacquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02371068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId246"/>
+      <w:footerReference w:type="default" r:id="rId248"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7698,51 +7802,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="23233126"/>
+    <w:nsid w:val="BBF2591D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7929,51 +8033,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marcthevenet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0007-5478-7557" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/200870882" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870165v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Michelot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Corneyllie" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Thevenet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Duffner" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Perrin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13428-024-02511-3" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457960v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Coureaud" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sabelle Hjeij" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Serrano" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Th&#233;venet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Garcia" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-28326-6" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357300v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Desachy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anistasha Lightning" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Didier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.636" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346125v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Athanassi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Fran&#231;ois" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bourinet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mandairon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2025.1601127" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361106v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ferdenzi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Fournel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Fantin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Richard Orteg&#243;n" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Manesse" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2025.121114" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794818v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Moranges" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Plantevit" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustafa Bensafi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34133/icomputing.0086" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752614v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Terrier" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Greco-Vuilloud" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Cavelius" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2024.01.011" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758099v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Neige" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Imbert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maylis Dumas" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/65714" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756085v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Chalen&#231;on" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;llie Midroit" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Breton" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2024.02.003" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680510v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Baldovini" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233;e Poupon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Ligout" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/03010066231222473" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780311v5" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Auguste" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fourcaud-Trocm&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Meunier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Gros" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pneurobio.2023.102422" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692059v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Gobert" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bastuji" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Berthomier" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-023-05588-2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215623v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Rey" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment D&#233;soche" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Saive" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09658211.2023.2208793" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03819068v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Renier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrianna Milton" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2021.01.066" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395874v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Duchamp-Viret" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huu Kim Nguyen" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Maucort-Boulch" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Remontet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Guyon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2020-047141" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818750v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Noury" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2021.109422" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343693v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maellie Midroit" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Sacquet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2018.04.004" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322155v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Briffaud" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Buonviso" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Amat" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00053.2017" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370304v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Kuczewski" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Kermen" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;remy Forest" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896058v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Allerborn" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Messaoudi" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Gervasoni" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21769/BioProtoc.1740" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370281v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Forest" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nn.4317" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772987v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Veyrac" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Michon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Raguet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/jneurosci.3941-14.2015" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02158017v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Royet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Plailly" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0143767" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343702v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Coppin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2015.01776" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01112710v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dolly Al Koborssy" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Palouzier-Paulignan" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Salem" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Romestaing" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2014.00333" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331682v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Ravel" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2014.00203" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01181188v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Boulanger Bertolus" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Hegoburu" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica L Ahers" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Londen" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Rousselot" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2014.00176" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03971292v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Savigner" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Aim&#233;" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2013.269639" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343715v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Joussain" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Rouby" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0061376" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331692v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ravel Nadine" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2012.11.010" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104696v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Esclassan" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Courtiol" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0040927" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00767785v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Aime" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Hegoburu," TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Jaillard" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril D&#233;gletagne" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0051227" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284790v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiseko Shionoya" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2011.00025" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00778619v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Rink" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caherine Rouby" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chakirian" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Joussain" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bourgeat" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/chemse/bjq101" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/hal-02343722v2" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Poncelet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Rinck" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ziessel" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0013878" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02992187v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Sultan" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwen Rey" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Moreno" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2009.04.008" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SVFWMSG2-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284747v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Sevelinges" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gervais" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Parrot" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/lm.1584209" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773036v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chapuis" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Messaoudi" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thevenet" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ferreira" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/jneurosci.0505-09.2009" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408080v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Desoche" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Tillmann" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858636v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733091v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695858v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Dantec" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Adrar" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-2934-5_11" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960640v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-2934-5_13" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859131v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lys Souilhol" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xi Wang" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Jiang" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Gronfier" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941296v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Foucault" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Raineteau" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432751v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941271v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Chalencon" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Sacquet" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371077v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Sacquet" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819116v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Esclassan" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Grenier" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Beuf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Perrier" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Langlois" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04932249v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941347v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Dejou" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454606v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fateme Aliyari" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Walter" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03810680v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Coureaud" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Heydel" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941397v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Adrar" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Baudino" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956491v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Greco" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371068v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuming Yin" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marcthevenet" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0007-5478-7557" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/200870882" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870165v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Michelot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Corneyllie" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Thevenet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Duffner" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Perrin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13428-024-02511-3" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05346125v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Athanassi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amaury Fran&#231;ois" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Bourinet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Mandairon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2025.1601127" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05457960v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Coureaud" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Sabelle Hjeij" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Serrano" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Th&#233;venet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Garcia" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-28326-6" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357300v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Theo Desachy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anistasha Lightning" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Didier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.636" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361106v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Ferdenzi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Fournel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Fantin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Richard Orteg&#243;n" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Manesse" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2025.121114" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04758099v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Neige" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Imbert" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maylis Dumas" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3791/65714" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04794818v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Moranges" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Plantevit" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moustafa Bensafi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34133/icomputing.0086" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04752614v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Terrier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Greco-Vuilloud" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Cavelius" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2024.01.011" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04756085v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Chalen&#231;on" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;llie Midroit" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Breton" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2024.02.003" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04680510v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Baldovini" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphn&#233;e Poupon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Ligout" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/03010066231222473" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780311v5" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Auguste" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fourcaud-Trocm&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Meunier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Gros" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pneurobio.2023.102422" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215623v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Rey" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment D&#233;soche" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Saive" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09658211.2023.2208793" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692059v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Gobert" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bastuji" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Berthomier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-023-05588-2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03819068v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Renier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrianna Milton" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2021.01.066" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03395874v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Duchamp-Viret" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huu Kim Nguyen" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Maucort-Boulch" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Remontet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Guyon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2020-047141" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818750v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Noury" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2021.109422" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343693v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maellie Midroit" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Sacquet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2018.04.004" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370304v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Kuczewski" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Kermen" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;remy Forest" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322155v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Briffaud" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Buonviso" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corine Amat" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1152/jn.00053.2017" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02370281v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Forest" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nn.4317" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01896058v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Allerborn" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Messaoudi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Gervasoni" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21769/BioProtoc.1740" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772987v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Veyrac" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Michon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Raguet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/jneurosci.3941-14.2015" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02158017v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Royet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Plailly" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0143767" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343702v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Coppin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2015.01776" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01112710v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dolly Al Koborssy" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Palouzier-Paulignan" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Salem" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Romestaing" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2014.00333" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331682v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Ravel" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2014.00203" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01181188v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Boulanger Bertolus" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Hegoburu" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica L Ahers" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Londen" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Rousselot" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2014.00176" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://enac.hal.science/hal-03971292v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Savigner" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Aim&#233;" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2013.269639" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343715v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Joussain" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Rouby" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0061376" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331692v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ravel Nadine" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2012.11.010" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02104696v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Esclassan" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Courtiol" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0040927" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00767785v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Aime" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Hegoburu," TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Jaillard" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril D&#233;gletagne" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0051227" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284790v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kiseko Shionoya" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnbeh.2011.00025" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00778619v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Rink" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caherine Rouby" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chakirian" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Joussain" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bourgeat" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/chemse/bjq101" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/hal-02343722v2" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Poncelet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Rinck" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Ziessel" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0013878" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-02992187v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Sultan" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nolwen Rey" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lissa Moreno" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2009.04.008" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SVFWMSG2-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03773036v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chapuis" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Messaoudi" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thevenet" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Ferreira" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/jneurosci.0505-09.2009" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284747v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Sevelinges" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gervais" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Parrot" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/lm.1584209" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361038v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-4466-9_8" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04733091v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695858v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Dantec" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Adrar" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-2934-5_11" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03960640v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Tillmann" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-2934-5_13" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408080v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Desoche" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858636v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04859131v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lys Souilhol" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xi Wang" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Jiang" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Gronfier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941296v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Foucault" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Raineteau" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03432751v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941271v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Chalencon" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Sacquet" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371077v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Sacquet" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819116v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Esclassan" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Grenier" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Beuf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Perrier" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Langlois" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04932249v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941347v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Dejou" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05454606v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fateme Aliyari" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Walter" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03810680v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Coureaud" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Heydel" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04941397v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Adrar" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Baudino" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04956491v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Greco" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371068v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuming Yin" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>