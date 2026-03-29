--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -329,260 +329,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03310644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'espace public en expérimentation: penser et réinterpréter l'urbain en permanence</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Territorial Planning in Europe : New concepts, New experiences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Novarina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcus Zepf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tracés : Revue de Sciences Humaines</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 13-14, pp.13-15</w:t>
+              <w:t xml:space="preserve">DISP, The Planning Review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 179, pp.18-27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00425455v1</w:t>
+                <w:t xml:space="preserve">halshs-00653179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Territorial Planning in Europe : New concepts, New experiences</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">La planification territoriale : repères européens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marcus Zepf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Novarina</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marcus Zepf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DISP, The Planning Review</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 179, pp.18-27</w:t>
+              <w:t xml:space="preserve">DISP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, pp.14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-00653179v1</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00388665v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La planification territoriale : repères européens</w:t>
+                <w:t xml:space="preserve">L'espace public en expérimentation: penser et réinterpréter l'urbain en permanence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcus Zepf</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gilles Novarina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DISP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2009, pp.14</w:t>
+              <w:t xml:space="preserve">Tracés : Revue de Sciences Humaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 13-14, pp.13-15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00388665v1</w:t>
+                <w:t xml:space="preserve">halshs-00425455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Progettare insieme</w:t>
               </w:r>
@@ -631,51 +631,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00389011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Entre conflits et synergies</w:t>
+                <w:t xml:space="preserve">Effacer, conserver, transformer, valoriser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Linossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Russeil</w:t>
@@ -693,97 +693,106 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Roelof Verhage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcus Zepf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DISP</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Les Annales de la Recherche Urbaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 97, pp.23-26. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/aru.2004.2573⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00380654v1</w:t>
+                <w:t xml:space="preserve">halshs-00380649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effacer, conserver, transformer, valoriser</w:t>
+                <w:t xml:space="preserve">Entre conflits et synergies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Linossier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Russeil</w:t>
@@ -801,82 +810,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Roelof Verhage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcus Zepf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Annales de la Recherche Urbaine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">DISP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 4 (159), pp.4-12</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3406/aru.2004.2573⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-00380649v1</w:t>
+                <w:t xml:space="preserve">halshs-00380654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1945,165 +1945,165 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04281147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expérimenter et inclure : la création d’une ‘boîte à outils’ IBA pour surpasser les frontières</w:t>
+                <w:t xml:space="preserve">L’impératif de l’adaptation - le futur système de la planification issu de l’IBA Basel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcus Zepf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">internationale Bauasusstellung Basel 2020. Au-delà des limites, ensemble</w:t>
+              <w:t xml:space="preserve">Internationale Bauausstellung Basel 2020. Au-delà des limites, ensemble</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Callwey, 2021, 978-3-7667-2512-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04281157v1</w:t>
+                <w:t xml:space="preserve">hal-04281159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’impératif de l’adaptation - le futur système de la planification issu de l’IBA Basel</w:t>
+                <w:t xml:space="preserve">Expérimenter et inclure : la création d’une ‘boîte à outils’ IBA pour surpasser les frontières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcus Zepf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Internationale Bauausstellung Basel 2020. Au-delà des limites, ensemble</w:t>
+              <w:t xml:space="preserve">internationale Bauasusstellung Basel 2020. Au-delà des limites, ensemble</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Callwey, 2021, 978-3-7667-2512-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04281159v1</w:t>
+                <w:t xml:space="preserve">hal-04281157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’urbanisme durable revisité au prisme du changement, de l’adaptation et de la résilience : L’incertitude comme vecteur d’action collective urbaine</w:t>
               </w:r>
@@ -2844,51 +2844,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Du plan stratégique au plan de structure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Novarina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcus Zepf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3717,51 +3717,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281167v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Zepf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281165v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310644v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Ramirez-Cobo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1075780ar" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00425455v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00653179v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Novarina" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00388665v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00389011v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00380654v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Linossier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Russeil" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roelof Verhage" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00380649v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/aru.2004.2573" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05335807v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Appendino" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Andres" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854356v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03338542v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00981494v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Roux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Perrin-Bensahel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279267v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00389008v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541946v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Belmessous" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chemin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Chignier-Riboulon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Commer&#231;on" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcele Trigueiro" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00388672v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541958v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02547522v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chignier-Riboulon Franck" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281147v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281157v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281159v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281150v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281171v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00425444v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00388654v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00388690v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Commer&#231;on Nicole" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00388696v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toussaint Jean-Yves" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zimmermann Monique" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vareilles" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00388704v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaton Virginie" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00967808v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Toussaint" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Zimmermann" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00651170v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00387512v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Scherrer" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Verdeil" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Gamberini" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00435551v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Roth" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05082437v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Moawad" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Sakai" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00971410v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Jaton" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Simon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00971412v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Jouve" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281167v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcus Zepf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281165v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03310644v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Ramirez-Cobo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1075780ar" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00653179v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Novarina" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00388665v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00425455v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00389011v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00380649v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Linossier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Russeil" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roelof Verhage" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/aru.2004.2573" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00380654v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05335807v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Appendino" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren Andres" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01854356v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03338542v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00981494v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Roux" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Perrin-Bensahel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279267v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00389008v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541946v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatiha Belmessous" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chemin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Chignier-Riboulon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Commer&#231;on" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcele Trigueiro" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00388672v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541958v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02547522v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chignier-Riboulon Franck" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281147v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281159v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281157v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281150v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04281171v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00425444v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00388654v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00388690v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Commer&#231;on Nicole" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00388696v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toussaint Jean-Yves" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zimmermann Monique" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vareilles" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00388704v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaton Virginie" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00967808v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Toussaint" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Zimmermann" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00651170v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00387512v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Scherrer" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Verdeil" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Gamberini" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00435551v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Roth" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05082437v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Moawad" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Sakai" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00971410v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Jaton" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Simon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00971412v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Jouve" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>