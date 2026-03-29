--- v0 (2026-03-05)
+++ v1 (2026-03-29)
@@ -1511,230 +1511,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03207573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment concevoir l’enseignement distanciel dans les formations hybrides pour permettre aux étudiants de développer leurs compétences ? (Symposium)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quelle médiatisation des enseignements pour favoriser l’apprentissage d’une langue étrangère à l’école primaire ? Une revue systématique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margault Sacré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Blanchard Rodrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Foucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ciara R. Wigham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Javourey-Drevet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8eme Colloque International en éducation : enjeux actuels et futurs de la formation et de la profession enseignante (CRIFPE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2021, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">L’école primaire au 21ème siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03252681v1</w:t>
+                <w:t xml:space="preserve">hal-03403675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quelle médiatisation des enseignements pour favoriser l’apprentissage d’une langue étrangère à l’école primaire ? Une revue systématique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comment concevoir l’enseignement distanciel dans les formations hybrides pour permettre aux étudiants de développer leurs compétences ? (Symposium)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Le Hénaff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margault Sacré</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Ludivine Javourey-Drevet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L’école primaire au 21ème siècle</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">8eme Colloque International en éducation : enjeux actuels et futurs de la formation et de la profession enseignante (CRIFPE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03403675v1</w:t>
+                <w:t xml:space="preserve">halshs-03252681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How are quiz scores related to students' performance in blended-learning?</w:t>
               </w:r>
@@ -2478,51 +2478,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une revue systématique des technologies éducatives pour la compétence orale. État de l'art.</w:t>
+                <w:t xml:space="preserve">Travailler l’oral en langue étrangère avec le numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margault Sacré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Blanchard Rodrigues</w:t>
@@ -2536,111 +2536,107 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ciara R. Wigham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Non spécifié. 2023</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Javourey-Drevet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ACTé EA 4281. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04314531v1</w:t>
+                <w:t xml:space="preserve">hal-04102987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Travailler l’oral en langue étrangère avec le numérique</w:t>
+                <w:t xml:space="preserve">Une revue systématique des technologies éducatives pour la compétence orale. État de l'art.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margault Sacré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Blanchard Rodrigues</w:t>
@@ -2654,83 +2650,87 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Laure Foucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ciara R. Wigham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">ACTé EA 4281. 2023</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludivine Javourey - Drevet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Non spécifié. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04102987v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04314531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2988,51 +2988,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05011309v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Policard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Neuville" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margault Sacr&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Petit" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Paulet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.11811" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563923v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lafontaine" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Toczek" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1085361ar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540761v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Le H&#233;naff" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Serres" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/osp.14930" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482344v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Imberdis" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Dutr&#233;vis" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/osp.14992" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020690v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Paulet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18162/ritpu-2020-v17n2-03" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031045v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1074105ar" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03753767v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882055v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Younes" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciara R. Wigham" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shona Whyte" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217255v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195048v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364414v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Blanchard Rodrigues" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciara Wigham" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Foucher" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Javourey-Drevet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207573v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03252681v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03403675v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970636v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02923280v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02923275v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872349v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872365v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04523895v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Souchal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485539v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Redondo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Youn&#232;s" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04314531v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Javourey - Drevet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102987v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03477816v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-05011309v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Policard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Neuville" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margault Sacr&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Petit" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Paulet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.11811" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03563923v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Lafontaine" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Toczek" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1085361ar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03540761v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Le H&#233;naff" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Serres" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/osp.14930" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03482344v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Imberdis" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Dutr&#233;vis" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/osp.14992" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03020690v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Paulet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18162/ritpu-2020-v17n2-03" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03031045v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1074105ar" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03753767v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03882055v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Younes" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciara R. Wigham" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shona Whyte" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217255v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195048v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364414v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Blanchard Rodrigues" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ciara Wigham" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Foucher" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Javourey-Drevet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207573v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03403675v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03252681v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02970636v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02923280v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02923275v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872349v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872365v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-04523895v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Souchal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485539v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Redondo" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Youn&#232;s" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04102987v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04314531v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Javourey - Drevet" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03477816v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>