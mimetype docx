--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -742,277 +742,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05318039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Projet MARMITE – typologie des pratiques maraîchères vis-à-vis du travail du sol et des apports de matières organiques</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Giulia Giacche</w:t>
+                <w:t xml:space="preserve">TEMPORAL DYNAMICS OF URBAN SOIL HEALTH</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Clesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendal Libessart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hermine Huot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Morel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17èmes Journées d'Etude des Sols JES 2025 "Sols, fonctions et transition"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AFES, Association Française pour l'Etude du Sol, Jul 2025, Genève, Suisse</w:t>
+              <w:t xml:space="preserve">Joint International Symposium CIRSET – LIA Ecoland : Sustainable management of strategic metals: from extraction to sobriety and the preservation of biodiversity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LSE, Oct 2025, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05288815v1</w:t>
+                <w:t xml:space="preserve">hal-05318055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TEMPORAL DYNAMICS OF URBAN SOIL HEALTH</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">C. Schwartz</w:t>
+                <w:t xml:space="preserve">Projet MARMITE – typologie des pratiques maraîchères vis-à-vis du travail du sol et des apports de matières organiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Rapiau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Grard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Barrier-Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giulia Giacche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Joint International Symposium CIRSET – LIA Ecoland : Sustainable management of strategic metals: from extraction to sobriety and the preservation of biodiversity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, LSE, Oct 2025, Nancy, France</w:t>
+              <w:t xml:space="preserve">17èmes Journées d'Etude des Sols JES 2025 "Sols, fonctions et transition"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFES, Association Française pour l'Etude du Sol, Jul 2025, Genève, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05318055v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05288815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selection of soil health indicators for modelling soil functions to promote smart urban planning</w:t>
               </w:r>
@@ -1750,51 +1750,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="073F0A8E"/>
+    <w:nsid w:val="3D8A7500"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1981,51 +1981,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/margaux-clesse" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5302-3076" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/273364685" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04950807v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Florio" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Legout" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marechal" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Clesse" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delort" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2025.178776" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04508578v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy S&#233;r&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Le Guern" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Bispo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Layet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ducommun" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.171347" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03672092v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Legout" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Ranger" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Zeller" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory van Der Heijden" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fecs.2022.100043" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05318039v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Libessart" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermine Huot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Morel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schwartz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05288815v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Rapiau" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Grard" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Barrier-Guillot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Martin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Giacche" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05318055v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04797406v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195660v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Zeller" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135804v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Hoeffner" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Auclerc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loick Berthiaud" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Boly" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Brichler" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-04320617v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023LORR0009" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02319642v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04524996v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/margaux-clesse" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5302-3076" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/273364685" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04950807v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Florio" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Legout" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marechal" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Clesse" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Delort" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2025.178776" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://brgm.hal.science/hal-04508578v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy S&#233;r&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Le Guern" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Bispo" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Layet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Ducommun" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2024.171347" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03672092v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Legout" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Ranger" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernd Zeller" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory van Der Heijden" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fecs.2022.100043" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05318039v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendal Libessart" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hermine Huot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Morel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schwartz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05318055v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05288815v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Rapiau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Grard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Barrier-Guillot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Martin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Giacche" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04797406v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04195660v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernhard Zeller" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05135804v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Hoeffner" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Auclerc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loick Berthiaud" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Boly" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Caroline Brichler" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-04320617v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2023LORR0009" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02319642v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04524996v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>