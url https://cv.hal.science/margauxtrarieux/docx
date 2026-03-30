--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -66,671 +66,117 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (7)</w:t>
-[...552 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la socioanalyse bourdieusienne au travail de réflexivité en sociologie clinique.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Trarieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05072784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -740,51 +186,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La mosaïque de la bonne conscience - Comment la « fresque du climat » contribue à farder les limites du capitalisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Birolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -813,280 +259,280 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">congrès de l’AFS 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05470599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La production d’une relation de confiance mise à mal doublement dans une enquête clinique sur les étudiants de « grande école de commerce »- Réflexion sur le parcours relationnel sur le terrain et les apports heuristiques de celle-ci</w:t>
+                <w:t xml:space="preserve">Un dispositif de gestion dans le champ de l’enseignement supérieur : recruter par le « savoir-être » dans les associations des « grandes écoles de commerce »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Trarieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">« Distance et proximité par rapport à ses « enquêtés » : comment procéder pour établir une relation de confiance ? » Colloque intermédiaire du GT 15 - AISLF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Groupe de Travail 15 (GT 15) de l’Association Internationale des Sociologues de Langue Française (AISLF), May 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">10e congrès de l’Association Française de Sociologie (AFS), "Intersections, Circulations", pour le RT 30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04179217v1</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04179015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Un dispositif de gestion dans le champ de l’enseignement supérieur : recruter par le « savoir-être » dans les associations des « grandes écoles de commerce »</w:t>
+                <w:t xml:space="preserve">La production d’une relation de confiance mise à mal doublement dans une enquête clinique sur les étudiants de « grande école de commerce »- Réflexion sur le parcours relationnel sur le terrain et les apports heuristiques de celle-ci</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Trarieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10e congrès de l’Association Française de Sociologie (AFS), "Intersections, Circulations", pour le RT 30</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">« Distance et proximité par rapport à ses « enquêtés » : comment procéder pour établir une relation de confiance ? » Colloque intermédiaire du GT 15 - AISLF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe de Travail 15 (GT 15) de l’Association Internationale des Sociologues de Langue Française (AISLF), May 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04179015v1</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04179217v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« La « Grande Ecole de Commerce » : une école qui fait commerce de sa grandeur, une école qui fait commerce de &amp;quot;devenir grand&amp;quot;?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Trarieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Doctoriales « enseignement supérieur et recherche »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, RESUP - Réseau d'Etudes sur l'Enseignement Supérieur, Jun 2022, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03996242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Réformiste mais pas révolutionnaire » : Une réflexion collective sur les engagements citoyens des étudiant-e-s des grandes écoles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Birolini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1115,195 +561,749 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d’études « Engagements étudiants contemporains/ Contemporary Students involvements »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Nanterre et Gennevilliers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03995361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Pouvoir et norme(s) dans les associations ou comment trouver sa place : Réflexion sur &amp;quot;l’expérience étudiante&amp;quot; en &amp;quot;Grande Ecole de Commerce&amp;quot; »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Trarieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque International de Sociologie Clinique – La sociologie clinique &amp; le politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03996236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malaise dans l’éducation ? La (trans)formation en école de commerce, un processus qui met en tension</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margaux Trarieux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9e Congrès de l’Association Française de Sociologie : Changer ?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AFS - Association Française de Sociologie, RT16 (Sociologie Clinique), Jul 2021, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03996247v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (7)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La mosaïque de la bonne conscience. La Fresque du Climat au secours du capitalisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Birolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walkens Sainval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Trarieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue Esprit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, https://esprit.presse.fr/actualites/christophe-birolini-et-walkens-sainval-et-margaux-trarieux/la-mosaique-de-la-bonne-conscience-la-fresque-du-climat-au-secours-du-capitalisme-45772</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05072560v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sensibiliser sans déstabiliser. Les « grandes écoles de commerce » et leurs étudiants face à l’urgence écologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Trarieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nouvelle revue de psychosociologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, N°37, https://shs.cairn.info/revue-nouvelle-revue-de-psychosociologie-2024-1-page-65?lang=fr</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05072568v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Farges, Loïc Szerdahelyi (dir.), En quête d'enseignants. Regards croisés sur l'attractivité d'un métier, Rennes, Presses universitaires de Rennes, coll. « Le sens social », 2024, 220 p.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Trarieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lectures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, https://journals.openedition.org/lectures/66238</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05072537v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Hély, Maud Simonet (dir.), Monde associatif et néolibéralisme, Paris, PUF, coll. « La Vie des Idées », 2023, 125 p.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Trarieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lectures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, https://journals.openedition.org/lectures/64337</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05072550v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les associations d’élèves en « grande école de commerce » : un espace distinctif et transformatif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Trarieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Éducation permanente</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2023/4 (237), pp.135-145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/edpe.237.0135⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04430924v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martial Foucault et Anne Muxel, Une jeunesse engagée. Enquête sur les étudiants de Sciences Po, 2002-2022</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Trarieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lectures, Les comptes rendus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03996139v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">hal-03996247v1</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Le Lay, Jouez ! Le travail à l'ère du management distractif, Paris, CNRS, coll. « Interdépendances », 2023, 221 p.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Trarieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lectures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, https://journals.openedition.org/lectures/60265</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04056873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1711,51 +1711,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072568v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Trarieux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072560v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Birolini" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walkens Sainval" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072537v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072550v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430924v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edpe.237.0135" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03996139v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056873v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072784v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470599v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179217v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04179015v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996242v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03995361v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996236v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996247v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04463420v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771318v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Aubry" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Di Cecco" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Lopez Puyol" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouck Manez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Miramond" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072784v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Trarieux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470599v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Birolini" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walkens Sainval" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04179015v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179217v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996242v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03995361v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996236v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996247v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072560v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072568v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072537v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072550v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430924v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/edpe.237.0135" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-03996139v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056873v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04463420v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03771318v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Aubry" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Di Cecco" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Lopez Puyol" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouck Manez" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Miramond" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>