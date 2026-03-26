--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -325,903 +325,903 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Full-flock-full-pregnancy monitoring of liveweight progression in Romane meat ewes, using a walkover-weighing system in rangelands</w:t>
+                <w:t xml:space="preserve">Impacts des pics de chaleur en France sur les performances des brebis laitières</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irene Llach-Martinez</w:t>
+                <w:t xml:space="preserve">Margot Lamarque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëtan Bonafe</w:t>
+                <w:t xml:space="preserve">Morgane Lambert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christiane Durand</w:t>
+                <w:t xml:space="preserve">Valentin Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastien Douls</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sara Parisot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">75. Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP), Sep 2024, Firenze, Italy. pp.740-740</w:t>
+              <w:t xml:space="preserve">3R2024 : 27èmes Rencontres autour des Recherches sur les Ruminants</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de l'élevage [IDELE], INRAE, Dec 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04705789v1</w:t>
+                <w:t xml:space="preserve">hal-05109071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation de la capacité d’ingestion des brebis laitières Lacaune en fin de gestation et période d’allaitement dans le cadre de la mise à jour des équations de 1988.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Do artificial rearing conditions of female lambs have an impact on their future maternal abilities in rangeland?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gael Barbier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Hassoun</w:t>
+                <w:t xml:space="preserve">Xavier Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Nadège Aigueperse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Margot Lamarque</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Valentin Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27. Rencontres autour des recherches sur les ruminants (3R 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut de l'Elevage - INRAE, Dec 2024, Paris, France. 5p</w:t>
+              <w:t xml:space="preserve">53ème colloque de la Société Française de l’Étude du Comportement Animal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFECA, May 2024, Albi, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04842315v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04618897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suivi en production d'un lot de brebis laitières alimentées au foin</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Full-flock-full-pregnancy monitoring of liveweight progression in Romane meat ewes, using a walkover-weighing system in rangelands</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valentin Coulon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Hassoun</w:t>
+                <w:t xml:space="preserve">Irene Llach-Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëtan Bonafe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christiane Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Douls</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Sanchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27. Rencontres autour des recherches sur les ruminants (3R 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut de l'élevage [IDELE], INRAE, Dec 2024, Paris, France. 1 p</w:t>
+              <w:t xml:space="preserve">75. Annual Meeting of the European Federation of Animal Science (EAAP 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Federation of Animal Science (EAAP), Sep 2024, Firenze, Italy. pp.740-740</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05109315v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04705789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do artificial rearing conditions of female lambs have an impact on their future maternal abilities in rangeland?</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Estimation de la capacité d’ingestion des brebis laitières Lacaune en fin de gestation et période d’allaitement dans le cadre de la mise à jour des équations de 1988.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christian Durand</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Philippe Hassoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margot Lamarque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Allain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Portes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">53ème colloque de la Société Française de l’Étude du Comportement Animal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SFECA, May 2024, Albi, France</w:t>
+              <w:t xml:space="preserve">27. Rencontres autour des recherches sur les ruminants (3R 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de l'Elevage - INRAE, Dec 2024, Paris, France. 5p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04618897v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04842315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impacts des pics de chaleur en France sur les performances des brebis laitières</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Suivi en production d'un lot de brebis laitières alimentées au foin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margot Lamarque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Lambert</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId27" w:history="1">
+                <w:t xml:space="preserve">David Portes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Amposta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Coulon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Hassoun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3R2024 : 27èmes Rencontres autour des Recherches sur les Ruminants</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut de l'élevage [IDELE], INRAE, Dec 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">27. Rencontres autour des recherches sur les ruminants (3R 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut de l'élevage [IDELE], INRAE, Dec 2024, Paris, France. 1 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05109071v1</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05109315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Feed autonomy and manure’s recycling of dairy sheep farming systems in Roquefort (France)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Nutrient cycling and efficiency: a comparative flow analysis of meat and dairy sheep farming systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Stark</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Amposta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Waâd Nasri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margot Lamarque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Charlotte Allain</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Parisot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">74. Annual Meeting of the European Federation of Animal Science (EAAP 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, EAAP, Aug 2023, Lyon, France. pp.706, </w:t>
+              <w:t xml:space="preserve">, EAAP/WAAP, Aug 2023, Lyon, France. pp.444, </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3920/978-90-8686-936-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04195788v1</w:t>
+                <w:t xml:space="preserve">hal-04195790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nutrient cycling and efficiency: a comparative flow analysis of meat and dairy sheep farming systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Feed autonomy and manure’s recycling of dairy sheep farming systems in Roquefort (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Waâd Nasri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Stark</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noémie Amposta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margot Lamarque</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sara Parisot</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Allain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">74. Annual Meeting of the European Federation of Animal Science (EAAP 2023)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, EAAP/WAAP, Aug 2023, Lyon, France. pp.444, </w:t>
+              <w:t xml:space="preserve">, EAAP, Aug 2023, Lyon, France. pp.706, </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3920/978-90-8686-936-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04195790v1</w:t>
+                <w:t xml:space="preserve">hal-04195788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1463,51 +1463,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="4BB6773E"/>
+    <w:nsid w:val="8160AC25"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1694,51 +1694,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/margot-lamarque" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2272-8153" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05034014v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wa&#226;d Nasri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliel Gonz&#225;lez Garc&#237;a" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Salgado" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Amposta" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Arles" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04705789v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Llach-Martinez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Bonafe" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Durand" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Douls" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sanchez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04842315v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hassoun" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Lamarque" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Allain" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Portes" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Coulon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109315v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618897v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Barbier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Boivin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Aigueperse" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Durand" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109071v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Lambert" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Parisot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04195788v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Stark" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-936-7" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04195790v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03945601v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Travel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Guabiraba" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Tavares" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bellenot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lemaire" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2022.35.4.7337" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/margot-lamarque" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2272-8153" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05034014v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wa&#226;d Nasri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliel Gonz&#225;lez Garc&#237;a" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Salgado" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Amposta" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Arles" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109071v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Lamarque" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Lambert" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Coulon" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Parisot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618897v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gael Barbier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Boivin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Aigueperse" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Durand" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04705789v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Llach-Martinez" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Bonafe" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christiane Durand" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Douls" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sanchez" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04842315v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hassoun" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Allain" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Portes" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05109315v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04195790v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Stark" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/978-90-8686-936-7" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04195788v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03945601v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Travel" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Guabiraba" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Tavares" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bellenot" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lemaire" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2022.35.4.7337" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>