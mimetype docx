--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -1984,273 +1984,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05381486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methods for systemic design in agrifood systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Design of intercropping-oriented value chains : monitoring and cross-analysis of 13 multi-actor case studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raoux Fanny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Jeuffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Alletto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henrik Hauggaard - Nielsen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Leclère</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International Farming System Design Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2025, Palaiseau, France</w:t>
+              <w:t xml:space="preserve">, Aug 2025, Palaiseau, France. pp.222-224</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05246536v1</w:t>
+                <w:t xml:space="preserve">hal-05240343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of intercropping-oriented value chains : monitoring and cross-analysis of 13 multi-actor case studies</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Methods for systemic design in agrifood systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Jeuffroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Lionel Alletto</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marianne Cerf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margot Leclere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorène Prost</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Henrik Hauggaard - Nielsen</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Jean-Marc Meynard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th International Farming System Design Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Aug 2025, Palaiseau, France. pp.222-224</w:t>
+              <w:t xml:space="preserve">, Aug 2025, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05240343v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05246536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Innovations couplées entre agriculture, transformation et restauration collective pour une alimentation bio et durable</w:t>
               </w:r>
@@ -3306,217 +3306,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04517178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cultiver la cameline dans l’Oise : combiner ateliers et agriculteurs- expérimentateurs</w:t>
+                <w:t xml:space="preserve">On-Farm Assessment of Innovative Camelina Management Strategies to Supply a Biorefinery in Northern France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margot Leclère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Loyce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Jeuffroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque ‘Conception de systèmes de culture pour et par les agriculteurs’, RMT Systèmes de Culture Innovants et Initiative for Design in Agrifood Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">ASA and CSSA international meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Baltimore (Maryland), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04478158v1</w:t>
+                <w:t xml:space="preserve">hal-04517244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On-Farm Assessment of Innovative Camelina Management Strategies to Supply a Biorefinery in Northern France</w:t>
+                <w:t xml:space="preserve">Cultiver la cameline dans l’Oise : combiner ateliers et agriculteurs- expérimentateurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Margot Leclère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Loyce</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Hélène Jeuffroy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASA and CSSA international meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Baltimore (Maryland), United States</w:t>
+              <w:t xml:space="preserve">Colloque ‘Conception de systèmes de culture pour et par les agriculteurs’, RMT Systèmes de Culture Innovants et Initiative for Design in Agrifood Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04517244v1</w:t>
+                <w:t xml:space="preserve">hal-04478158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward a European Bioeconomic Transition: Is a Soft Shift Enough to Challenge Hard Socio-ecological Issues?</w:t>
               </w:r>
@@ -3720,51 +3720,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Casagrande</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Revel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Meynard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">INRAE. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dictionnaire d’Agroécologie</w:t>
@@ -4149,51 +4149,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05392048v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Migairou-Leprince" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Jeuffroy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline P&#233;nicaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Lecl&#232;re" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21683565.2025.2578247" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05360861v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Renault" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Loyce" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan G&#233;rault" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724148v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenn Gorissen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Cuijpers" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Colombo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjam Schoonhoven-Speijer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2024.103985" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04696428v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Leclere" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Ath&#232;s" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2024-vol95-art04" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04779463v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeuffroy Marie-H&#233;l&#232;ne" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Froment Th&#233;o" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2024-vol97-art09" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03975288v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-023-00871-2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03957484v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Prost" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Ballot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Benoit" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Eric Bergez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-022-00855-8" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03442252v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Rapha&#235;lle Lorent" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Butier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chatain" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2020.126190" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03303117v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2021023" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02929658v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Befort" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence de Fouch&#233;cour" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali&#233;nor de Rouffignac" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Holt" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2020004" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02866783v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Jeuffroy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2019.111605" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2SCR026N-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620945v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2018.08.006" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623810v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Parent" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lacube" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail A. Semenov" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Welcker" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1720716115" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621146v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Beillouin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Barbu" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Benezit" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Tr&#233;pos" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2018.06.002" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05381486v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Yannou-Le Bris" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Espinosa-Brisset" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Masson" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cerf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/j9xc-fs91" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05246536v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Meynard" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05240343v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoux Fanny" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Alletto" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Hauggaard - Nielsen" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05241195v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05296134v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05269722v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Toffolini" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Paut" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05296126v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lene Kollmorgen" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05296215v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Cadiou" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippine Coeugnet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05295652v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05295749v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042612v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Ferchaud" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Drochon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Chlebowski" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gourdet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Boissy" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04517178v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bonifazi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Guichard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04478158v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04517244v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735601v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence de Salivet de Fouch&#233;cour" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher A. Holt" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5087523122132947E12" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05209626v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Salembier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Casagrande" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Revel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/r90v-1zwv" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02528345v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-03092837v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019SACLA028" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05392048v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Migairou-Leprince" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Jeuffroy" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline P&#233;nicaud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Lecl&#232;re" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/21683565.2025.2578247" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05360861v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Renault" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Loyce" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan G&#233;rault" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04724148v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lenn Gorissen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvonne Cuijpers" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Colombo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirjam Schoonhoven-Speijer" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2024.103985" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04696428v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Leclere" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Ath&#232;s" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2024-vol95-art04" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04779463v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeuffroy Marie-H&#233;l&#232;ne" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Froment Th&#233;o" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/ciag-2024-vol97-art09" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03975288v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-023-00871-2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03957484v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Prost" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Ballot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Benoit" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Eric Bergez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13593-022-00855-8" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03442252v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Rapha&#235;lle Lorent" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Butier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Chatain" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2020.126190" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03303117v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/ocl/2021023" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02929658v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Befort" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence de Fouch&#233;cour" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali&#233;nor de Rouffignac" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Holt" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2020004" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02866783v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Jeuffroy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2019.111605" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2SCR026N-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620945v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2018.08.006" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02623810v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Parent" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lacube" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikhail A. Semenov" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Welcker" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.1720716115" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621146v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Beillouin" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Barbu" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Benezit" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Tr&#233;pos" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agrformet.2018.06.002" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05381486v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenola Yannou-Le Bris" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Espinosa-Brisset" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Masson" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Cerf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/j9xc-fs91" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05240343v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raoux Fanny" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Alletto" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henrik Hauggaard - Nielsen" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05246536v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Meynard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05241195v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05296134v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05269722v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Toffolini" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Paut" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05296126v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lene Kollmorgen" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05296215v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Cadiou" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippine Coeugnet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05295652v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05295749v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042612v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Ferchaud" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Drochon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Chlebowski" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gourdet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Boissy" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04517178v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bonifazi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Guichard" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04517244v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04478158v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735601v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence de Salivet de Fouch&#233;cour" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher A. Holt" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5087523122132947E12" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05209626v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Salembier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Casagrande" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Revel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/r90v-1zwv" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02528345v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-03092837v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019SACLA028" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>