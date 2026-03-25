--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -2394,291 +2394,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00181873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural plasticity of single chromatin fibers revealed by torsional manipulation.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Natalia Conde E Silva</w:t>
+                <w:t xml:space="preserve">A physical model for the condensation and decondensation of eukaryotic chromosomes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Mozziconacci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Lavelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Barbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annick Lesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Victor</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Structural and Molecular Biology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/nsmb1087⟩</w:t>
+              <w:t xml:space="preserve">FEBS Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 580 (2), pp.368-372. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.febslet.2005.12.053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00090147v1</w:t>
+                <w:t xml:space="preserve">hal-03509975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A physical model for the condensation and decondensation of eukaryotic chromosomes</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christophe Lavelle</w:t>
+                <w:t xml:space="preserve">Structural plasticity of single chromatin fibers revealed by torsional manipulation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Bancaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natalia Conde E Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Barbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaudeline Wagner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Allemand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FEBS Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 580 (2), pp.368-372. </w:t>
+              <w:t xml:space="preserve">Nature Structural and Molecular Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 13, pp.444-450. </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.febslet.2005.12.053⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/nsmb1087⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03509975v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00090147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How does the chromatin fiber deal with topological constraints?</w:t>
               </w:r>
@@ -4561,51 +4561,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595813v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Liefsoens" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy F&#246;ldes" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Barbi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-51650-w" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466632v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Foldes" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Lesage" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.127.277801" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02147100v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dahirel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Victor" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13072-019-0269-6" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518411v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Lesne" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mozziconacci" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/refdp/201857010" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510200v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruggero Cortini" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Car&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lavelle" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/RevModPhys.88.025002" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510145v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4914513" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01663268v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blanc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Elias" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Fautrat" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. de Hosson" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01342589v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Carrivain" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1003456" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510117v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hua Wong" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00285-012-0621-y" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510086v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Cournac" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2SM25789K" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510102v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordanka Zlatanova" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2046-1682-5-21" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510056v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsfs.2011.0101" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510036v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Paillusson" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jardat" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1cp20324j" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01053106v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bancaud" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Recouvreux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00625637v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Conde E Silva" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Le Cam" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2011.03.064" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510014v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe B&#233;cavin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2009.10.054" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509993v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.102.228101" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00513286v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00268970902893156" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00181873v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaudeline Wagner" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2007.05.037" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00090147v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Allemand" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nsmb1087" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509975v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.febslet.2005.12.053" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012986v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.71.031910" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012987v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Place" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladislav Popkov" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Salerno" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/B:JOBP.0000046728.51620.14" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003424v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509963v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Lepri" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Peyrard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikos Theodorakopoulos" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.68.061909" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509953v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.63.066212" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509593v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.62.1988" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509237v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Cocco" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0375-9601(99)00058-4" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509228v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Ruffo" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1005139326775" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509184v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Allegrini" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Grigolini" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. West" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.52.5281" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518414v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cortini" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Carrivain" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789814667944_0016" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04339183v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Conde e Silva" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345467v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Allemand" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343520v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick C Lesne" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Bertrand" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenia Basyuk" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-8556-2_11" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518420v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Paillusson" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789814518550_0028" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518417v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-411636-8.00007-9" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595813v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Liefsoens" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy F&#246;ldes" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Barbi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-51650-w" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03466632v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Foldes" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antony Lesage" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.127.277801" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02147100v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dahirel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Victor" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13072-019-0269-6" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518411v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Lesne" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Mozziconacci" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/refdp/201857010" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510200v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruggero Cortini" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Car&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lavelle" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/RevModPhys.88.025002" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510145v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4914513" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01663268v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Blanc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Elias" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Fautrat" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. de Hosson" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01342589v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Carrivain" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1003456" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510117v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hua Wong" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00285-012-0621-y" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510086v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Cournac" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C2SM25789K" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510102v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordanka Zlatanova" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2046-1682-5-21" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510056v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsfs.2011.0101" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510036v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Paillusson" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Jardat" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1cp20324j" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01053106v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bancaud" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Recouvreux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00625637v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Conde E Silva" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Le Cam" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2011.03.064" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03510014v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe B&#233;cavin" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2009.10.054" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509993v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevLett.102.228101" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00513286v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00268970902893156" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00181873v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaudeline Wagner" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molcel.2007.05.037" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509975v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.febslet.2005.12.053" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00090147v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Allemand" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nsmb1087" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012986v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.71.031910" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00012987v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Place" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladislav Popkov" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Salerno" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/B:JOBP.0000046728.51620.14" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00003424v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509963v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Lepri" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Peyrard" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikos Theodorakopoulos" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.68.061909" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509953v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.63.066212" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509593v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.62.1988" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509237v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Cocco" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0375-9601(99)00058-4" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509228v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Ruffo" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1023/A:1005139326775" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03509184v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Allegrini" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Grigolini" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. West" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.52.5281" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518414v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Cortini" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Carrivain" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789814667944_0016" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04339183v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Conde e Silva" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345467v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Allemand" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02343520v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick C Lesne" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Bertrand" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenia Basyuk" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-8556-2_11" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518420v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Paillusson" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/9789814518550_0028" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518417v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-411636-8.00007-9" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>