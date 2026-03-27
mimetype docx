--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -560,382 +560,382 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05150454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating extinct pseudosuchian body mass estimates using a femur volume‐based model</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Holly Woodward</w:t>
+                <w:t xml:space="preserve">Living with a tumor: A case of osteosarcoma involving the medullary region in Phrynops cf. P. geoffroanus (Testudines: Chelidae)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Bert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Aubier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jorge Cubo</w:t>
+                <w:t xml:space="preserve">Hayat Lamrous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana Valéria de Araújo Sena</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Anatomical Record: Advances in Integrative Anatomy and Evolutionary Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ar.25452⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 307 (10), pp.3355-3363. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/ar.25437⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04762167v1</w:t>
+                <w:t xml:space="preserve">hal-04762173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revisiting the aerobic capacity of Notosuchia (Crocodyliformes, Mesoeucrocodylia)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana V A Sena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariana V A Sena</w:t>
+                <w:t xml:space="preserve">Felipe C Montefeltro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Felipe C Montefeltro</w:t>
+                <w:t xml:space="preserve">Thiago S Marinho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thiago S Marinho</w:t>
+                <w:t xml:space="preserve">Max C Langer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thiago S Fachini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lethaia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 57 (4), pp.1-8. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.18261/let.57.4.6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04964405v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Living with a tumor: A case of osteosarcoma involving the medullary region in Phrynops cf. P. geoffroanus (Testudines: Chelidae)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hugo Bert</w:t>
+                <w:t xml:space="preserve">Evaluating extinct pseudosuchian body mass estimates using a femur volume‐based model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Holly Woodward</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Aubier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hayat Lamrous</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mariana Valéria de Araújo Sena</w:t>
+                <w:t xml:space="preserve">Mariana Valéria Araújo De Sena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Cubo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Anatomical Record: Advances in Integrative Anatomy and Evolutionary Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 307 (10), pp.3355-3363. </w:t>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ar.25437⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ar.25452⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04762173v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04762167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrative paleophysiology of the metriorhynchoid Pelagosaurus typus (Pseudosuchia, Thalattosuchia)</w:t>
               </w:r>
@@ -973,51 +973,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Pellarin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Faure-Brac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Aubier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Anatomical Record: Advances in Integrative Anatomy and Evolutionary Biology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, pp.394 - 411. </w:t>
@@ -1153,429 +1153,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04841427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The cost of living in Notosuchia (Crocodyliformes, Mesoeucrocodylia)</w:t>
+                <w:t xml:space="preserve">Inferring the lifestyles of extinct Crocodyliformes using osteoderm ornamentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariana Valéria de Araújo Sena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Cubo</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.palaeo.2023.111855⟩</w:t>
+              <w:t xml:space="preserve">The Science of Nature Naturwissenschaften</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 110 (5), pp.41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00114-023-01871-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04762141v1</w:t>
+                <w:t xml:space="preserve">hal-04762189v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Osteohistological characterization of notosuchian osteoderms: Evidence for an overlying thick leathery layer of skin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariana Valéria de Araújo Sena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thiago da Silva Marinho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felipe Chinaglia Montefeltro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Max Cardoso Langer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thiago Schineider Fachini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Morphology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 284 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/jmor.21536⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03976672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inferring the lifestyles of extinct Crocodyliformes using osteoderm ornamentation</w:t>
+                <w:t xml:space="preserve">The cost of living in Notosuchia (Crocodyliformes, Mesoeucrocodylia)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariana Valéria de Araújo Sena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felipe Montefeltro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiago Marinho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Max Langer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thiago Fachini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Science of Nature Naturwissenschaften</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 110 (5), pp.41. </w:t>
+              <w:t xml:space="preserve">Palaeogeography, Palaeoclimatology, Palaeoecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 632 (1), pp.111855. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00114-023-01871-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.palaeo.2023.111855⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04762189v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04762141v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paleohistological inferences of thermometabolic regimes in Notosuchia (Pseudosuchia: Crocodylomorpha) revisited</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge Cubo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Aubier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Faure-Brac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2044,291 +2044,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04762222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Osteohistology and microanatomy of a new specimen of Cearachelys placidoi (Testudines: Pleurodira) a side‐necked turtle from the lower Cretaceous of Brazil</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Renan Alfredo Machado Bantim</w:t>
+                <w:t xml:space="preserve">Were Notosuchia (Pseudosuchia, Crocodylomorpha) warm-blooded? A palaeohistological analysis suggests ectothermy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Cubo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana V A Sena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Aubier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antônio Álamo Feitosa Saraiva</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Juliana Manso Sayão</w:t>
+                <w:t xml:space="preserve">Guillaume Houee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gustavo Ribeiro Oliveira</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Penelope Claisse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Anatomical Record: Advances in Integrative Anatomy and Evolutionary Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 304 (6), pp.1294-1304. </w:t>
+              <w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 131 (1), pp.154-162. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ar.24556⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/biolinnean/blaa081⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04762237v1</w:t>
+                <w:t xml:space="preserve">hal-03329989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Were Notosuchia (Pseudosuchia, Crocodylomorpha) warm-blooded? A palaeohistological analysis suggests ectothermy</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Paul Aubier</w:t>
+                <w:t xml:space="preserve">Osteohistology and microanatomy of a new specimen of Cearachelys placidoi (Testudines: Pleurodira) a side‐necked turtle from the lower Cretaceous of Brazil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana Valéria de Araújo Sena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renan Alfredo Machado Bantim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Houee</w:t>
+                <w:t xml:space="preserve">Antônio Álamo Feitosa Saraiva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliana Manso Sayão</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Penelope Claisse</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gustavo Ribeiro Oliveira</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Journal of the Linnean Society</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 131 (1), pp.154-162. </w:t>
+              <w:t xml:space="preserve">The Anatomical Record: Advances in Integrative Anatomy and Evolutionary Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 304 (6), pp.1294-1304. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/biolinnean/blaa081⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ar.24556⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03329989v1</w:t>
+                <w:t xml:space="preserve">hal-04762237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Strategies of Environmental Enrichment for ocelot Leopardus pardalis (Carnivora, Felidae) at Parque Estadual Dois Irmãos: a study case in Brazil</w:t>
               </w:r>
@@ -2642,51 +2642,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="036FF9F4"/>
+    <w:nsid w:val="7210A8E3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2873,51 +2873,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mariana-sena" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4708-999X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156517v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Bert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holly Woodward" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rinder" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Amiot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John R Horner" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-06282-5" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04968318v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esa&#250; Victor De Ara&#250;jo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Cubo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Val&#233;ria de Ara&#250;jo Sena" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renan Alfredo Machado Bantim" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Carlos Weinsch&#252;tz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/0001-3765202520240540" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150454v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pellarin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Clarac" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/cr-palevol2025v24a17" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04762167v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Aubier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Val&#233;ria Ara&#250;jo De Sena" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ar.25452" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04964405v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana V A Sena" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe C Montefeltro" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago S Marinho" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max C Langer" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago S Fachini" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18261/let.57.4.6" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04762173v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayat Lamrous" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ar.25437" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04762149v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Sena" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Faure-Brac" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ar.25548" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04841427v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Valeria de Araujo Sena" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holly Noelle Woodward" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ar.25611" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04762141v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Montefeltro" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Marinho" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Langer" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Fachini" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2023.111855" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976672v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago da Silva Marinho" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Chinaglia Montefeltro" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Cardoso Langer" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Schineider Fachini" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmor.21536" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04762189v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00114-023-01871-8" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912344v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Martet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pab.2022.28" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04762207v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Eriv&#226;nia Iz&#237;dio Souza" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nath&#225;lya de S&#225; Barreto Mendes" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Manso Say&#227;o" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20396/td.v18i00.8671245" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04762215v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Cesar Lima Pedroso De Andrade" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Barbosa De Carvalho" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Alex Kugland De Azevedo" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/cr-palevol2022v21a17" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04762222v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Val&#233;ria A. Sena" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renan Alfredo M. Bantim" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ant&#244;nio A.F. Saraiva" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Say&#227;o" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Oliveira" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/0001-3765202120201606" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04762237v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ant&#244;nio &#193;lamo Feitosa Saraiva" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Ribeiro Oliveira" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ar.24556" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03329989v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Houee" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penelope Claisse" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biolinnean/blaa081" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04762269v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gleice de Souza Santos" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Adelia Borstelmann De Oliveira" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34019/2596-3325.2018.v19.24747" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04762272v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael C&#233;sar Lima Pedroso De Andrade" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Antonio Barbosa" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4072/rbp.2017.3.06" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mariana-sena" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4708-999X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156517v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Bert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holly Woodward" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rinder" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Amiot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John R Horner" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-06282-5" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04968318v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esa&#250; Victor De Ara&#250;jo" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Cubo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Val&#233;ria de Ara&#250;jo Sena" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renan Alfredo Machado Bantim" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Carlos Weinsch&#252;tz" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/0001-3765202520240540" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150454v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pellarin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Clarac" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/cr-palevol2025v24a17" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04762173v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayat Lamrous" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ar.25437" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04964405v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana V A Sena" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe C Montefeltro" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago S Marinho" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max C Langer" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago S Fachini" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18261/let.57.4.6" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04762167v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Aubier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Val&#233;ria Ara&#250;jo De Sena" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ar.25452" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04762149v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Sena" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Faure-Brac" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ar.25548" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04841427v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Valeria de Araujo Sena" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holly Noelle Woodward" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ar.25611" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04762189v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00114-023-01871-8" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03976672v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago da Silva Marinho" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Chinaglia Montefeltro" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Cardoso Langer" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Schineider Fachini" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmor.21536" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04762141v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Montefeltro" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Marinho" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Langer" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thiago Fachini" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.palaeo.2023.111855" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912344v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaspard Martet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pab.2022.28" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04762207v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Eriv&#226;nia Iz&#237;dio Souza" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nath&#225;lya de S&#225; Barreto Mendes" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Manso Say&#227;o" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20396/td.v18i00.8671245" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04762215v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Cesar Lima Pedroso De Andrade" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Barbosa De Carvalho" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Alex Kugland De Azevedo" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5852/cr-palevol2022v21a17" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04762222v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Val&#233;ria A. Sena" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renan Alfredo M. Bantim" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ant&#244;nio A.F. Saraiva" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Say&#227;o" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Oliveira" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/0001-3765202120201606" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03329989v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Houee" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Penelope Claisse" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biolinnean/blaa081" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04762237v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ant&#244;nio &#193;lamo Feitosa Saraiva" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Ribeiro Oliveira" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ar.24556" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04762269v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gleice de Souza Santos" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Adelia Borstelmann De Oliveira" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34019/2596-3325.2018.v19.24747" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04762272v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael C&#233;sar Lima Pedroso De Andrade" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Antonio Barbosa" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4072/rbp.2017.3.06" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>