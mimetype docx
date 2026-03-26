--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -999,51 +999,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’approche neurolinguistique (ANL), la perspective actionnelle, et les émotions d’accomplissement ressenties par des élèves de 6ème en cours d’anglais</w:t>
+                <w:t xml:space="preserve">L'approche neurolinguistique, la perspective actionnelle, et les émotions d'accomplissement ressenties par des élèves de 6ème en cours d'anglais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebecca Starkey-Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Deledalle</w:t>
@@ -1078,93 +1078,93 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Le Gal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Langues Modernes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 1</w:t>
+              <w:t xml:space="preserve">, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04879854v1</w:t>
+                <w:t xml:space="preserve">hal-05134934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'approche neurolinguistique, la perspective actionnelle, et les émotions d'accomplissement ressenties par des élèves de 6ème en cours d'anglais</w:t>
+                <w:t xml:space="preserve">L’approche neurolinguistique (ANL), la perspective actionnelle, et les émotions d’accomplissement ressenties par des élèves de 6ème en cours d’anglais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rebecca Starkey-Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Deledalle</w:t>
@@ -1199,69 +1199,69 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Le Gal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Langues Modernes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025</w:t>
+              <w:t xml:space="preserve">, 2025, 1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05134934v1</w:t>
+                <w:t xml:space="preserve">hal-04879854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How Intense and Authentic Communication in Foreign Language Classes Has a Positive Effect on Learner Emotions</w:t>
               </w:r>
@@ -2948,230 +2948,230 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04869182v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Regards croisés sur l’évaluation du dispositif ANL4AMi : apports et discussions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The effect of teaching method on levels of enjoyment, boredom and anxiety of young French learners of English</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐marc Dewaele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Guedat‐bittighoffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elouise Botes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Ange Dat</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">I. Nocus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès international Plurensa</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023</w:t>
+              <w:t xml:space="preserve">The 32nd Conference of the European Second Language Association EUROSLA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Birmingham, United Kingdom. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04869192v1</w:t>
+                <w:t xml:space="preserve">hal-04869188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of teaching method on levels of enjoyment, boredom and anxiety of young French learners of English</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Regards croisés sur l’évaluation du dispositif ANL4AMi : apports et discussions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Guedat‐bittighoffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Ange Dat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Nocus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 32nd Conference of the European Second Language Association EUROSLA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Birmingham, United Kingdom. 2023</w:t>
+              <w:t xml:space="preserve">Congrès international Plurensa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Montpellier, France. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04869188v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04869192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enseignement de la langue et démarche d’intégration : exemples de dispositifs d’enseignement du français dans la région toulousaine</w:t>
               </w:r>
@@ -5224,51 +5224,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Guedat‐bittighoffer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Ange Dat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Nocus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international Le monde des enfants et leur bien-être</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Nantes, Jun 2019, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7393,51 +7393,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="F729DC36"/>
+    <w:nsid w:val="F4208314"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7624,51 +7624,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marie-ange-dat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0004-1290-2308" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/108061132" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02570085v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Granget" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ange Dat" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Guedat-Bittighoffer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Cuet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715684v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Ran&#231;on" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lidil.11845" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879804v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Nocus" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862233v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Starkey-Perret" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Gal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02485628v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02485612v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858112v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Spanghero-Gaillard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879854v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Deledalle" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Guedat&#8208;bittighoffer" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134934v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793662v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Dewaele" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elouise Botes" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3138/cmlr-2023-0012" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784682v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/202419110005" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671398v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;marc Dewaele" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ijal.12607" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862221v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lidil.11978" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785288v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lidil.12009" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457326v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Humeau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.9513" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862241v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale El Haj" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Albochi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20184610005" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02485166v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20173800001" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869884v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cmlf/2010196" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546628v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.164.0009" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864499v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Billi&#232;res" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864519v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864520v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546629v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corela.1118" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857470v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858057v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869182v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869192v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Nocus" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869188v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875509v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875501v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858165v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gaillard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chareix H&#233;l&#232;ne" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864515v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858161v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864530v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858159v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878318v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864630v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864628v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864625v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864585v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02486246v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02486249v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashraf Allawama" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864560v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864557v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05138045v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869180v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869184v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869193v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870441v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Starkey" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880063v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870456v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02485162v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880086v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870483v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873746v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873762v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862216v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873807v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873786v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873831v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875494v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873853v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873875v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858128v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864483v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873861v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873898v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880103v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878295v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858180v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873906v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878304v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878301v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878311v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05138113v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marie-ange-dat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0004-1290-2308" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/108061132" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02570085v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Granget" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ange Dat" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Guedat-Bittighoffer" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Cuet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04715684v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Bel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Ran&#231;on" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lidil.11845" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879804v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Nocus" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862233v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Starkey-Perret" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Gal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02485628v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02485612v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858112v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Spanghero-Gaillard" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05134934v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Deledalle" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Guedat&#8208;bittighoffer" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879854v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04793662v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Dewaele" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elouise Botes" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3138/cmlr-2023-0012" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04784682v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/202419110005" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04671398v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;marc Dewaele" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ijal.12607" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862221v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lidil.11978" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785288v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/lidil.12009" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457326v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Humeau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ree.9513" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862241v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale El Haj" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Albochi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20184610005" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02485166v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20173800001" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869884v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/cmlf/2010196" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546628v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lfa.164.0009" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864499v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Billi&#232;res" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864519v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864520v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546629v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/corela.1118" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04857470v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858057v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869182v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869188v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869192v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Nocus" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875509v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875501v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858165v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gaillard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chareix H&#233;l&#232;ne" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864515v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858161v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864530v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858159v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878318v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864630v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864628v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864625v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864585v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02486246v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02486249v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashraf Allawama" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864560v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864557v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05138045v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869180v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869184v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04869193v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870441v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Starkey" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880063v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870456v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02485162v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880086v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04870483v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873746v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873762v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04862216v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873807v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873786v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873831v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04875494v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873853v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873875v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858128v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04864483v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873861v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873898v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04880103v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878295v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04858180v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04873906v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878304v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878301v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878311v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05138113v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>