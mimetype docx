--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -109,234 +109,234 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'autonomie comme droit internationalement protégé ?</w:t>
+                <w:t xml:space="preserve">Faire vivre la recherche: 40 ans de Droit et Changement Social</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Baudel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Droits humains, autonomie, santé mentale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UDAF Tarn-et-Garonne, Sep 2024, Montbeton, France</w:t>
+              <w:t xml:space="preserve">40 ans du Laboratoire Droit et Changement social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, Nantes (France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04865292v1</w:t>
+                <w:t xml:space="preserve">hal-04865284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faire vivre la recherche: 40 ans de Droit et Changement Social</w:t>
+                <w:t xml:space="preserve">Imaginaire et droits humains: de l'utopie à la méthode</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Baudel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">40 ans du Laboratoire Droit et Changement social</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2024, Nantes (France), France</w:t>
+              <w:t xml:space="preserve">Ancrer l’autonomie comme droit humain : Quels imaginaires ? Quelles méthodes ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04865284v1</w:t>
+                <w:t xml:space="preserve">hal-04865288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imaginaire et droits humains: de l'utopie à la méthode</w:t>
+                <w:t xml:space="preserve">L'autonomie comme droit internationalement protégé ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Baudel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ancrer l’autonomie comme droit humain : Quels imaginaires ? Quelles méthodes ?</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">Droits humains, autonomie, santé mentale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UDAF Tarn-et-Garonne, Sep 2024, Montbeton, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04865288v1</w:t>
+                <w:t xml:space="preserve">hal-04865292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La réception de la Convention relative aux droits des personnes handicapées dans les systèmes régionaux de protection des droits de l'homme</w:t>
               </w:r>
@@ -385,234 +385,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04865300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’OMS doit-elle revoir sa définition de la santé mentale ?</w:t>
+                <w:t xml:space="preserve">La capacité juridique universelle : point d’appui d’une transformation des représentations et des pratiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Baudel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Petit séminaire critique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2021, Nantes, France</w:t>
+              <w:t xml:space="preserve">Les droits humains des personnes vulnérabilisées par la maladie, le handicap et la dépendance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04865313v1</w:t>
+                <w:t xml:space="preserve">hal-04865304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La capacité juridique universelle : point d’appui d’une transformation des représentations et des pratiques</w:t>
+                <w:t xml:space="preserve">Le travail en milieu protégé pour les personnes en situation de handicap psychique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Baudel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les droits humains des personnes vulnérabilisées par la maladie, le handicap et la dépendance</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Lyon, France</w:t>
+              <w:t xml:space="preserve">Séminaire OrgaSen - De la prévention à l’aménagement : quelle cohérence entre les dispositifs de protection du travailleur face aux troubles psychiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Franck Héas, Sep 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04865304v1</w:t>
+                <w:t xml:space="preserve">hal-04865302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le travail en milieu protégé pour les personnes en situation de handicap psychique</w:t>
+                <w:t xml:space="preserve">L’OMS doit-elle revoir sa définition de la santé mentale ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Baudel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire OrgaSen - De la prévention à l’aménagement : quelle cohérence entre les dispositifs de protection du travailleur face aux troubles psychiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Franck Héas, Sep 2021, Nantes, France</w:t>
+              <w:t xml:space="preserve">Petit séminaire critique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04865302v1</w:t>
+                <w:t xml:space="preserve">hal-04865313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apport et mutation de l’Union européenne en matière de sécurité sanitaire</w:t>
               </w:r>
@@ -794,263 +794,263 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04728960v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Santé mentale et organisation du travail, Approche juridique et regards croisés (F. Héas dir.)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fragilité des droits, fragilité du Droit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Baudel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Héas</w:t>
+                <w:t xml:space="preserve">Thomas Blangis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marie Baudel</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carolina Gualdron Tolosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sonia Desmoulin-Canselier</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Lamarre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Véron</w:t>
+                <w:t xml:space="preserve">Diane Jeusel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Dalloz, 400 p., 2022, 978-2-247-21538-6</w:t>
+              <w:t xml:space="preserve">Institut Francophone pour la Justice et la Démocratie, 2022, Colloques &amp; Essais, 978-2-37032-332-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03780891v1</w:t>
+                <w:t xml:space="preserve">hal-04865341v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fragilité des droits, fragilité du Droit</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Santé mentale et organisation du travail, Approche juridique et regards croisés (F. Héas dir.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Héas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Baudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thomas Blangis</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Desmoulin-Canselier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Carolina Gualdron Tolosa</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diane Jeusel</w:t>
+                <w:t xml:space="preserve">Paul Véron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Institut Francophone pour la Justice et la Démocratie, 2022, Colloques &amp; Essais, 978-2-37032-332-3</w:t>
+              <w:t xml:space="preserve">Dalloz, 400 p., 2022, 978-2-247-21538-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04865341v1</w:t>
+                <w:t xml:space="preserve">hal-03780891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1062,534 +1062,534 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La protection des droits de l’homme face aux risques liés à l’élévation du niveau de la mer</w:t>
+                <w:t xml:space="preserve">La santé mentale en droit de la fonction publique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Baudel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Valérie Boré-Eveno. </w:t>
+              <w:t xml:space="preserve">Franck Héas. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Élévation du niveau de la mer et droit international</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Pedone, 2022</w:t>
+              <w:t xml:space="preserve">Santé mentale et organisation du travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dalloz, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04865416v1</w:t>
+                <w:t xml:space="preserve">hal-04865389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La protection des droits de l’homme face aux risques liés à l’élévation du niveau de la mer</w:t>
+                <w:t xml:space="preserve">La santé mentale en droit international de la santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Baudel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Valérie Boré-Eveno. </w:t>
+              <w:t xml:space="preserve">Franck Héas. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Élévation du niveau de la mer et droit international</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Pedone, pp.153-167, 2022, 978-2-233-01025-4</w:t>
+              <w:t xml:space="preserve">Santé mentale et organisation du travail - Approche juridique et regards croisés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dalloz, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04151858v1</w:t>
+                <w:t xml:space="preserve">hal-04865384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La santé mentale en droit international de la santé</w:t>
+                <w:t xml:space="preserve">L’appréhension du suicide en droit international</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Baudel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Franck Héas. </w:t>
+              <w:t xml:space="preserve">Pascal Vielfaure; François Vialla; Sophie Joly. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Santé mentale et organisation du travail - Approche juridique et regards croisés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dalloz, 2022</w:t>
+              <w:t xml:space="preserve">Le suicide</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, LEH éditions, pp.299-307, 2022, 978-2-84874-938-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04865384v1</w:t>
+                <w:t xml:space="preserve">hal-04151895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La santé mentale en droit de la fonction publique</w:t>
+                <w:t xml:space="preserve">La protection des droits de l’homme face aux risques liés à l’élévation du niveau de la mer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Baudel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Franck Héas. </w:t>
+              <w:t xml:space="preserve">Valérie Boré-Eveno. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Santé mentale et organisation du travail</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dalloz, 2022</w:t>
+              <w:t xml:space="preserve">Élévation du niveau de la mer et droit international</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Pedone, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04865389v1</w:t>
+                <w:t xml:space="preserve">hal-04865416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’appréhension du suicide en droit international</w:t>
+                <w:t xml:space="preserve">La protection des droits de l’homme face aux risques liés à l’élévation du niveau de la mer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Baudel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Pascal Vielfaure; François Vialla; Sophie Joly. </w:t>
+              <w:t xml:space="preserve">Valérie Boré-Eveno. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le suicide</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, LEH éditions, pp.299-307, 2022, 978-2-84874-938-9</w:t>
+              <w:t xml:space="preserve">Élévation du niveau de la mer et droit international</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Pedone, pp.153-167, 2022, 978-2-233-01025-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04151895v1</w:t>
+                <w:t xml:space="preserve">hal-04151858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le droit à l’accès aux nouvelles technologies compensatrices du handicap</w:t>
+                <w:t xml:space="preserve">Le droit face à la peur du fou : interrogations sur les fondements et perspectives des lois relatives à la santé mentale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Baudel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Joseph Reeves; Agathe Vitour. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Santé et droit international</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Pedone, pp.343-354, 2019, 9782233009104</w:t>
+              <w:t xml:space="preserve">Peur de la sanction et sanction de la peur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Poitiers, pp.171-180, 2019, 979-10-90426-91-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03368498v1</w:t>
+                <w:t xml:space="preserve">hal-03368515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le droit face à la peur du fou : interrogations sur les fondements et perspectives des lois relatives à la santé mentale</w:t>
+                <w:t xml:space="preserve">Le droit à l’accès aux nouvelles technologies compensatrices du handicap</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Baudel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Peur de la sanction et sanction de la peur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Université de Poitiers, pp.171-180, 2019, 979-10-90426-91-7</w:t>
+              <w:t xml:space="preserve">Santé et droit international</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Pedone, pp.343-354, 2019, 9782233009104</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03368515v1</w:t>
+                <w:t xml:space="preserve">hal-03368498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La prise en compte de la Convention relative aux droits des personnes handicapées par l'Organisation Mondiale de la Santé : quelle approche en matière de capacité juridique ?</w:t>
               </w:r>
@@ -1890,243 +1890,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04151792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementing WHO-Quality Rights Project in Tunisia: Results of an Intervention at Razi Hospital</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mauro Giovanni Carta</w:t>
+                <w:t xml:space="preserve">L'affaire Lambert et la Convention internationale relative aux droits des personnes handicapées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Véron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Baudel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Practice and Epidemiology in Mental Health</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Médecine &amp; Droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 160, pp.1-5</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04151831v1</w:t>
+                <w:t xml:space="preserve">hal-03299607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'affaire Lambert et la Convention internationale relative aux droits des personnes handicapées</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Paul Véron</w:t>
+                <w:t xml:space="preserve">Implementing WHO-Quality Rights Project in Tunisia: Results of an Intervention at Razi Hospital</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauro Giovanni Carta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rym Ghacem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Milka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olfa Moula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nidhal Staali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine &amp; Droit</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Clinical Practice and Epidemiology in Mental Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 16 (1), pp.125-133. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2174/1745017902016010125⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03299607v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04151831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’Union européenne et la sécurité sanitaire internationale</w:t>
               </w:r>
@@ -2282,51 +2282,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organisation du travail et santé mentale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Héas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul-Anthelme Adèle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2334,51 +2334,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Baudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion del Sol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Desmoulin-Canselier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] DRESS-Mire; DARES - Direction de l'animation de la recherche, des études et des statistiques du Ministère du travail, de l'emploi et de l'insertion. 2022, 468 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
@@ -2573,51 +2573,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865292v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Baudel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865284v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865288v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865300v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865313v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865304v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865302v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865323v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728960v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Romi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Lormeteau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Audrain-Demey" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780891v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck H&#233;as" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Desmoulin-Canselier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mesnil" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul V&#233;ron" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865341v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blangis" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Gualdron Tolosa" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lamarre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Jeusel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865416v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151858v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865384v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865389v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151895v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368498v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368515v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02298432v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151822v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151805v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.224.0061" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151792v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151831v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Giovanni Carta" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rym Ghacem" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Milka" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olfa Moula" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nidhal Staali" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1745017902016010125" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299607v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03157888v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349567v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693825v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Anthelme Ad&#232;le" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion del Sol" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865284v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Baudel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865288v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865292v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865300v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865304v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865302v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865313v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865323v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04728960v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Romi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blanche Lormeteau" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Audrain-Demey" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865341v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Blangis" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Gualdron Tolosa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Lamarre" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Jeusel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780891v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck H&#233;as" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Desmoulin-Canselier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mesnil" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul V&#233;ron" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865389v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865384v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151895v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04865416v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151858v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368515v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03368498v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02298432v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151822v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151805v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rfas.224.0061" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151792v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299607v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04151831v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mauro Giovanni Carta" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rym Ghacem" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Milka" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olfa Moula" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nidhal Staali" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1745017902016010125" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03157888v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03349567v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693825v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Anthelme Ad&#232;le" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion del Sol" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>