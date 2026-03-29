--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -66,2372 +66,2372 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (23)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Douches publiques à Bruxelles : des perspectives face aux carences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Bacquaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Bony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Deligne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Richelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Brussels Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 211, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/15hub⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05498120v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des bains-douches populaires aux douches municipales. Histoire contrastée des établissements d’hygiène dans deux villes moyennes (Pau et Amiens) depuis le début du XXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Bony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Histoire urbaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, Les bains en ville : acteurs privés, acteurs publics, 73, pp.79-101</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05380174v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beyond ethnicity: understanding the interplay between migration, commercial centralities and urban diversity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadrien Dubucs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucine Endelstein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Belgeo : Revue Belge de Géographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 3, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/12om9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04836675v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baigner et laver son corps en ville. Aménagements, politiques et expériences. Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Bony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Géographie et cultures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Baigner et laver son corps en ville. Aménagements, politiques et expériences, 120-121, pp.5-18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/11tiw⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04705651v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éditorial : « Habitants. Construire sa place ici et ailleurs »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aline Hémond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Jacques Olagnier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Territoire en mouvement. Revue de Géographie et d'Aménagement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 48-49, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/TEM.7793⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03690507v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Usos comerciales y representaciones del barrio Château-Rouge : una experiencia de encuesta en un espacio publico</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revista INVI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, La observation de las movilidades cotidianas, 36 (102), pp.233</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04278977v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction. De la « ville revanchiste » à la « ville solidaire » ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Bony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Letniowska-Swiat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Espace Populations Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03507195v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Table ronde « Pratiques et territoires de l’informalité »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Azaïs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Fabien Steck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Milliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Espaces et sociétés (Paris, France)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 180-181, pp.191-223. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/esp.180.0191⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03887362v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment on s'organise ?&amp;quot; Le programme REV, une recherche collective sous le regard de ses chercheurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvaine Conord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yankel Fijalkow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Henrio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Rozenholc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ethnographiques.org : revue en ligne de sciences humaines et sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Enquêtes collectives (32)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01640149v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Comment on s'organise ? » Le programme REV, une recherche collective sous le regard de ses chercheurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvaine Conord</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yankel Fijalkow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Rozenholc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Henrio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ethnographiques.org : revue en ligne de sciences humaines et sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03670429v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les trajectoires en bouleversement d'un vieux quartier d'immigration à Paris : Une approche micro-géographique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anouche Kunth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Diasporas. Circulations, migrations, histoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 28, pp.105-114. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/diasporas.643⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03690962v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rester au centre-ville : ce(ux) qui résiste(nt) à la gentrification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Rozenholc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Uzance - Revue d'ethnologie européenne de la fédération Wallonie-Bruxelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 4, pp.4-15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03711649v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Évolutions récentes des quartiers d’immigration à Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hommes et migrations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 1308, pp.87-95. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/hommesmigrations.3002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04266556v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Château Rouge: a &amp;quot;Little Africa&amp;quot; in Paris? The users and usages of a migrant commercial centrality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Metropolitics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03711347v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Continuités d’usages et maintien d’une centralité commerciale immigrée à Château-Rouge (Paris)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Annales de la Recherche Urbaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 108 (1), pp.96-107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3406/aru.2013.3210⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04266564v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qui sont « les Africains de Château Rouge » ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Métropolitiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03615600v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour une approche critique des discours sur l’immigration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Géographie et cultures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 84, pp.144-145. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/gc.2541⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04266575v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De nouvelles formes de gentrification ? Dynamiques résidentielles et commerciales à Château-Rouge (Paris)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e-migrinter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Regards sur les migrations sud-asiatiques, 8, pp.116-118. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/e-migrinter.639⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04604962v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zalc, Claire (2010), Melting Shops. Une histoire des commerçants étrangers en France, Paris, Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e-migrinter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 8, pp.137-138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/e-migrinter.667⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04266594v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">&amp;lt;i&amp;gt;« Les migrations internationales peuvent-elles contribuer au développement des régions de départ ? »&amp;lt;/i&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e-migrinter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Réflexions croisées sur les migrations en Afrique de l'Ouest, 7, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/e-migrinter.911⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04606881v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les nouvelles migrations en Suède dans l’œuvre du romancier Henning Mankell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e-migrinter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 5, pp.81-84. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/e-migrinter.1912⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04266578v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le nouveau site de la REMI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e-migrinter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, Documentation sur Internet et migrations internationales, 3, pp.35-36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/12k6q⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04615658v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">TARRIUS, Alain (2007) &amp;lt;i&amp;gt;La remontée des Sud, Afghans et Marocains en Europe méridionale&amp;lt;/i&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e-migrinter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, La migration des mineurs non accompagnés en Europe, 2, pp.214-215</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04617011v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Rapport (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapitre 5. Travailler aux douches publiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Bony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Les bains-douches, un service public original entre histoire et devenir. Rapport final du projet de recherche THERMAPOLIS (version longue), UPJV (Université de Picardie Jules Vernes); ANR (Agence Nationale de la Recherche - France). 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05448380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les bains-douches, un service public original entre histoire et devenir. Rapport final du projet de recherche THERMAPOLIS (version longue)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université de Picardie Jules Verne. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05420663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Se doucher hors de chez soi à Bruxelles. Enquête par questionnaires aux Bains du Centre et à DoucheFLUX (octobre 2022)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Bony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université de Picardie Jules Verne (UPJV), Amiens. 2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04764595v1</w:t>
-              </w:r>
-[...2093 lines deleted...]
-                <w:t xml:space="preserve">hal-04617011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (13)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2449,51 +2449,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Washing outside of home. How to negociate a place between intimacy and urban service ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chabrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judicaëlle Dietrich</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2531,64 +2531,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qui travaille aux douches ? Agents, travailleurs sociaux et bénévoles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Bony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque « Bains-douches : un service public originale entre histoire et devenir »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Saint-denis, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2613,51 +2613,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Se laver en dehors de chez-soi. Une urgence remise à l’agenda politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chabrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Judicaëlle Dietrich</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2695,51 +2695,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’histoire oubliée des bains-douches populaires à Amiens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence organisée par la Société des Antiquaires de Picardie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société des Antiquaires de Picardie, Sep 2023, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2764,64 +2764,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">17% de femmes dans les douches sociales à Bruxelles. Retour sur une enquête par questionnaire menée en 2022</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Bony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’étude « Genre et bains-douches »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université du Havre, Dec 2023, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2840,139 +2840,139 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04369907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Où se doucher dans une ville sans bains-douches municipaux ? Géographie sociale de l’offre de douches associatives à Amiens</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Des bains-publics aux douches associatives : rétrécissement et segmentation de l’offre de douches à Amiens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’études de mi-parcours du projet Thermapolis « Gouverner les services sociaux locaux à l’articulation du public et du privé. L’exemple des bains-douches</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2022, Amiens, France</w:t>
+              <w:t xml:space="preserve">Journées d'étude "A la croisée du politique et de l’intime : douches et bains publics au prisme des migrations"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Convergences Migrations / Centre du Patrimoine Arménien, Nov 2022, Valence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04039773v1</w:t>
+                <w:t xml:space="preserve">hal-04023871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des projets de bains-douches portés par la société civile. Les exemples de Saint-Denis (93) et Bruxelles (Belgique).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Bony</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées de mi-parcours de l'ANR THERMAPOLIS "Gouverner les services sociaux locaux à l’articulation du privé et du public. L’exemple des bains-douches"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Picardie Jules Verne, Dec 2022, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2991,290 +2991,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04024325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des bains-publics aux douches associatives : rétrécissement et segmentation de l’offre de douches à Amiens</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Où se doucher dans une ville sans bains-douches municipaux ? Géographie sociale de l’offre de douches associatives à Amiens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d'étude "A la croisée du politique et de l’intime : douches et bains publics au prisme des migrations"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut Convergences Migrations / Centre du Patrimoine Arménien, Nov 2022, Valence, France</w:t>
+              <w:t xml:space="preserve">Journées d’études de mi-parcours du projet Thermapolis « Gouverner les services sociaux locaux à l’articulation du public et du privé. L’exemple des bains-douches</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2022, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04023871v1</w:t>
+                <w:t xml:space="preserve">hal-04039773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lorsque les associations viennent pallier les pouvoirs publics dans la lutte pour le logement</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Histoires d'immeubles, de logements et d'habitants : une approche micro-géographique du changement urbain dans un quartier en gentrification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chabrol</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yannick Henrio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6es journées de l'habiter. Quelle place pour les plus vulnérables ? De la « ville dissuasive » à la « ville solidaire »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire "Habiter le monde", Dec 2019, Amiens, France</w:t>
+              <w:t xml:space="preserve">Première journée d'étude de l'Atelier Microgéographie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UMR 5319 Passages, Université Bordeaux Montaigne, Nov 2019, Bordeaux, Maison des Suds, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02565841v1</w:t>
+                <w:t xml:space="preserve">hal-04194880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Histoires d'immeubles, de logements et d'habitants : une approche micro-géographique du changement urbain dans un quartier en gentrification</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Lorsque les associations viennent pallier les pouvoirs publics dans la lutte pour le logement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Rozenholc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Henrio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Première journée d'étude de l'Atelier Microgéographie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UMR 5319 Passages, Université Bordeaux Montaigne, Nov 2019, Bordeaux, Maison des Suds, France</w:t>
+              <w:t xml:space="preserve">6es journées de l'habiter. Quelle place pour les plus vulnérables ? De la « ville dissuasive » à la « ville solidaire »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire "Habiter le monde", Dec 2019, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04194880v1</w:t>
+                <w:t xml:space="preserve">hal-02565841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etudier la gentrification au prisme des marchés populaires et immigrés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La ville et les sciences sociales. Ce que la ville fait à l'anthropologie, ce que l'anthropologie fait à la ville</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Premier Congrès de l'association Anthropovilles, Nov 2019, Lille, Maison des Sciences de l'Homme et de la Société, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3299,77 +3299,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tensions au centre de Bruxelles : gentrification, places marchandes et populations migrantes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chabrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Rosenfeld</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Rozenholc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu van Criekingen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3407,64 +3407,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rester en ville dans des logements de qualité. Le rôle du secteur associatif à Bruxelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chabrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Rozenholc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international Penser les migrations pour repenser la société, Atelier « Migration et changement urbain »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Migrinter, Jun 2016, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3521,64 +3521,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baigner et laver son corps en ville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Bony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Géographie et cultures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 120-121, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3612,64 +3612,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Habitants. Construire sa place ici et ailleurs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chabrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Jacques Olagnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aline Hemond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3716,77 +3716,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la « ville revanchiste » à la « ville solidaire »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Bony</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chabrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Letniowska-Swiat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Espace Populations Sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3852,51 +3852,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bain-douche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nos lieux communs. Une géographie du monde contemporain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Fayard, pp.59-63, 2024, 9782213725147</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3947,51 +3947,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Portnoï</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriella Trotta-Brambilla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IO3 Manual of best practices for a blended flexible training activity in architecture for higher education institutions, FAMagazine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4016,51 +4016,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre pratiques et régulations : quelles places du commerce &amp;quot;ethnique&amp;quot; ou &amp;quot;minoritaire&amp;quot; à Paris ? L'exemple des quartiers Château Rouge et la Chapelle.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chabrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Goreau-Ponceaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4111,51 +4111,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mobilités et dynamiques des espaces publics : une méthodologie associant enquête par questionnaires et observations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">William Berthomiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chabrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Mercedes Di Virgilio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4227,77 +4227,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Centralités marchandes, de l’entreprenariat ethnique à la diversité urbaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hadrien Dubucs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucine Endelstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Yann Scioldo-Zürcher; Maris-Antoinette Hily; Emmanuel Ma‐Mung. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Étudier les migrations internationales : expériences de recherches</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presse universitaire François Rabelais, pp.147-170, 2019, Migrations, 978-2-86906-695-3</w:t>
@@ -4326,64 +4326,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quelle place pour les plus vulnérables dans un quartier en gentrification ? Ambivalence des pouvoirs publics et résistances populaires à la Goutte-d’Or, Paris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chabrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Henrio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Florence Bouillon; Agnès Deboulet; Pascale Dietrich-Ragon; Yankel Fijalkow. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vulnérabilités résidentielles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions de l’Aube, pp.89-104, 2019, Bibliothèque des territoires, 978-2-8159-3401-5</w:t>
@@ -4412,77 +4412,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Repenser aujourd'hui le commerce alimentaire &amp;quot;ethnique&amp;quot; : une comparaison de quartiers parisiens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chabrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hadrien Dubucs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucine Endelstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Cohen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4554,64 +4554,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Commerce et migration. Du commerce à la valise aux centralités marchandes immigrées</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hadrien Dubucs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Gasnier Arnaud et Lemarchand Nathalie </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le commerce dans tous ses états</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.293-302, 2014, Le commerce dans tous ses états</w:t>
@@ -4672,51 +4672,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gentrifications: Views from Europe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chabrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4799,51 +4799,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gentrifications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chabrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Collet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4926,51 +4926,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La France des marges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chabrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Monot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5014,51 +5014,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Je réussis en géo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chabrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Monot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5134,51 +5134,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les hôpitaux ont besoin d'espaces pour respirer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Chabrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020, en ligne [6 p.]</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5228,51 +5228,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De nouvelles formes de gentrification? Dynamiques résidentielles et commerciales à Château-Rouge (Paris)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Géographie. Université de Poitiers, 2011. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -5331,51 +5331,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Commerce alimentaire à Château-Rouge (Paris)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Photography. Paris 18 Buttes-Montmartre, France. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
@@ -5397,51 +5397,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La centralité africaine de Château d'Eau à Paris</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chabrol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Photography. Paris 10 Entrepôt, France. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (photographie)</w:t>
@@ -5632,51 +5632,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448380v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bony" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chabrol" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05420663v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04764595v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498120v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bacquaert" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Deligne" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Richelle" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15hub" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05380174v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04705651v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11tiw" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04836675v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Dubucs" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucine Endelstein" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12om9" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03690507v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline H&#233;mond" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jacques Olagnier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/TEM.7793" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04278977v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03507195v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Letniowska-Swiat" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03887362v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chevalier" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Aza&#239;s" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fabien Steck" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Milliot" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/esp.180.0191" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640149v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Conord" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yankel Fijalkow" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Henrio" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Rozenholc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03670429v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03690962v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouche Kunth" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/diasporas.643" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03711649v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04266556v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/hommesmigrations.3002" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04266564v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/aru.2013.3210" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03711347v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03615600v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04604962v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/e-migrinter.639" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04266575v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gc.2541" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04266594v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/e-migrinter.667" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606881v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/e-migrinter.911" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04266578v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/e-migrinter.1912" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615658v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12k6q" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617011v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04711705v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judica&#235;lle Dietrich" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04814394v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05382047v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04196455v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04369907v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04039773v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04024325v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04023871v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02565841v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04194880v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04194869v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01548150v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Rosenfeld" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu van Criekingen" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01548165v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04627499v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11tjd" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03851990v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Hemond" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tem.7011" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03852007v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.11425" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05380304v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659996v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Portno&#239;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Trotta-Brambilla" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02899886v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Goreau-Ponceaud" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02526889v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Berthomiere" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Mercedes Di Virgilio" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Dureau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre L&#233;vy" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04015376v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02565794v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01404821v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Cohen" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pur-editions.fr/detail.php?idOuv=4140" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01378076v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03851915v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Collet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Giroud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Launay" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Rousseau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3167/9781800736580" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01412169v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editionsamsterdam.fr/gentrifications/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04277263v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Monot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Paris" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04278953v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134154v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Chabrol" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00658852v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00820086v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00820079v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498120v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Bacquaert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Bony" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chabrol" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Deligne" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Richelle" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15hub" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05380174v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tlse2.hal.science/hal-04836675v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadrien Dubucs" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucine Endelstein" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12om9" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04705651v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11tiw" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03690507v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline H&#233;mond" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jacques Olagnier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/TEM.7793" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04278977v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03507195v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Letniowska-Swiat" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03887362v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Chevalier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Aza&#239;s" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fabien Steck" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Milliot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/esp.180.0191" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01640149v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Conord" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yankel Fijalkow" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Henrio" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Rozenholc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03670429v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03690962v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouche Kunth" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/diasporas.643" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03711649v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04266556v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/hommesmigrations.3002" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03711347v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04266564v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/aru.2013.3210" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03615600v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04266575v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/gc.2541" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04604962v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/e-migrinter.639" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04266594v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/e-migrinter.667" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04606881v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/e-migrinter.911" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04266578v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/e-migrinter.1912" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04615658v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12k6q" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04617011v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05448380v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05420663v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04764595v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04711705v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judica&#235;lle Dietrich" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04814394v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05382047v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04196455v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04369907v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04023871v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04024325v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04039773v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04194880v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02565841v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04194869v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01548150v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Rosenfeld" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu van Criekingen" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01548165v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04627499v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11tjd" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03851990v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Hemond" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tem.7011" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03852007v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.11425" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05380304v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03659996v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Portno&#239;" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Trotta-Brambilla" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02899886v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Goreau-Ponceaud" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02526889v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Berthomiere" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Mercedes Di Virgilio" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Dureau" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre L&#233;vy" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04015376v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02565794v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01404821v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Cohen" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pur-editions.fr/detail.php?idOuv=4140" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01378076v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03851915v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Collet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Giroud" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Launay" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Rousseau" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3167/9781800736580" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01412169v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.editionsamsterdam.fr/gentrifications/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04277263v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Monot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Paris" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04278953v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03134154v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Chabrol" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00658852v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00820086v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://media.hal.science/medihal-00820079v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>