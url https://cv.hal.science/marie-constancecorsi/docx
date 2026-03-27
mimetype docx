--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Marie-Constance Corsi </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Inria research scientist</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">I am an Inria research scientist at Paris Brain Institute in the NERV Lab.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">My research currently focuses on the development of tools to address the “Brain-Computer Interface (BCI) inefficiency” issue, reflected by a non-negligible portion of users who cannot control the device even after several training sessions. I essentially consider two main approaches: the search for neurophysiological markers of BCI training and the integration of multimodal data to enrich the information provided to the classifier.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">I previously served as secretary general of the French academic association promoting the advances in BCI, called CORTICO, and as co-chair of the Postdocs and Students Committee of the BCI Society.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">More information can be retrieved in </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">my professional website</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (updated CV, news...).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Don’t hesitate to contact me if you want any additional information or if you are interested by a research collaboration!</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imagined movement modulates cardiac-cortico-cortical and cardiac-cortico-cerebellar oscillatory networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Candia-Rivera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio De Vico Fallani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroImage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 328, pp.121804. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neuroimage.2026.121804⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05518625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Community Detection From Multiple Observations: From Product Graph Model to Brain Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiziana Cattai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaetano Scarano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio Devico Fallani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefania Colonnese</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Signal and Information Processing over Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 11, pp.201-214. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TSIPN.2025.3540702⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05273024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low-dimensional controllability of brain networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remy Ben Messaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Du</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camile Bousfiha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliana Gonzalez-Astudillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04302540v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Node-layer duality in networked systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charley Presigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-024-50176-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04163895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometric Neural Network based on Phase Space for BCI decoding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Carrara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Aristimunha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Yokoingawa de Camargo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neural Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1741-2552/ad88a2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04500580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring Neuronal Avalanches to inform Brain-Computer Interfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierpaolo Sorrentino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis P Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo L. Gollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iScience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 27 (1), pp.108734. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.isci.2023.108734⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345847v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HappyFeat—An interactive and efficient BCI framework for clinical applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Desbois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Software Impacts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19, pp.100610. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.simpa.2023.100610⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04343247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neuronal avalanches in temporal lobe epilepsy as a noninvasive diagnostic tool investigating large scale brain dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emahnuel Troisi Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierpaolo Sorrentino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Cuozzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Danieli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 14 (1), pp.14039. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-024-64870-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04618262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riemannian geometry for combining functional connectivity metrics and covariance in BCI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Yger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Software Impacts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12, pp.100254. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.simpa.2022.100254⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03772666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional connectivity ensemble method to enhance BCI performance (FUCONE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Yger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, inPress, pp.1-1. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TBME.2022.3154885⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03594331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BCI learning induces core-periphery reorganization in M/EEG multiplex brain networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neural Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 18 (5), pp.056002. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1741-2552/abef39⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171591v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A machine learning approach to screen for preclinical Alzheimer's disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sinead Gaubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Houot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Raimondo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Ansart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurobiology of Aging</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 105, pp.205-216. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neurobiolaging.2021.04.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03261206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase/Amplitude Synchronization of Brain Signals During Motor Imagery BCI Tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiziana Cattai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefania Colonnese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Bassett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaetano Scarano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Neural Systems and Rehabilitation Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29, pp.1168-1177. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNSRE.2021.3088637⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03285091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving J-Divergence of Brain Connectivity States by Graph Laplacian Denoising</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiziana Cattai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaetano Scarano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Bassett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Signal and Information Processing over Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 7, pp.493-508. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TSIPN.2021.3100302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03521527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional disconnection of associative cortical areas predicts performance during BCI training</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroImage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 209, pp.116500. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neuroimage.2019.116500⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03006210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Network-based brain computer interfaces: principles and applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliana Gonzalez-Astudillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiziana Cattai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Bassignana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neural Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1741-2552/abc760⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03015953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning in brain-computer interface control evidenced by joint decomposition of brain and behavior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Stiso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Vettel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Pasqualetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neural Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 17 (4), pp.046018. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1741-2552/ab9064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02935359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EEG evidence of compensatory mechanisms in preclinical Alzheimer’s disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sinead Gaubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Raimondo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Houot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacobo Diego Sitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain - A Journal of Neurology </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/brain/awz150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02164586v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetoencephalography With Optically Pumped He-4 Magnetometers at Ambient Temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Labyt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Fourcault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augustin Palacios Laloy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Medical Imaging</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 38 (1), pp.90-98. </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TMI.2018.2856367⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating EEG and MEG Signals to Improve Motor Imagery Classification in Brain–Computer Interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ankit Khambhati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Neural Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/S0129065718500144⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01893132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signal processing for brain signals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Llorens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neural Interfaces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, pp.63-76, 2025, 978-0-443-24824-5. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-443-24824-5.00016-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05273016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electroencephalography and Magnetoencephalography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Olivier Colliot (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Machine learning for brain disorders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03604421v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (37)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and Usability of Common Spatial Pattern Features in Motor Imagery Neurofeedback</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassandra Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dussard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPNC 2025 - Journées "Brain Insights into Memory and Consciousness" de la Société de Psychophysiologie et de Neurosciences Cognitives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société de Psychophysiologie et de Neurosciences Cognitives, Nov 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05366284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interpretability of Riemannian tools used in brain computer interfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault de Surrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Yger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MLSP 2025 - 35th IEEE International Workshop on Machine Learning for Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Istanbul, Turkey. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MLSP62443.2025.11204309⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05245110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riemannian fusions of EEG-based features for motor imagery detection under propofol sedation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Marissens Cueva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camilla Mannino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MLSP 2025 - IEEE International Workshop on Machine Learning for Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05247041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the Variability of Common Spatial Patterns in Motor Imagery Neurofeedback</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassandra Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dussard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées CORTICO 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05078067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using models for classification: real-life applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOMAG 2024 - 23rd International Conference on Biomagnetism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Sydney, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04701100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introducing the modularity graph: an application to brain functional networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiziana Cattai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camilla Caporali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefania Colonese</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUSIPCO 2024 - 32nd European conference on signal processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04895016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neuronal avalanches for eeg-based motor imagery BCI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camilla Mannino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierpaolo Sorrentino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th Graz Brain-Computer Interface Conference 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Graz, Austria. pp.98, </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3217/978-3-99161-014-4-018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04698548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What are BCIs, and how do they work? How to ease the reproducibility in BCI?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Desbois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Neuroergonomics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04701062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A theory-driven approach to data analysis: practical applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33rd Annual Computational Neuroscience Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Organization for Computational Neuroscience, Jul 2024, Natal, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04701039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Riemannian Neural Architectures for Domain Adaptation in Burst cVEP-based Brain Computer Interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Velut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dehais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESANN 2024 - 32nd European Symposium on Artificial Neural Networks, Computational Intelligence and Machine Learning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Bruges, Belgium. pp.571-576, </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14428/esann/2024.ES2024-112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04720928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using critical dynamics to capture processes underlying Brain-Computer Interface performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierpaolo Sorrentino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis P Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroFrance 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société des Neurosciences, May 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ensemble of Riemannian Classifiers for Multimodal Data: FUCONE Approach for M/EEG Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Yger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISBI 2023 - IEEE International Symposium on Biomedical Imaging</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Cartagena de Indias, Colombia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Empirical evaluation on multiple BCI datasets of the functional connectivity ensemble (FUCONE) method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Yger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BCI 2023 - 10th International Brain-Computer Interface Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, BCI Society, Jun 2023, Bruxelles, Belgium. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3217/978-3-85125-962-9-24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04677809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting brain critical dynamics to inform Brain-Computer Interfaces performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierpaolo Sorrentino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis P Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Criticality Hybrid Meeting 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Bethesda, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03871532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting brain critical dynamics to inform Brain-Computer Interfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierpaolo Sorrentino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis P Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOMAG 2022 - 22nd International Conference on Biomagnetism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Birmingham, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neuronal avalanches differentiate resting-state and task conditions in Brain-Computer Interfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierpaolo Sorrentino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis P Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OHBM 2022 - Organization of Human Brain Mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An OpenViBE Python-based framework for the efficient handling of MI BCI protocols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Desbois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées CORTICO 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Autrans en Vercors, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03740275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring strategies for multimodal BCIs in an enriched environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Desbois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Saint-Bauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MetroXRAINE 2022 - IEEE International Conference on Metrology for Extended Reality, Artificial Intelligence and Neural Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Rome, France. pp.685-690, </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MetroXRAINE54828.2022.9967624⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03890463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting brain critical dynamics to inform Brain-Computer Interfaces performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierpaolo Sorrentino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis P Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CNS 2022 - 31st Annual Computational Neuroscience Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Melbourne, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brain-Computer Interface using OpenViBE, an open-source software platform for Brain-Computer Interfaces [hands-on tutorial]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Desbois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CuttingEEG - 5th Symposium on cutting-edge methods for EEG research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03374960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards multimodal BCIs: the impact of peripheral control on motor cortex activity and sense of agency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Saint-Bauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EBMC 2021 - 43rd Annual International Conference of the IEEE Engineering in Medicine and Biology Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Mexico, Mexico. pp.5876-5879, </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EMBC46164.2021.9630021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03479504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ensemble learning based on functional connectivity and Riemannian geometry for robust workload estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Barthélemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Hoxha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Yger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuroergonomics conference 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Virtual event, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03359257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riemannian Geometry on Connectivity for Clinical BCI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Noûs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Yger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICASSP 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Toronto / Virtual, Canada. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICASSP39728.2021.9414790⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03202349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Core-periphery markers of longitudinal BCI from multiplex brain networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Networks 2021: A Joint Sunbelt and NetSci Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Virtual, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03226414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional Connectivity for BCI: OpenViBE implementation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Desbois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiziana Cattai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JJC-ICON’2021 - Journée Jeunes Chercheurs en Interfaces Cerveau-Ordinateur et Neurofeedback</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CORTICO : COllectif pour la Recherche Transdisciplinaire sur les Interfaces Cerveau-Ordinateur, May 2021, Virtual, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03313685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional connectivity predicts MI-based BCI learning (oral presentation)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BCI 2021 - 8th International Meeting of the Brain-Computer Interface Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Virtual, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03226408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial network metrics for characterizing brain-computer interface mental states</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliana Gonzalez-Astudillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Gabriel Ceballos-Dominguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiziana Cattai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NetSci 2021 - International School and Conference on Network Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Virtual, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03479692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the classification of mental states by means of network-based features</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliana Gonzalez-Astudillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiziana Cattai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NetSci 2020 - International School and Conference on Network Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Rome / Virtual, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03015986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards the use of spatial network metrics for characterizing brain mental states</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliana Gonzalez-Astudillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiziana Cattai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CCS 2020 - Conference on Complex Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Virtual, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03479723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extending Riemannian Brain-Computer Interface to Functional Connectivity Estimators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Yger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Noûs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS Workshop on Bringing geometric methods to robot learning, optimization and control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Las Vegas, NV / Virtual, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03015390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Looking for neurophysiological correlates of brain-computer interface learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OHBM 2019 - Annual Meeting on Organization for Human Brain Mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02157179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Looking for cortical patterns of successful motor imagery-based BCI learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis P Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Graz Brain-Computer Interface Conference 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Graz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of connectivity and spectral features for motor-imagery BCI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiziana Cattai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefania Colonnese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Bassett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaetano Scarano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRAZ BCI conference 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Graz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03136765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M/EEG integration to enhance motor-imagery-based brain-computer interface performances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ankit Khambhati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seventh International BCI Society Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Asilomar, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01966314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of Mental States through Node Connectivity between Brain Signals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiziana Cattai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefania Colonnese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Bassett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaetano Scarano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 26th European Signal Processing Conference (EUSIPCO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Rome, Italy. pp.1377-1381, </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/EUSIPCO.2018.8553000⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03136756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating EEG and MEG information to enhance motor-imagery classification in brain-computer interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ankit Khambhati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOMAG 2018 - 21st International Conference on Biomagnetism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Philadelphia, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01966311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DETECTING MCG SIGNALS FROM A PHANTOM WITH A 4HE MAGNETOMETER</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Labyt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Fourcault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Gobbo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomag 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Halifax, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01079979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenges in Common Spatial Pattern Reliability for Neurofeedback</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassandra Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dussard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BCI 2025 - 11th International BCI Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Banff, Canada. pp.1-1, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05085596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Protocol for Measuring Learner Attention and Engagement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Baptiste Mathieu de Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bougrain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORTICO 2025 - COllectif pour la Recherche Transdisciplinaire sur les Interfaces Cerveau-Ordinateur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05125580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neuronal Avalanches: A Biomarker for Learning Effects and a Predictor of BCI Score in Motor Imagery Tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camilla Mannino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierpaolo Sorrentino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International BCI Meeting 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Banff, Canada. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05451288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neuronal avalanches for EEG-based motor imagery BCI: robustness of classification performance &amp; validity of feature selection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camilla Mannino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierpaolo Sorrentino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées CORTICO 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04621936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biophysical modeling to inform performance in motor imagery-based Brain-Computer Interfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parul Verma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CNS 2024 - 33rd Annual Computational Neuroscience Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Natal, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04701021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What is the best model for decoding neurophysiological signals? Depends on how you evaluate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Aristimunha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Y de Camargo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CNS 2024 - 33rd Annual Computational Neuroscience Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Natal, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04743845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating evolution of features in Brain Computer Interface experimentation for robustness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camile Bousfiha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFN 2024 - Annual meeting of the Society for Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Chicago (IL), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04890567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neuronal avalanches as potential features for Brain-Computer Interfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierpaolo Sorrentino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis P Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo L. Gollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Organization of Human Brain Mapping. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OHBM 2024 - Organization for Human Brain Mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Seoul, South Korea. Abstract Book 6: OHBM 2024 Annual Meeting https://doi.org/10.52294/001c.120596, 4 (1), 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04701010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The potential of neural avalanches to design innovative sensorimotor-based brain-computer interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camilla Mannino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierpaolo Sorrentino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NCM 2024 - Neural Control of Movement, 33° Annual meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Dubrovnik, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04621883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biophysical modeling to inform performance in motor imagery-based Brain Computer Interfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parul Verma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOMAG 2024 - 23rd International Conference on Biomagnetism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Sydney, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04701082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neuronal avalanches as alternative features for motor imagery-based brain-computer interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linda Ek-Fliesberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierpaolo Sorrentino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées CORTICO 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimensionality Reduction and Frequency Bin Optimization To Improve a Riemannian-based Classification Pipeline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rune Frateur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Yger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORTICO 2023 - Journées COllectif pour la Recherche Transdisciplinaire sur les Interfaces Cerveau-Ordinateur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Paris, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ensemble of Riemannian classifiers for multimodal data: FUCONE approach for M/EEG data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Yger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BCI meeting 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Bruxelles, Belgium. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augmented SPDNet: Second-Order Neural Network for Motor Imagery-Based BCI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Carrara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Aristimunha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Yokoingawa De Camargo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soph.IA summit 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Sophia Antipolis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Informing motor imagery-based brain-computer interface via neuronal avalanches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierpaolo Sorrentino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis P Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ari E Kahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Symposium on Biomedical Imaging (ISBI) 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Cartagena, Colombia. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Holographic EEG: multi-view deep learning for BCI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Carrara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Aristimunha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théodore Papadopoulo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée CORTICO 2023 - COllectif pour la Recherche Transdisciplinaire sur les Interfaces Cerveau-Ordinateur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Paris, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04095900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CONCERTO: Coherence & Functional Connectivity Graph Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Aristimunha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Yokoingawa De Camargo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walter Hugo Lopez Pinaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Yger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée CORTICO 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Paris, France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04121445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HappyFeat, an interactive and efficient BCI Framework for clinical applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Desbois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MetroXRAINE 2022 - IEEE International conference on metrology for extended reality, artificial intelligence and neural engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03842568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M/EEG networks integration to elicit patterns of motor imagery-based BCI training</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis P Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FENS Forum 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional connectivity predicts MI-based BCI learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOMAG 2022 - 22nd International Conference on Biomagnetism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Birmingham, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M/EEG networks integration to elicit patters of motor imagery-based Brain-Computer Interface (BCI) training</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis P Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOMAG 2022 - 22nd International Conference on Biomagnetism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Birmingham, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of strategies to elicit motor imagery-related brain patterns in multimodal BCI settings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Desbois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Saint-Bauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFN 2022 - Society for Neuroscience Annual Meeting 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, San Diego, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03867137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neuronal avalanches as a predictive biomarker of BCI performance: towards a tool to guide tailored training program</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camilla Mannino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierpaolo Sorrentino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05093458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic Ocular Artifact Correction in Electroencephalography for Neurofeedback</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassandra Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dussard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Grosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOSIGNALS 2025 - 18th International Conference on Bio-inspired Systems and Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2025, Porto, Portugal. SCITEPRESS - Science and Technology Publications, pp.773-783, 2025, </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0013260900003911⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04975734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clinical BCI Challenge-WCCI2020: RIGOLETTO -- RIemannian GeOmetry LEarning, applicaTion To cOnnectivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Yger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Noûs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Technical Report] ARAMIS, LAMSADE, LISV. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03139990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnétomètres à pompage optique à Hélium 4 : développement et preuve de concept en magnétocardiographie et en magnétoencéphalographie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre. Université Grenoble Alpes, 2015. Français. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2015GREAT082⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01233850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId201"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Marie-Constance Corsi </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Inria research scientist</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">I am an Inria research scientist at Paris Brain Institute in the NERV Lab.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">My research currently focuses on the development of tools to address the “Brain-Computer Interface (BCI) inefficiency” issue, reflected by a non-negligible portion of users who cannot control the device even after several training sessions. I essentially consider two main approaches: the search for neurophysiological markers of BCI training and the integration of multimodal data to enrich the information provided to the classifier.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">I previously served as secretary general of the French academic association promoting the advances in BCI, called CORTICO, and as co-chair of the Postdocs and Students Committee of the BCI Society.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">More information can be retrieved in </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">my professional website</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (updated CV, news...).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Don’t hesitate to contact me if you want any additional information or if you are interested by a research collaboration!</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imagined movement modulates cardiac-cortico-cortical and cardiac-cortico-cerebellar oscillatory networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diego Candia-Rivera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio De Vico Fallani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroImage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 328, pp.121804. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neuroimage.2026.121804⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05518625v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neurophysiological screening of individual variability for robust decoding in c-VEP-based BCI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Velut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordy Thielen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dehais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Imaging Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1162/IMAG.a.1172⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05546237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Community Detection From Multiple Observations: From Product Graph Model to Brain Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiziana Cattai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaetano Scarano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio Devico Fallani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefania Colonnese</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Signal and Information Processing over Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 11, pp.201-214. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TSIPN.2025.3540702⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05273024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low-dimensional controllability of brain networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remy Ben Messaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Le Du</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camile Bousfiha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliana Gonzalez-Astudillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS Computational Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04302540v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Node-layer duality in networked systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charley Presigny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-024-50176-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04163895v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geometric Neural Network based on Phase Space for BCI decoding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Carrara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Aristimunha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Yokoingawa de Camargo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neural Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1741-2552/ad88a2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04500580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Measuring Neuronal Avalanches to inform Brain-Computer Interfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierpaolo Sorrentino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis P Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo L. Gollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iScience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 27 (1), pp.108734. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.isci.2023.108734⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345847v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HappyFeat—An interactive and efficient BCI framework for clinical applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Desbois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Software Impacts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19, pp.100610. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.simpa.2023.100610⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04343247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neuronal avalanches in temporal lobe epilepsy as a noninvasive diagnostic tool investigating large scale brain dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emahnuel Troisi Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierpaolo Sorrentino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simone Cuozzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alberto Danieli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 14 (1), pp.14039. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-024-64870-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04618262v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riemannian geometry for combining functional connectivity metrics and covariance in BCI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Yger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Software Impacts</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12, pp.100254. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.simpa.2022.100254⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03772666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional connectivity ensemble method to enhance BCI performance (FUCONE)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Yger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, inPress, pp.1-1. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TBME.2022.3154885⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03594331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">BCI learning induces core-periphery reorganization in M/EEG multiplex brain networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neural Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 18 (5), pp.056002. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1741-2552/abef39⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171591v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A machine learning approach to screen for preclinical Alzheimer's disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sinead Gaubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Houot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Raimondo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Ansart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurobiology of Aging</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 105, pp.205-216. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neurobiolaging.2021.04.024⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03261206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phase/Amplitude Synchronization of Brain Signals During Motor Imagery BCI Tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiziana Cattai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefania Colonnese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Bassett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaetano Scarano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Neural Systems and Rehabilitation Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 29, pp.1168-1177. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TNSRE.2021.3088637⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03285091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving J-Divergence of Brain Connectivity States by Graph Laplacian Denoising</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiziana Cattai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaetano Scarano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Bassett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Signal and Information Processing over Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 7, pp.493-508. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TSIPN.2021.3100302⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03521527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Network-based brain computer interfaces: principles and applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliana Gonzalez-Astudillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiziana Cattai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Bassignana</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neural Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1741-2552/abc760⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03015953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning in brain-computer interface control evidenced by joint decomposition of brain and behavior</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Stiso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Vettel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabio Pasqualetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neural Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 17 (4), pp.046018. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/1741-2552/ab9064⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02935359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional disconnection of associative cortical areas predicts performance during BCI training</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroImage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 209, pp.116500. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neuroimage.2019.116500⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03006210v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EEG evidence of compensatory mechanisms in preclinical Alzheimer’s disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sinead Gaubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Federico Raimondo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Houot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacobo Diego Sitt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain - A Journal of Neurology </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/brain/awz150⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02164586v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnetoencephalography With Optically Pumped He-4 Magnetometers at Ambient Temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Labyt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Fourcault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augustin Palacios Laloy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francois Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Medical Imaging</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 38 (1), pp.90-98. </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TMI.2018.2856367⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating EEG and MEG Signals to Improve Motor Imagery Classification in Brain–Computer Interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ankit Khambhati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Neural Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/S0129065718500144⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01893132v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenges in Common Spatial Pattern Reliability for Neurofeedback</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassandra Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dussard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BCI 2025 - 11th International BCI Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Banff, Canada. pp.1-1, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05085596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Protocol for Measuring Learner Attention and Engagement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Baptiste Mathieu de Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bougrain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORTICO 2025 - COllectif pour la Recherche Transdisciplinaire sur les Interfaces Cerveau-Ordinateur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05125580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neuronal Avalanches: A Biomarker for Learning Effects and a Predictor of BCI Score in Motor Imagery Tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camilla Mannino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierpaolo Sorrentino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International BCI Meeting 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Banff, Canada. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05451288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neuronal avalanches as potential features for Brain-Computer Interfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierpaolo Sorrentino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis P Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leonardo L. Gollo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Organization of Human Brain Mapping. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OHBM 2024 - Organization for Human Brain Mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Seoul, South Korea. Abstract Book 6: OHBM 2024 Annual Meeting https://doi.org/10.52294/001c.120596, 4 (1), 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04701010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What is the best model for decoding neurophysiological signals? Depends on how you evaluate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Aristimunha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Moreau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Y de Camargo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CNS 2024 - 33rd Annual Computational Neuroscience Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Natal, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04743845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating evolution of features in Brain Computer Interface experimentation for robustness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camile Bousfiha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFN 2024 - Annual meeting of the Society for Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Chicago (IL), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04890567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The potential of neural avalanches to design innovative sensorimotor-based brain-computer interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camilla Mannino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierpaolo Sorrentino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NCM 2024 - Neural Control of Movement, 33° Annual meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2024, Dubrovnik, Croatia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04621883v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biophysical modeling to inform performance in motor imagery-based Brain Computer Interfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parul Verma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOMAG 2024 - 23rd International Conference on Biomagnetism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Sydney, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04701082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neuronal avalanches for EEG-based motor imagery BCI: robustness of classification performance &amp; validity of feature selection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camilla Mannino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierpaolo Sorrentino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées CORTICO 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04621936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biophysical modeling to inform performance in motor imagery-based Brain-Computer Interfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parul Verma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CNS 2024 - 33rd Annual Computational Neuroscience Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Natal, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04701021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ensemble of Riemannian classifiers for multimodal data: FUCONE approach for M/EEG data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Yger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BCI meeting 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Bruxelles, Belgium. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimensionality Reduction and Frequency Bin Optimization To Improve a Riemannian-based Classification Pipeline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rune Frateur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Yger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CORTICO 2023 - Journées COllectif pour la Recherche Transdisciplinaire sur les Interfaces Cerveau-Ordinateur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Paris, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neuronal avalanches as alternative features for motor imagery-based brain-computer interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linda Ek-Fliesberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierpaolo Sorrentino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées CORTICO 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augmented SPDNet: Second-Order Neural Network for Motor Imagery-Based BCI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Carrara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Aristimunha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Yokoingawa De Camargo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soph.IA summit 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Sophia Antipolis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04308549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Informing motor imagery-based brain-computer interface via neuronal avalanches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierpaolo Sorrentino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis P Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ari E Kahn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Symposium on Biomedical Imaging (ISBI) 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Cartagena, Colombia. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Holographic EEG: multi-view deep learning for BCI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Carrara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Aristimunha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Théodore Papadopoulo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée CORTICO 2023 - COllectif pour la Recherche Transdisciplinaire sur les Interfaces Cerveau-Ordinateur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Paris, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04095900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CONCERTO: Coherence & Functional Connectivity Graph Network</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Aristimunha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphael Yokoingawa De Camargo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Walter Hugo Lopez Pinaya</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Yger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée CORTICO 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Paris, France. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04121445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional connectivity predicts MI-based BCI learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOMAG 2022 - 22nd International Conference on Biomagnetism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Birmingham, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M/EEG networks integration to elicit patters of motor imagery-based Brain-Computer Interface (BCI) training</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis P Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOMAG 2022 - 22nd International Conference on Biomagnetism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Birmingham, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of strategies to elicit motor imagery-related brain patterns in multimodal BCI settings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Desbois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Saint-Bauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFN 2022 - Society for Neuroscience Annual Meeting 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, San Diego, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03867137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">HappyFeat, an interactive and efficient BCI Framework for clinical applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Desbois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MetroXRAINE 2022 - IEEE International conference on metrology for extended reality, artificial intelligence and neural engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03842568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M/EEG networks integration to elicit patterns of motor imagery-based BCI training</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis P Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FENS Forum 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (37)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riemannian fusions of EEG-based features for motor imagery detection under propofol sedation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Marissens Cueva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camilla Mannino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Rimbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MLSP 2025 - IEEE International Workshop on Machine Learning for Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Istanbul, Turkey</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05247041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the Variability of Common Spatial Patterns in Motor Imagery Neurofeedback</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassandra Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dussard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées CORTICO 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05078067v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interpretability of Riemannian tools used in brain computer interfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibault de Surrel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Yger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MLSP 2025 - 35th IEEE International Workshop on Machine Learning for Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2025, Istanbul, Turkey. pp.1-6, </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MLSP62443.2025.11204309⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05245110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and Usability of Common Spatial Pattern Features in Motor Imagery Neurofeedback</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassandra Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dussard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SPNC 2025 - Journées "Brain Insights into Memory and Consciousness" de la Société de Psychophysiologie et de Neurosciences Cognitives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société de Psychophysiologie et de Neurosciences Cognitives, Nov 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05366284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neuronal avalanches for eeg-based motor imagery BCI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camilla Mannino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierpaolo Sorrentino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th Graz Brain-Computer Interface Conference 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Graz, Austria. pp.98, </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3217/978-3-99161-014-4-018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04698548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introducing the modularity graph: an application to brain functional networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiziana Cattai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camilla Caporali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefania Colonese</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUSIPCO 2024 - 32nd European conference on signal processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04895016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">What are BCIs, and how do they work? How to ease the reproducibility in BCI?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Desbois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Neuroergonomics Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04701062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Riemannian Neural Architectures for Domain Adaptation in Burst cVEP-based Brain Computer Interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Velut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Dehais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ESANN 2024 - 32nd European Symposium on Artificial Neural Networks, Computational Intelligence and Machine Learning</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Bruges, Belgium. pp.571-576, </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14428/esann/2024.ES2024-112⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04720928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A theory-driven approach to data analysis: practical applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">33rd Annual Computational Neuroscience Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Organization for Computational Neuroscience, Jul 2024, Natal, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04701039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using models for classification: real-life applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOMAG 2024 - 23rd International Conference on Biomagnetism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Sydney, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04701100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using critical dynamics to capture processes underlying Brain-Computer Interface performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierpaolo Sorrentino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis P Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NeuroFrance 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société des Neurosciences, May 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140131v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ensemble of Riemannian Classifiers for Multimodal Data: FUCONE Approach for M/EEG Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Yger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISBI 2023 - IEEE International Symposium on Biomedical Imaging</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Cartagena de Indias, Colombia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Empirical evaluation on multiple BCI datasets of the functional connectivity ensemble (FUCONE) method</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Yger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BCI 2023 - 10th International Brain-Computer Interface Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, BCI Society, Jun 2023, Bruxelles, Belgium. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3217/978-3-85125-962-9-24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04677809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An OpenViBE Python-based framework for the efficient handling of MI BCI protocols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Desbois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées CORTICO 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2022, Autrans en Vercors, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03740275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neuronal avalanches differentiate resting-state and task conditions in Brain-Computer Interfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierpaolo Sorrentino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis P Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OHBM 2022 - Organization of Human Brain Mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Glasgow, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring strategies for multimodal BCIs in an enriched environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Desbois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Saint-Bauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MetroXRAINE 2022 - IEEE International Conference on Metrology for Extended Reality, Artificial Intelligence and Neural Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Rome, France. pp.685-690, </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/MetroXRAINE54828.2022.9967624⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03890463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting brain critical dynamics to inform Brain-Computer Interfaces performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierpaolo Sorrentino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis P Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CNS 2022 - 31st Annual Computational Neuroscience Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Melbourne, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting brain critical dynamics to inform Brain-Computer Interfaces performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierpaolo Sorrentino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis P Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Criticality Hybrid Meeting 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Bethesda, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03871532v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting brain critical dynamics to inform Brain-Computer Interfaces</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierpaolo Sorrentino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis P Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOMAG 2022 - 22nd International Conference on Biomagnetism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Birmingham, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Riemannian Geometry on Connectivity for Clinical BCI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Noûs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Yger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICASSP 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Toronto / Virtual, Canada. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICASSP39728.2021.9414790⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03202349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Core-periphery markers of longitudinal BCI from multiplex brain networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Networks 2021: A Joint Sunbelt and NetSci Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Virtual, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03226414v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional Connectivity for BCI: OpenViBE implementation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Desbois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiziana Cattai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JJC-ICON’2021 - Journée Jeunes Chercheurs en Interfaces Cerveau-Ordinateur et Neurofeedback</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CORTICO : COllectif pour la Recherche Transdisciplinaire sur les Interfaces Cerveau-Ordinateur, May 2021, Virtual, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03313685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards multimodal BCIs: the impact of peripheral control on motor cortex activity and sense of agency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Venot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Saint-Bauzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EBMC 2021 - 43rd Annual International Conference of the IEEE Engineering in Medicine and Biology Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Mexico, Mexico. pp.5876-5879, </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/EMBC46164.2021.9630021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03479504v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ensemble learning based on functional connectivity and Riemannian geometry for robust workload estimation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Barthélemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Hoxha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Yger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuroergonomics conference 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Virtual event, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03359257v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional connectivity predicts MI-based BCI learning (oral presentation)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BCI 2021 - 8th International Meeting of the Brain-Computer Interface Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, Virtual, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03226408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial network metrics for characterizing brain-computer interface mental states</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliana Gonzalez-Astudillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Gabriel Ceballos-Dominguez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiziana Cattai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NetSci 2021 - International School and Conference on Network Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Virtual, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03479692v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brain-Computer Interface using OpenViBE, an open-source software platform for Brain-Computer Interfaces [hands-on tutorial]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur Desbois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CuttingEEG - 5th Symposium on cutting-edge methods for EEG research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2021, Aix-en-Provence, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03374960v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards the use of spatial network metrics for characterizing brain mental states</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliana Gonzalez-Astudillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiziana Cattai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CCS 2020 - Conference on Complex Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Virtual, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03479723v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extending Riemannian Brain-Computer Interface to Functional Connectivity Estimators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Yger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Noûs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IROS Workshop on Bringing geometric methods to robot learning, optimization and control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Las Vegas, NV / Virtual, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03015390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the classification of mental states by means of network-based features</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliana Gonzalez-Astudillo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiziana Cattai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrizio de Vico Fallani</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NetSci 2020 - International School and Conference on Network Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Rome / Virtual, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03015986v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combination of connectivity and spectral features for motor-imagery BCI</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiziana Cattai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefania Colonnese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Bassett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaetano Scarano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GRAZ BCI conference 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Graz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03136765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Looking for cortical patterns of successful motor imagery-based BCI learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis P Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th Graz Brain-Computer Interface Conference 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Graz, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02123582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Looking for neurophysiological correlates of brain-computer interface learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OHBM 2019 - Annual Meeting on Organization for Human Brain Mapping</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Rome, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02157179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M/EEG integration to enhance motor-imagery-based brain-computer interface performances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ankit Khambhati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seventh International BCI Society Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Asilomar, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01966314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating EEG and MEG information to enhance motor-imagery classification in brain-computer interface</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Schwartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Hugueville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ankit Khambhati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOMAG 2018 - 21st International Conference on Biomagnetism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2018, Philadelphia, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01966311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of Mental States through Node Connectivity between Brain Signals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiziana Cattai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefania Colonnese</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danielle Bassett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaetano Scarano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2018 26th European Signal Processing Conference (EUSIPCO)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2018, Rome, Italy. pp.1377-1381, </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/EUSIPCO.2018.8553000⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03136756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DETECTING MCG SIGNALS FROM A PHANTOM WITH A 4HE MAGNETOMETER</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Labyt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Fourcault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Gobbo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomag 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2014, Halifax, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01079979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neuronal avalanches as a predictive biomarker of BCI performance: towards a tool to guide tailored training program</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camilla Mannino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierpaolo Sorrentino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Chavez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05093458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic Ocular Artifact Correction in Electroencephalography for Neurofeedback</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassandra Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dussard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Grosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie George</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BIOSIGNALS 2025 - 18th International Conference on Bio-inspired Systems and Signal Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2025, Porto, Portugal. SCITEPRESS - Science and Technology Publications, pp.773-783, 2025, </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0013260900003911⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04975734v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signal processing for brain signals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Llorens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neural Interfaces</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, pp.63-76, 2025, 978-0-443-24824-5. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-443-24824-5.00016-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05273016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electroencephalography and Magnetoencephalography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Olivier Colliot (ed.). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Machine learning for brain disorders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, In press</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03604421v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clinical BCI Challenge-WCCI2020: RIGOLETTO -- RIemannian GeOmetry LEarning, applicaTion To cOnnectivity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Yger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Chevallier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Noûs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Technical Report] ARAMIS, LAMSADE, LISV. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03139990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magnétomètres à pompage optique à Hélium 4 : développement et preuve de concept en magnétocardiographie et en magnétoencéphalographie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Constance Corsi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre. Université Grenoble Alpes, 2015. Français. </w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2015GREAT082⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01233850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId204"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marieconstance-corsi.netlify.app/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518625v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Candia-Rivera" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Chavez" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio De Vico Fallani" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Constance Corsi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2026.121804" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05273024v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiziana Cattai" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetano Scarano" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Devico Fallani" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Colonnese" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSIPN.2025.3540702" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302540v2" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Ben Messaoud" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le Du" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camile Bousfiha" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Gonzalez-Astudillo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04163895v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charley Presigny" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio de Vico Fallani" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-50176-5" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04500580v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Carrara" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Aristimunha" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Yokoingawa de Camargo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Chevallier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-2552/ad88a2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04345847v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierpaolo Sorrentino" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis P Schwartz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie George" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo L. Gollo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2023.108734" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343247v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Desbois" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Venot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.simpa.2023.100610" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04618262v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emahnuel Troisi Lopez" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Cuozzo" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Danieli" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-64870-3" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772666v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Constance Corsi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Yger" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.simpa.2022.100254" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03594331v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TBME.2022.3154885" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03171591v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Schwartz" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hugueville" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-2552/abef39" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03261206v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sinead Gaubert" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Houot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Raimondo" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Ansart" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2021.04.024" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03285091v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Bassett" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSRE.2021.3088637" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03521527v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSIPN.2021.3100302" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006210v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2019.116500" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03015953v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Bassignana" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-2552/abc760" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02935359v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Stiso" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vettel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Garcia" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Pasqualetti" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-2552/ab9064" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02164586v2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacobo Diego Sitt" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awz150" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350924v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Labyt" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Fourcault" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Palacios Laloy" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Bertrand" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMI.2018.2856367" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893132v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ankit Khambhati" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0129065718500144" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05273016v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Llorens" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-443-24824-5.00016-8" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03604421v2" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366284v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Dumas" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dussard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245110v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault de Surrel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MLSP62443.2025.11204309" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247041v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Marissens Cueva" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Mannino" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lotte" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rimbert" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05078067v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04701100v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04895016v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Caporali" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Colonese" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698548v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3217/978-3-99161-014-4-018" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04701062v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04701039v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720928v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Velut" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dehais" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14428/esann/2024.ES2024-112" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04140131v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04140126v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677809v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3217/978-3-85125-962-9-24" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03871532v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03695441v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03695403v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03740275v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03890463v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Saint-Bauzel" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MetroXRAINE54828.2022.9967624" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03695434v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374960v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03479504v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMBC46164.2021.9630021" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03359257v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Barth&#233;lemy" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hoxha" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202349v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP39728.2021.9414790" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03226414v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03313685v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03226408v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03479692v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gabriel Ceballos-Dominguez" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03015986v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03479723v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015390v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157179v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123582v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136765v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966314v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136756v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO.2018.8553000" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966311v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079979v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Gobbo" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bertrand" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085596v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125580v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Baptiste Mathieu de Carvalho" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bougrain" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05451288v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621936v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04701021v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parul Verma" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04743845v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Moreau" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Y de Camargo" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890567v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04701010v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621883v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04701082v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04140098v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Ek-Fliesberg" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04140107v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rune Frateur" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04140113v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04308549v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Yokoingawa De Camargo" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04140120v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ari E Kahn" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095900v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Papadopoulo" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04121445v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Hugo Lopez Pinaya" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03842568v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03695420v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03773303v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03773296v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03867137v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093458v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975734v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Grosselin" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0013260900003911" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03139990v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01233850v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015GREAT082" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marieconstance-corsi.netlify.app/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05518625v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Candia-Rivera" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Chavez" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio De Vico Fallani" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Constance Corsi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2026.121804" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05546237v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Velut" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordy Thielen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Chevallier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dehais" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/IMAG.a.1172" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05273024v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiziana Cattai" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetano Scarano" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio Devico Fallani" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Colonnese" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSIPN.2025.3540702" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04302540v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Ben Messaoud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le Du" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camile Bousfiha" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Gonzalez-Astudillo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04163895v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charley Presigny" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio de Vico Fallani" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-024-50176-5" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04500580v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Carrara" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Aristimunha" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Yokoingawa de Camargo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-2552/ad88a2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04345847v2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierpaolo Sorrentino" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis P Schwartz" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie George" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo L. Gollo" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2023.108734" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04343247v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Desbois" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Venot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.simpa.2023.100610" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04618262v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emahnuel Troisi Lopez" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Cuozzo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Danieli" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-64870-3" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03772666v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Constance Corsi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Yger" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.simpa.2022.100254" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03594331v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TBME.2022.3154885" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03171591v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Schwartz" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hugueville" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-2552/abef39" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03261206v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sinead Gaubert" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Houot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Raimondo" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Ansart" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2021.04.024" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03285091v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Bassett" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TNSRE.2021.3088637" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03521527v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSIPN.2021.3100302" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03015953v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Bassignana" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-2552/abc760" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02935359v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Stiso" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vettel" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Garcia" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Pasqualetti" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-2552/ab9064" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006210v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2019.116500" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02164586v2" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacobo Diego Sitt" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awz150" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350924v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Labyt" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Fourcault" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Augustin Palacios Laloy" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Bertrand" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMI.2018.2856367" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893132v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ankit Khambhati" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0129065718500144" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085596v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Dumas" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dussard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05125580v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Baptiste Mathieu de Carvalho" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bougrain" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05451288v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Mannino" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04701010v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04743845v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Moreau" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Y de Camargo" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890567v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621883v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04701082v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parul Verma" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04621936v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04701021v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04140113v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04140107v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rune Frateur" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04140098v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Ek-Fliesberg" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04308549v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphael Yokoingawa De Camargo" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04140120v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ari E Kahn" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095900v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Papadopoulo" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04121445v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Hugo Lopez Pinaya" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03773303v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03773296v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03867137v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Saint-Bauzel" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03842568v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03695420v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05247041v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Marissens Cueva" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lotte" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Rimbert" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05078067v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05245110v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault de Surrel" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MLSP62443.2025.11204309" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05366284v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04698548v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3217/978-3-99161-014-4-018" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04895016v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Caporali" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Colonese" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04701062v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04720928v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14428/esann/2024.ES2024-112" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04701039v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04701100v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04140131v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04140126v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04677809v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3217/978-3-85125-962-9-24" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03740275v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03695403v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03890463v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MetroXRAINE54828.2022.9967624" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03695434v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03871532v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03695441v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202349v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille No&#251;s" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICASSP39728.2021.9414790" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03226414v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03313685v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03479504v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMBC46164.2021.9630021" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03359257v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Barth&#233;lemy" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Hoxha" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03226408v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03479692v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gabriel Ceballos-Dominguez" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03374960v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03479723v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015390v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03015986v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136765v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123582v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157179v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966314v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966311v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03136756v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO.2018.8553000" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01079979v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Gobbo" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bertrand" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093458v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04975734v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Grosselin" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0013260900003911" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05273016v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Llorens" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-443-24824-5.00016-8" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03604421v2" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03139990v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01233850v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015GREAT082" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>