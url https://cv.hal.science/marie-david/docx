--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -2011,178 +2011,178 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02099595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La transmission familiale des exploitations agricole dans l’Arc jurassien mise en question : Nouveaux exploitants ?</w:t>
+                <w:t xml:space="preserve">L’ethnologie et la patrimonialisation des campagnes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Cardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Utinam - Revue de Sociologie et d'Anthropologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1996, 19, pp.209-226</w:t>
+              <w:t xml:space="preserve">, 1996, 19, pp.228-241</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02099702v1</w:t>
+                <w:t xml:space="preserve">hal-02099722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’ethnologie et la patrimonialisation des campagnes</w:t>
+                <w:t xml:space="preserve">La transmission familiale des exploitations agricole dans l’Arc jurassien mise en question : Nouveaux exploitants ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Gillet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Cardon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Utinam - Revue de Sociologie et d'Anthropologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 1996, 19, pp.228-241</w:t>
+              <w:t xml:space="preserve">, 1996, 19, pp.209-226</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02099722v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02099702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les intellectuels et les médias</w:t>
               </w:r>
@@ -2682,217 +2682,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03357488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environnement de travail en transformation : quel potentiel d’apprentissage et de développement pour les enseignants-chercheurs ?</w:t>
+                <w:t xml:space="preserve">Concevoir une ressource numérique de formation dans l'enseignement supérieur : quels acteurs pour quelles formes de coopération ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Loizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Guidoni-Stoltz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Droyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres internationales du Réseau Recherche Education Formation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2019, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Questions de pédagogies dans l'enseignement supérieur. QPES 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ENSTA Bretagne, IMT-A, UBO, Jun 2019, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04022989v1</w:t>
+                <w:t xml:space="preserve">hal-02284272v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Concevoir une ressource numérique de formation dans l'enseignement supérieur : quels acteurs pour quelles formes de coopération ?</w:t>
+                <w:t xml:space="preserve">Environnement de travail en transformation : quel potentiel d’apprentissage et de développement pour les enseignants-chercheurs ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Loizon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie David</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Droyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Questions de pédagogies dans l'enseignement supérieur. QPES 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ENSTA Bretagne, IMT-A, UBO, Jun 2019, Brest, France</w:t>
+              <w:t xml:space="preserve">Rencontres internationales du Réseau Recherche Education Formation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02284272v1</w:t>
+                <w:t xml:space="preserve">hal-04022989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation de la pertinence dans la co-conception d’un environnement virtuel éducatif forestier (7674)</w:t>
               </w:r>
@@ -4586,51 +4586,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="E1B45D15"/>
+    <w:nsid w:val="BAEB50DB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4817,51 +4817,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marie-david" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6256-3605" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/07107192X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05161821v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Loizon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie David" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; de Bisschop" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05329319v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Tanguy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.hs1.2025.0059" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04616652v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Droyer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Guidoni-Stoltz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11t5i" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04619157v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04676304v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Loizon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12huj" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04055662v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Senc&#233;b&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/metropolitiques.1902" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03799676v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ripes.4133" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02532760v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48782/s32fws56" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02368782v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revss.4154" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019010v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Cancian" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Chr&#233;tien" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pr&#233;vost" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Simonneaux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois M&#233;tral" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdst.2826" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-W05N5K31-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094058v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Malek Cancian" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/educationdidactique.3248" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02095206v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Olry" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Prevost" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5138448666320022E12" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02020960v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02025019v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02096186v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Jacques-Jouvenot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gillet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdge.037.0171" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02099514v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesrurales.72" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02099595v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02099702v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02099722v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cardon" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02099761v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Plasse" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04802857v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Beaujean" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04022553v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04032302v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03357488v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04022989v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284272v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093721v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02084088v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04022979v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093837v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02084128v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02099447v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02099449v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080996v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02099481v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02099782v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262110v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn-sciences.info/d-une-agriculture-l-autre--9791027505067-page-123.htm" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02099542v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Guigon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02532841v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02100940v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04676335v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Veillard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bonnard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04026941v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03139942v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03900851v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marie-david" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6256-3605" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/07107192X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05161821v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Loizon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie David" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; de Bisschop" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-05329319v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Tanguy" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.hs1.2025.0059" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04616652v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Droyer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Guidoni-Stoltz" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/11t5i" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04619157v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04676304v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais Loizon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12huj" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04055662v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Senc&#233;b&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56698/metropolitiques.1902" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03799676v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ripes.4133" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02532760v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48782/s32fws56" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02368782v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revss.4154" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019010v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Cancian" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Chr&#233;tien" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pr&#233;vost" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Simonneaux" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois M&#233;tral" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rdst.2826" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-W05N5K31-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094058v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Malek Cancian" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/educationdidactique.3248" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02095206v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Olry" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Prevost" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/1.5138448666320022E12" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02020960v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02025019v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02096186v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Jacques-Jouvenot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gillet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdge.037.0171" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02099514v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesrurales.72" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02099595v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02099722v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cardon" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02099702v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02099761v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Plasse" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04802857v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Beaujean" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04022553v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04032302v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03357488v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02284272v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04022989v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093721v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02084088v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04022979v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093837v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02084128v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02099447v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02099449v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080996v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02099481v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02099782v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04262110v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cairn-sciences.info/d-une-agriculture-l-autre--9791027505067-page-123.htm" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02099542v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Guigon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02532841v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-02100940v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04676335v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Veillard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bonnard" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-04026941v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03139942v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://institut-agro-dijon.hal.science/hal-03900851v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>