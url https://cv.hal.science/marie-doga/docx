--- v0 (2026-03-05)
+++ v1 (2026-03-30)
@@ -191,308 +191,308 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Économies morales et dynamiques émotionnelles. Analyse de terrains artistiques et de recherche</w:t>
+                <w:t xml:space="preserve">En-jeux identitaires, pratiques collaboratives et artistiques : cartographier les épreuves discriminatoires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brunaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Doga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Tuchowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">¿ Interrogations ? Revue pluridisciplinaire de sciences humaines et sociales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 38</w:t>
+              <w:t xml:space="preserve">Quaderna</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04703191v1</w:t>
+                <w:t xml:space="preserve">hal-04919400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le yoga en EPS : une activité de « bien-être » accessible à tous les élèves ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Économies morales et dynamiques émotionnelles. Analyse de terrains artistiques et de recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Brunaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Doga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Émilie Salaméro</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Tuchowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherches &amp; éducations</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">¿ Interrogations ? Revue pluridisciplinaire de sciences humaines et sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 38</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04639646v1</w:t>
+                <w:t xml:space="preserve">hal-04703191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">En-jeux identitaires, pratiques collaboratives et artistiques : cartographier les épreuves discriminatoires</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le yoga en EPS : une activité de « bien-être » accessible à tous les élèves ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Doga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fanny Tuchowski</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Salaméro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Quaderna</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Recherches &amp; éducations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 27, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/rechercheseducations.15240⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04919400v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04639646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bien-être à l’école : renouvellement d’une notion par la valorisation des vécus corporels</w:t>
               </w:r>
@@ -517,51 +517,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mary Schirrer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Doga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Salaméro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherches &amp; éducations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 27, </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
@@ -677,51 +677,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Entre ajustement et renouvellement : le yoga au service du métier d’éducateur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Salaméro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Doga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -837,51 +837,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Forté</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Jacolin-Nackaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Salaméro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tréma</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -906,51 +906,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’effet paradoxal de la crise sanitaire sur l’entrainement des artistes de cirque : entre altération et reconnaissance d’un besoin professionnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Salaméro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Saroh Karine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1090,187 +1090,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01505440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francis Ponge : trajectoire d’une reconnaissance littéraire tardive</w:t>
+                <w:t xml:space="preserve">Le livre numérique en bibliothèques, entre absences et attentions. Études des formes de rematérialisation d’offres réputées immatérielles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Doga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Zerbib</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COnTEXTES. Revue de sociologie de la littérature </w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue de l'Enssib</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 4</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04642163v1</w:t>
+                <w:t xml:space="preserve">hal-01492516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le livre numérique en bibliothèques, entre absences et attentions. Études des formes de rematérialisation d’offres réputées immatérielles</w:t>
+                <w:t xml:space="preserve">Francis Ponge : trajectoire d’une reconnaissance littéraire tardive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Doga</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Zerbib</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue de l'Enssib</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">COnTEXTES. Revue de sociologie de la littérature </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 17, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/contextes.6191⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01492516v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04642163v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Public « captif » ? Les ambivalences définitionnelles des actions culturelles en prison pour mineurs</w:t>
               </w:r>
@@ -1789,51 +1789,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Doga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Salaméro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11e Congrès de l’AFS « Environnement(s) &amp; Inégalités »,RT1 Savoirs, travail, professions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AFS; CERTOP; CRESCO; LASSP; LISST, Jul 2025, Toulouse, France</w:t>
@@ -2102,368 +2102,368 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04946259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expérimentations artistiques auprès de publics discriminés</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">« Comme un pantin » : d’une institution à l’autre, le cas des jeunes incarcérés dans un établissement pénitentiaire pour mineurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mennesson Christine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Doga</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hélène Brunaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">séminaire du Laboratoire CRESCO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire CRESCO, UT3, Apr 2023, Toulouse (Université Toulouse II), France</w:t>
+              <w:t xml:space="preserve">Colloque de l'AFS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04946154v1</w:t>
+                <w:t xml:space="preserve">hal-05012545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Faire naître et vivre une « école démocratique » : conversion de ressources, dispositions et effets socialisateurs des mobilisations autour d’écoles hors contrat</w:t>
+                <w:t xml:space="preserve">Expérimentations artistiques auprès de publics discriminés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Doga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Fanny Parent</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Brunaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire du GIS BECO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, GIS Bébé, petite Enfance en Contexte, Université Jean Jaurès, Jun 2023, Toulouse, France</w:t>
+              <w:t xml:space="preserve">séminaire du Laboratoire CRESCO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire CRESCO, UT3, Apr 2023, Toulouse (Université Toulouse II), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04946137v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04946154v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tensions définitionnelles autour du yoga à l’école</w:t>
+                <w:t xml:space="preserve">Faire naître et vivre une « école démocratique » : conversion de ressources, dispositions et effets socialisateurs des mobilisations autour d’écoles hors contrat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Doga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Émilie Salaméro</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Larrosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Parent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées d’étude « Les pratiques du yoga. Une circulation des savoirs yogiques entre l’Inde et la France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, MSH Lyon- St Etienne, Mar 2023, Lyon (Maison des Sciences de l'Homme), France</w:t>
+              <w:t xml:space="preserve">Séminaire du GIS BECO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GIS Bébé, petite Enfance en Contexte, Université Jean Jaurès, Jun 2023, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04946196v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04946137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">« Comme un pantin » : d’une institution à l’autre, le cas des jeunes incarcérés dans un établissement pénitentiaire pour mineurs</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Tensions définitionnelles autour du yoga à l’école</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Doga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Salaméro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque de l'AFS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">Journées d’étude « Les pratiques du yoga. Une circulation des savoirs yogiques entre l’Inde et la France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MSH Lyon- St Etienne, Mar 2023, Lyon (Maison des Sciences de l'Homme), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05012545v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04946196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeunesses vulnérables et création : les discriminations à l'épreuve de l'art.</w:t>
               </w:r>
@@ -2816,51 +2816,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Doga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Brunaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Salaméro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Forté-Gallois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2911,51 +2911,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soutenir et renouveler le métier d'éducateur : le recours au yoga dans l'enseignement public en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Doga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Salaméro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9e Colloque international en éducation (2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre de recherche interuniversitaire sur la formation et la profession enseignante (CRIFPE), May 2022, Montréal (Québec), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2974,204 +2974,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04946048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réenchantement du travail via une pratique de loisirs : l’étude des usages du yoga au sein de l’espace scolaire</w:t>
+                <w:t xml:space="preserve">Porter/adhérer à un projet d'écoles confessionnelles et/ou « alternatives » hors contrat : une politisation hors l'Etat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Doga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Émilie Salaméro</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Larrosa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Parent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Loisirs et style de vie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, RT 14 (sociologie des arts et de la culture) s’associe au RT 11 (sociologie de la consommation et du numérique) de l’Association Française de Sociologie, Oct 2021, MSH Paris Nord, France</w:t>
+              <w:t xml:space="preserve">Fabrique politique de l'Ecole, fabrique scolaire du politique : dynamiques et effets du gouvernement de l'institution scolaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEP Aix en Provence., Oct 2021, Aix en Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04946213v1</w:t>
+                <w:t xml:space="preserve">hal-04946107v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Porter/adhérer à un projet d'écoles confessionnelles et/ou « alternatives » hors contrat : une politisation hors l'Etat</w:t>
+                <w:t xml:space="preserve">Réenchantement du travail via une pratique de loisirs : l’étude des usages du yoga au sein de l’espace scolaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Doga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Fanny Parent</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émilie Salaméro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fabrique politique de l'Ecole, fabrique scolaire du politique : dynamiques et effets du gouvernement de l'institution scolaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IEP Aix en Provence., Oct 2021, Aix en Provence, France</w:t>
+              <w:t xml:space="preserve">Colloque Loisirs et style de vie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, RT 14 (sociologie des arts et de la culture) s’associe au RT 11 (sociologie de la consommation et du numérique) de l’Association Française de Sociologie, Oct 2021, MSH Paris Nord, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04946107v1</w:t>
+                <w:t xml:space="preserve">hal-04946213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Paroles calibrées, paroles impossibles. L’usage bricolé de l’entretien dans l’analyse biographique de parcours de jeunes sous main de justice »</w:t>
               </w:r>
@@ -4325,51 +4325,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoga, plus qu'un loisir, un travail sur soi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélie Fraysse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émilie Salaméro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Doga</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5176,51 +5176,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3D8066A7"/>
+    <w:nsid w:val="043F15FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5407,51 +5407,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marie-doga" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9167-3451" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703191v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Brunaux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Doga" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Tuchowski" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04639646v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Salam&#233;ro" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheseducations.15240" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919400v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04530712v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Paintendre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Schirrer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheseducations.15317" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04639536v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04642191v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Jacolin-Nackaert" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Julhe" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03820125v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Fort&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695824v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saroh Karine" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Peix Vives" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01505440v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Zerbib" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04642163v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/contextes.6191" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01492516v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04639560v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262653v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/culturemusees.320" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04642122v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1016744ar" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04903226v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soart.020.0029" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950567v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950568v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162320v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Thivet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Leroux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328574v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Az&#233;ma" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mignot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750699v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946259v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946154v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946137v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Larrosa" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Parent" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946196v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05012545v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mennesson Christine" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946182v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946242v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946270v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946168v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946091v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Fort&#233;-Gallois" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946048v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946213v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946107v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950564v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Yeghicheyan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950563v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950561v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852865v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahima Diallo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roux" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/articles/8905" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.8905" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03820136v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Mourchid" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/chaso.solin.2022.01.0093" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04642148v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-09860-7.p.0183" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01505351v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/puf.vials.2017.03.0219" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04903315v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903361v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Fourni&#233;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950569v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903402v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950571v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950573v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977672v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lie Fraysse" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633878v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947764v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952178v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05217745v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Solini" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Basson" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955314v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04935966v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marie-doga" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9167-3451" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04919400v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Brunaux" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Doga" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Tuchowski" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04703191v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04639646v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Salam&#233;ro" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheseducations.15240" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-reims.hal.science/hal-04530712v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Paintendre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mary Schirrer" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rechercheseducations.15317" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04639536v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04642191v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Jacolin-Nackaert" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Julhe" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03820125v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Fort&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04695824v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saroh Karine" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Peix Vives" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01505440v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Zerbib" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01492516v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04642163v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/contextes.6191" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04639560v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262653v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/culturemusees.320" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04642122v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1016744ar" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04903226v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/soart.020.0029" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950567v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950568v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05162320v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Thivet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Leroux" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328574v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Az&#233;ma" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mignot" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04750699v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946259v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05012545v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mennesson Christine" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946154v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946137v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Larrosa" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Parent" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946196v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946182v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946242v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946270v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946168v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946091v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Fort&#233;-Gallois" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946048v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946107v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04946213v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950564v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Yeghicheyan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950563v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950561v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852865v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahima Diallo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roux" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eac.ac/articles/8905" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17184/eac.8905" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03820136v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Mourchid" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/chaso.solin.2022.01.0093" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04642148v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-09860-7.p.0183" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01505351v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/puf.vials.2017.03.0219" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04903315v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903361v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Fourni&#233;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950569v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04903402v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950571v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950573v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04977672v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lie Fraysse" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04633878v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947764v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04952178v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05217745v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Solini" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Basson" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04955314v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04935966v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>