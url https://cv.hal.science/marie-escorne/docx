--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -166,51 +166,51 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04895574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ouvrages (4)</w:t>
+        <w:t xml:space="preserve">Ouvrages (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -275,298 +275,373 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03864175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Hélène Saule-Sorbé. L'art à chaque pas.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Escorne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Baumann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Peylet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaires de Bordeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.344, 2020, Un artiste / des étudiants, Pierre Baumann, 979-10-300-0597-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02998084v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Variations et figures de la maison dans les pratiques artistiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Barbara Bourchenin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Escorne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires de Bordeaux, 15, 2020, 979-1030005707</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05552357v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les Cahiers d'Artes n°15, &amp;quot;Variations et figures de la maison dans les pratiques artistes&amp;quot;, Pessac, PUB, 2015.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Bourchenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Malaurie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Bappel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02941736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">, pp.344, 2020, Un artiste / des étudiants, Pierre Baumann, 979-10-300-0597-4</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'art à même la ville, Pessac, PUB, &amp;quot;collection ARTES&amp;quot;, 2015.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Escorne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...61 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02941741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -576,797 +651,797 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Désirs féminins et écriture à même la ville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eidôlon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 136</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05414150v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Palas por pistolas de Pedro Reyes : le pouvoir transformateur de l’art en question</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Figures de l'art - Revue d'études esthétiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05414151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les architectures fictives de Charles Simonds : le mythe au creux du réel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Escorne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eidôlon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03207283v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment reconnaître une œuvre d’art dans la ville ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CAMBO : CAhiers de la Métropole BOrdelaise </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05414172v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Les architectures fictives de Charles Simonds : le mythe au creux du réel</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les architectures fictives de Charles Simonds : le mythe au creux du réel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eidôlon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021</w:t>
+              <w:t xml:space="preserve">, 2021, 129</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05414158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les lieux que je photographie sont les laissés-pour-compte de notre système&amp;quot; Entretien avec Philippe Chancel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tête-à-tête : entretiens : revue d'art et d'esthétique </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03169576v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Un street artist doit posséder les clés de la ville. Entretien avec Zevs »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tête-à-tête : entretiens : revue d'art et d'esthétique </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Pirates, 07</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02160550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quand les artistes font, défont, refont le mur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hermès, La Revue - Cognition, communication, politique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 63, pp.181-189. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4267/2042/48342⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4267/2042/48342⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-02016136v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">JR ou l’art des clichés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Implications philosophiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01963321v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le Labyrinthe dans les arts du XXe siècle. Les Arts du XXe siècle dans le labyrinthe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Amaltea. Revista de mitocritica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01963323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’Habitat vu par l’art contemporain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Implications philosophiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01963322v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1376,120 +1451,120 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temps suspendu sur la Table de manifestation de Denis Briand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Carnet de résidence n°8</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 978-29-70124-88-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05414170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Présentation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Metayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1499,707 +1574,707 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Marie Escorne (dir.); Myriam Metayer (collaboration). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La chambre et les arts. L'intime au défi</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, n° 17, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses Universitaires de Bordeaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Les Cahiers d'ARTES, 9791030008456</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Presses Universitaires de Bordeaux</w:t>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">, 2022, Les Cahiers d'ARTES, 9791030008456</w:t>
+                <w:t xml:space="preserve">hal-04568245v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interventions artistiques dans l'espace public urbain : les femmes &amp;quot;apportent&amp;quot; leurs corps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Escorne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Artistes femmes. Les formes de l'engagement.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03155741v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interventions artistiques dans l'espace public urbain : les femmes &amp;quot;apportent&amp;quot; leurs corps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Artistes femmes. Les formes de l'engagement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Espaces, Frontières, Métissages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05414156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Villa Arpel dans &amp;quot;Mon Oncle&amp;quot; : tout un monde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bernex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Bourchenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Variations et figures de la maison dans les pratiques artistiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 15, 2020, Les cahiers d'Artes</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02896983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dans la forêt des réécritures scéniques de contes : des maisons en forme d'invitations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jeanne-Lise Pépin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Bourchenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Barbara Bourchenin; Marie Escorne. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Variations et figures de la maison dans les pratiques artistiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 15, Presses Universitaires de Bordeaux, pp.135-151, 2020, Les cahiers d'Artes</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02900760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toile urbaine. Peindre à l’échelle du territoire urbain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eric Van Essche. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hors-cadre. Peinture, couleur et lumière dans l'espace public contemporain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La lettre volée, 2015, Hors-cadre : peinture, couleur et lumière dans l'espace public contemporain, 978-2-87317-456-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01994112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les artistes contemporains à l’écoute de la tessiture des villes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Puccini-Delbey, Géraldine and Combette, Charles. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le débat des cinq sens de l'Antiquité à nos jours</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 109, Presses Universitaires de Bordeaux, pp.469--478, 2013, Eidôlon, 979-10-91052-09-2. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pub.17688⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/books.pub.17688⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">hal-01983871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’art dans l’espace social, un art « en liberté ? »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sabine Forero Mendoza. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'art à l'épreuve du social</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 9, pp.13--29, 2012, Les Cahiers d'Artes</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01983870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Être artiste au féminin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pierre Sauvanet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Où est l'artiste</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 3, 2008, Les Cahiers d'Artes</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02160545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2209,1409 +2284,1409 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Penser la dialectique du sauvage et du civilisé avec l'art en forêt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Escorne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'ensauvagement, entre réalité et représentations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Tunis, Tunisie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05414174v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lire les bois à travers la photographie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">À travers bois</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Pierre Bourdareau, Marie Escorne, Florence Verdin, Oct 2025, Pessac (Université Bordeaux-Montaigne), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05338276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prune Nourry : revisiter les mythes pour renouveler les imaginaires du féminin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Créativité et imaginaire des femmes : l'avenir en héritage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Marie-Lise Paoli, Oct 2025, Pessac (Université Bordeaux-Montaigne), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05338289v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'art mutant de Fabrice Hyber : au risque de l'indistinction ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hybridations, porosités, polyvalences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sabine Forero, May 2024, Pau (Université de Pau), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04895573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La maison dans &amp;quot;La Photo&amp;quot; de Niko Papatakis : espace métamorphique et métaphorique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Niko Papatakis, une politique de la fiction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, François Bordes, Marguerite Vappereau, Valérie Vignaux, Jan 2023, Caen IMEC, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04895571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Art, écologie, environnement des années 1960 à nos jours : sortir de l'anthropocentrisme?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Art, environment &amp; ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03864203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Désirs féminins et écritures à même la ville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ecriture des désirs féminins</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2021, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03207290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les mots dans l'oeuvre d'Adrian Piper, ou l'adresse à un spectateur responsable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fonction Présence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Cassenueil, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03864226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Il était une fois Francis Alÿs. L'artiste, l'enfant et le personnage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recherche et création en illustration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03864238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Palas por pistolas&amp;quot; de Pedro Reyes : le pouvoir transformateur de l'art en question</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'activisme artistique et la mondialisation de la scène de l'art (théorie, pratique, paradigme et circulations)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03219954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le musée : origines, fonctions, limites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Formation des enseignants d'Histoire des Arts - FRAC, MECA, Bordeaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02941760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Interventions artistiques dans l’espace urbain : les femmes &amp;quot;apportent&amp;quot; leur corps »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Escorne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Artistes-femmes : les formes de l’engagement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2017, Pau, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02160525v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Artistes porte-voix ou comment rendre audible une parole empêchée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque « La parole empêchée » (colloque CLARE/Wissenschaft und Kunst, Université Paris Lodron de Salzburg)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2014, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01970273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Histoire de la photographie : Sténopé, daguerréotype, photographie, chronophotographie, rayon x, cinéma... Techniques et applications »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Images stéréoscopiques, photogrammétrie, 3D, organisée par Médiaquitaine, Centre régional de formation aux carrières des bibliothèques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2017, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02941761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Les Frontières en pratique avec Krzysztof Wodiczko, Étienne Boulanger et Marnix de Nijs »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">cARTographies : représentations poétiques et critiques pour penser les frontières à l’ère numérique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Pau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02160521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qu’est-ce que la photographie ? Histoire et usages d’un médium &amp;quot;sensible</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La photographie dans les fonds patrimoniaux, organisée par Médiaquitaine, Centre régional de formation aux carrières des bibliothèques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02941763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Les architectures fictives de Charles Simonds : le mythe au creux du réel »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Architectures fictives,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2014, Pessac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02160529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« JR et Denis Darzacq : la photographie contre les clichés »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Communautés à la périphérie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2013, Londre, Royaume-Uni</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02160532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Interventions &amp;quot;parasitiques&amp;quot; en milieu urbain : pour une redéfinition de la ville et de l’artiste »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le parasite comme stratégie artistique, brouillage et perturbation des appareillages</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2012, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02160534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Être artiste au féminin »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'Artiste</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Pierre Sauvanet, Jan 2003, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02160542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3621,215 +3696,215 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">.blank : souvenir de la brûlure</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05414162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thinking about the forest with Ellie Davies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05414165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Paquot, Demeure terrestre. Enquête vagabonde sur l'habiter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03119795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3839,91 +3914,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temps suspendu sur la Table de manifestation de Denis Briand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03879045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3933,114 +4008,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'art à même la ville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Escorne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'Homme et Société. Université Bordeaux Montaigne, 2011. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-02941754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId73"/>
+      <w:footerReference w:type="default" r:id="rId74"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -4187,51 +4262,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04895574v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Escorne" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864175v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Metayer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941736v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Bourchenin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Philippe" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Malaurie" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Bappel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998084v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Baumann" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Peylet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pub-editions.fr/fr/collection-un-artiste-des-etudiants/5000-helene-saule-sorbe-l-art-a-chaque-pas" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941741v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414150v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414151v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414172v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207283v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414158v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169576v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160550v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016136v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/48342" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963321v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963323v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963322v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414170v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568245v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pub-editions.fr/index.php/la-chambre-et-les-arts-l-intime-au-defi-les-cahiers-d-artes-n-90.html" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414156v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155741v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896983v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bernex" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02900760v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne-Lise P&#233;pin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994112v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983871v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.17688" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983870v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160545v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338276v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338289v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414174v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895573v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895571v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864203v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207290v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864226v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864238v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219954v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941760v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970273v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941761v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160525v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160521v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941763v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160529v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160532v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160534v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160542v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414162v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414165v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119795v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879045v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02941754v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04895574v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Escorne" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864175v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Metayer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998084v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Baumann" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Peylet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pub-editions.fr/fr/collection-un-artiste-des-etudiants/5000-helene-saule-sorbe-l-art-a-chaque-pas" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05552357v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Bourchenin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941736v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Philippe" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Malaurie" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Bappel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941741v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414150v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414151v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207283v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414172v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414158v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03169576v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160550v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02016136v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4267/2042/48342" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963321v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963323v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01963322v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414170v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04568245v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pub-editions.fr/index.php/la-chambre-et-les-arts-l-intime-au-defi-les-cahiers-d-artes-n-90.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03155741v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414156v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896983v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bernex" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02900760v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne-Lise P&#233;pin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01994112v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983871v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pub.17688" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01983870v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160545v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414174v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338276v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05338289v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895573v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895571v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864203v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03207290v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864226v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03864238v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03219954v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941760v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160525v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01970273v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941761v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160521v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941763v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160529v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160532v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160534v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02160542v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414162v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05414165v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03119795v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879045v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02941754v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>