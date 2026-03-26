--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -162,51 +162,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (6)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -300,768 +300,902 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05447784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">‘Fuck’ and emoticons: a quantitative study of the use of two ‘gendered’ linguistic variables by transgender and nonbinary Redditors</w:t>
+                <w:t xml:space="preserve">Introduction du numéro 16, Varia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Flesch</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eléonore De Beaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Candea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiago Joseph</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Tardivel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gender and Language</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1558/genl.25734⟩</w:t>
+              <w:t xml:space="preserve">GLAD! Revue sur le langage, le genre, les sexualités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 16, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/120ha⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05354329v1</w:t>
+                <w:t xml:space="preserve">hal-05560002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La variation géographique et sociale dans le français d'internet: émojis et émoticônes en France et au Québec</w:t>
+                <w:t xml:space="preserve">‘Fuck’ and emoticons: a quantitative study of the use of two ‘gendered’ linguistic variables by transgender and nonbinary Redditors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Flesch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TRANEL. Travaux Neuchâtelois de Linguistique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.26034/ne.tranel.2023.3642⟩</w:t>
+              <w:t xml:space="preserve">Gender and Language</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 18 (2), pp.125-149. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1558/genl.25734⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04488925v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05354329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Usages informels du français inclusif : étude des doublets abrégés et complets sur twitter , reddit et youtube</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Flesch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Éléonore de Beaumont</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langue française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 220 (4), pp.59-78. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/lf.220.0059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04558909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“Dude” and “Dudette”, “Bro” and “Sis”: A Diachronic Study of Four Address Terms in the TV Corpus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Flesch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Anglica. An International Journal of English Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 32 (2), pp.23-42. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.7311/0860-5734.32.2.02⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05114121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La variation géographique et sociale dans le français d'internet: émojis et émoticônes en France et au Québec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Flesch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TRANEL. Travaux Neuchâtelois de Linguistique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 78 (1), pp.19-40. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.26034/ne.tranel.2023.3642⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04488925v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“That spelling tho”: A sociolinguistic study of the nonstandard form of though in a corpus of Reddit comments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Flesch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Applied Linguistics. </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 7 (2), pp.163-188. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1515/eujal-2019-0007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02377670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (7)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“I expected better from you, Mr. King”: Feminist resistance and reader critique in the subreddit r/MenWritingWomen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Flesch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heather Burnett</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Impulses and Approaches to Computer-Mediated Communication: Proceedings of the 12th International Conference on Computer-Mediated Communication and Social Media Corpora for the Humanities</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Bayreuth, Germany. pp.72-77, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.15495/EPub_UBT_00008705⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05354239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le (non) accord du participe passé aujourd’hui à l’écrit chez les adultes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Flesch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Benzitoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Barbara Hemforth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Abeillé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès Mondial FIPF</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Fédération internationale des professeurs de français, Jul 2025, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05437033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterizing non-binary French: A first step towards debiasing gender inference</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Flesch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heather Burnett</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th Workshop on Gender Bias in Natural Language Processing (GeBNLP 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2025, Vienne, Austria. pp.160-170, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.18653/v1/2025.gebnlp-1.16⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05204423v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mesurer les inégalités de genre en ligne avec le genre grammatical : Une étude du subreddit r/france</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Flesch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1077,937 +1211,1019 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32e Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2025)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05204430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La disparition qu’on a mis au jour : étude sur corpus de l’accord du participe passé avec avoir chez des adultes francophones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Benzitoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Flesch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9e Congrès Mondial de Linguistique Française</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Lausanne, Suisse. pp.14004, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/shsconf/202419114004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05208409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Connecter les chapitres linguistiques de Programming Historian ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthias Gille Levenson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Celian Ringwald</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Flesch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Isasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sofia Papastamkou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Humanistica 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association francophone des humanités numériques, May 2024, Meknès, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04557817v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inclusive French on the internet: a quantitative study of tweets and Reddit comments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Flesch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éléonore de Beaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AILA World Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AILA; ENS de Lyon, Jul 2023, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05560016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plan de gestion des données du project ANR Access ERC &amp;quot;EGICS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Flesch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université Paris Cité. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (plan de gestion de données/data management plan)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05302726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vidéo (2)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterizing non-binary French: a video</w:t>
+                <w:t xml:space="preserve">Characterizing non-binary French: A first step towards debiasing gender inference</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Flesch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heather Burnett</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05204429v1</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6th Workshop on Gender Bias in Natural Language Processing (GeBNLP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Vienna, Austria. 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05203010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le français inclusif sur internet : étude quantitative de Twitter, Reddit et YouTube</w:t>
+                <w:t xml:space="preserve">Identifying Redditors' gender identities. A multifactorial approach.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Flesch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">hal-04488909v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heather Burnett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tifanny Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée du GdR Traitement Automatique des Langues: « Traitement Automatique des Langues et les Humanités Numériques »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, La Rochelle, France. , 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05204419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (2)</w:t>
+        <w:t xml:space="preserve">Vidéo (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterizing non-binary French: A first step towards debiasing gender inference</w:t>
+                <w:t xml:space="preserve">Characterizing non-binary French: a video</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Flesch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heather Burnett</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">hal-05203010v1</w:t>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vidéo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05204429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identifying Redditors' gender identities. A multifactorial approach.</w:t>
+                <w:t xml:space="preserve">Le français inclusif sur internet : étude quantitative de Twitter, Reddit et YouTube</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Flesch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...51 lines deleted...]
-                <w:t xml:space="preserve">hal-05204419v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éléonore de Beaumont</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vidéo</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04488909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le site américain Reddit comme espace de variation de l'anglais</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Flesch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">176</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, pp.39-41. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2143/IG.176.0.3291450⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04558852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lol thats how reddit talks ;) : le site américain Reddit comme espace de variation de l’anglais. Étude de corpus intersectionnelle et quantitative d’usages non standard, au prisme du genre, de l’âge et de l’ethnicité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Flesch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/glad.2206⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05208413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2017,100 +2233,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">lol thats how reddit talks;) : le site américain Reddit comme espace de variation de l’anglais : étude de corpus intersectionnelle et quantitative d’usages non standard, au prisme du genre, de l’âge et de l’ethnicité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Flesch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Linguistique. Université de Lorraine, 2020. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2020LORR0192⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03129082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2120,105 +2336,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Acronyms and Emoticons on a Popular Web Forum: Does Gender Makes a Difference? A Corpus-Based Study of Reddit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Flesch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Humanities and Social Sciences. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mémoire d'étudiant</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02317528v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId56"/>
+      <w:footerReference w:type="default" r:id="rId63"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2286,51 +2502,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="5BB0C1A7"/>
+    <w:nsid w:val="55905E56"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2517,51 +2733,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marie-flesch" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2139-1517" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253021146" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447784v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Flesch" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Abbou" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather Burnett" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ling-2024-0105" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354329v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1558/genl.25734" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488925v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26034/ne.tranel.2023.3642" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558909v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;l&#233;onore de Beaumont" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lf.220.0059" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114121v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7311/0860-5734.32.2.02" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02377670v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/eujal-2019-0007" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354239v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15495/EPub_UBT_00008705" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05437033v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Benzitoun" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Hemforth" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Abeill&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05204423v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2025.gebnlp-1.16" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05204430v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208409v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/202419114004" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557817v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Gille Levenson" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celian Ringwald" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Isasi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Papastamkou" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05302726v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05204429v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488909v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05203010v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05204419v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifanny Nguyen" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558852v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/IG.176.0.3291450" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208413v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/glad.2206" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-03129082v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020LORR0192" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02317528v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marie-flesch" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-2139-1517" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253021146" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447784v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Flesch" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Abbou" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather Burnett" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/ling-2024-0105" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05560002v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore De Beaumont" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Candea" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiago Joseph" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Tardivel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/120ha" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354329v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1558/genl.25734" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558909v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;l&#233;onore de Beaumont" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/lf.220.0059" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05114121v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7311/0860-5734.32.2.02" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488925v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26034/ne.tranel.2023.3642" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02377670v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/eujal-2019-0007" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354239v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15495/EPub_UBT_00008705" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05437033v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Benzitoun" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Hemforth" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Abeill&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05204423v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2025.gebnlp-1.16" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05204430v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208409v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/202419114004" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04557817v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Gille Levenson" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celian Ringwald" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Isasi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Papastamkou" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05560016v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05302726v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05203010v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05204419v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifanny Nguyen" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05204429v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488909v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04558852v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2143/IG.176.0.3291450" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05208413v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/glad.2206" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-03129082v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2020LORR0192" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02317528v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>