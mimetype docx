--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -1685,51 +1685,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2B6A58E0"/>
+    <w:nsid w:val="7F6C9DB4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1833,51 +1833,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="F06CF8EB"/>
+    <w:nsid w:val="B11A8EFE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1981,51 +1981,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="28008327"/>
+    <w:nsid w:val="AB764FB9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2129,51 +2129,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="B9747694"/>
+    <w:nsid w:val="7F0199F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2277,51 +2277,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="EFBA8177"/>
+    <w:nsid w:val="A0AC242A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2425,51 +2425,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="B2824FE3"/>
+    <w:nsid w:val="C849872A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2573,51 +2573,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="2226F0C8"/>
+    <w:nsid w:val="E88588C9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2721,51 +2721,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="10EE5895"/>
+    <w:nsid w:val="FB891F6E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2869,51 +2869,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="5DD70268"/>
+    <w:nsid w:val="5D317519"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3017,51 +3017,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10">
-    <w:nsid w:val="BEF45C61"/>
+    <w:nsid w:val="DB091B99"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3165,51 +3165,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="739A8321"/>
+    <w:nsid w:val="EAEF0677"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3313,51 +3313,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="12">
-    <w:nsid w:val="BD31EA7E"/>
+    <w:nsid w:val="0A175368"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3461,51 +3461,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="13">
-    <w:nsid w:val="E2FF8659"/>
+    <w:nsid w:val="9BB7E68F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3609,51 +3609,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="14">
-    <w:nsid w:val="DAAD3EDC"/>
+    <w:nsid w:val="AF763FFF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3757,51 +3757,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15">
-    <w:nsid w:val="5FDE2183"/>
+    <w:nsid w:val="3EB12292"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3905,51 +3905,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="16">
-    <w:nsid w:val="1AE48A36"/>
+    <w:nsid w:val="DC0C78D4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4053,51 +4053,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="17">
-    <w:nsid w:val="1401C235"/>
+    <w:nsid w:val="B2F34C02"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>