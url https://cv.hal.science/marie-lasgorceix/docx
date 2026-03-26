--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1036,559 +1036,559 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04313344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating Potential Effects of Ultra-Short Laser-Textured Porous Poly-ε-Caprolactone Scaffolds on Bacterial Adhesion and Bone Cell Metabolism</w:t>
+                <w:t xml:space="preserve">Binder jetting process with ceramic powders</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emil Filipov</w:t>
+                <w:t xml:space="preserve">Qirong Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liliya Angelova</w:t>
+                <w:t xml:space="preserve">Enrique Juste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sanjana Vig</w:t>
+                <w:t xml:space="preserve">Fabrice Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria Helena Fernandes</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anne Leriche</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/polym14122382⟩</w:t>
+              <w:t xml:space="preserve">Open Ceramics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9, 14 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.oceram.2022.100218⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03889917v1</w:t>
+                <w:t xml:space="preserve">hal-03889926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Post-infiltration to improve the density of binder jetting ceramic parts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qirong Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrique Juste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Lasgorceix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Tenailleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 42 (15), pp.7134-7148. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jeurceramsoc.2022.08.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03889846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Young Ceramists in the Spotlight</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erkka Frankberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andraž Kojcan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonia Ressler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Somers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Open Ceramics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 10, 1 p. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.oceram.2022.100271⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04313364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Binder jetting process with ceramic powders</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marie Lasgorceix</w:t>
+                <w:t xml:space="preserve">Investigating Potential Effects of Ultra-Short Laser-Textured Porous Poly-ε-Caprolactone Scaffolds on Bacterial Adhesion and Bone Cell Metabolism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emil Filipov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liliya Angelova</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sanjana Vig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrice Petit</w:t>
+                <w:t xml:space="preserve">Maria Helena Fernandes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Leriche</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Gérard Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Open Ceramics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 9, 14 p. </w:t>
+              <w:t xml:space="preserve">Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (12), pp.2382. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.oceram.2022.100218⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/polym14122382⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03889926v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03889917v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of dopants on thermal stability and densification of β-tricalcium phosphate powders</w:t>
               </w:r>
@@ -1855,51 +1855,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of Femtosecond Laser-Engineered β-Tricalcium Phosphate (β-TCP) Biomimetic Templates for Orthopaedic Tissue Engineering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albena Daskalova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliya Angelova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anton Trifonov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2015,51 +2015,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irina Bliznakova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliya Angelova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Hocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2104,307 +2104,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03480357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Micropatterning of beta tricalcium phosphate bioceramic surfaces, by femtosecond laser, for bone marrow stem cells behavior assessment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Pre-osteoblast cell colonization of porous silicon substituted hydroxyapatite bioceramics: Influence of microporosity and macropore design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Urda Rüdrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Boilet</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Anne Leriche</w:t>
+                <w:t xml:space="preserve">Eric Champion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patricia Pascaud-Mathieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Damia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials Science and Engineering: C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 95, pp.371-380. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.msec.2018.03.004⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 97, pp.510-528. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.msec.2018.12.046⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03478975v1</w:t>
+                <w:t xml:space="preserve">hal-02080262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pre-osteoblast cell colonization of porous silicon substituted hydroxyapatite bioceramics: Influence of microporosity and macropore design</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Micropatterning of beta tricalcium phosphate bioceramic surfaces, by femtosecond laser, for bone marrow stem cells behavior assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chantal Damia</w:t>
+                <w:t xml:space="preserve">Cédric Ott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Boilet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Hocquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Leriche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials Science and Engineering: C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 97, pp.510-528. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.msec.2018.12.046⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 95, pp.371-380. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.msec.2018.03.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02080262v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03478975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Femtosecond laser impact on calcium phosphate bioceramics assessed by micro-Raman spectroscopy and osteoblastic behaviour</w:t>
               </w:r>
@@ -2416,77 +2416,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliana Grenho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria Helena Fernandes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Ott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of the European Ceramic Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 38 (16), pp.5545-5553. </w:t>
@@ -2537,51 +2537,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaping by microstereolithography and sintering of macro–micro-porous silicon substituted hydroxyapatite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Champion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Chartier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2680,51 +2680,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Lalloué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Damia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta Biomaterialia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 38, pp.179 - 189. </w:t>
@@ -2800,855 +2800,855 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combination of indirect stereolithography and gel casting methods to shape ceramic dental crowns</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cold Sintering Process for developing hydroxyapatite ceramic and polymer composite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muthusundar Kumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Aymen Ben Achour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Lasgorceix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosica Mincheva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Grimaud</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Florian Jean</w:t>
+                <w:t xml:space="preserve">Jean-Marie Raquez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECerS XVIII (2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t>
+              <w:t xml:space="preserve">BioCAM Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, Mons, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04392038v1</w:t>
+                <w:t xml:space="preserve">hal-04393180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D technology and antibacterial post-treatments: the process for the future manufacturing of bone substitutes?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Combination of indirect stereolithography and gel casting methods to shape ceramic dental crowns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Bouchart</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Hornez</w:t>
+                <w:t xml:space="preserve">Pierre Grimaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Boilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioCAM Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2023, Mons, Belgium</w:t>
+              <w:t xml:space="preserve">ECerS XVIII (2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04393175v1</w:t>
+                <w:t xml:space="preserve">hal-04392038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D printing of doped β-tricalcium phosphate bioceramics using robocasting</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Somers</w:t>
+                <w:t xml:space="preserve">3D technology and antibacterial post-treatments: the process for the future manufacturing of bone substitutes?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Leriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Bouchart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Hautcoeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Hornez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Cathy Delmotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioCAM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2023, MONS, Belgium</w:t>
+              <w:t xml:space="preserve">BioCAM Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, Mons, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04390681v1</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04393175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shaping of complex ceramic parts by several additive manufacturing processes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">3D printing of doped β-tricalcium phosphate bioceramics using robocasting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Somers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Preux</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Delmotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop for Multi-Functional Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Valenciennes, France</w:t>
+              <w:t xml:space="preserve">BioCAM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, MONS, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04392042v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04390681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and Direct Ink Writing of doped β-tricalcium phosphate bioceramics for bone repair applications</w:t>
+                <w:t xml:space="preserve">Shaping of complex ceramic parts by several additive manufacturing processes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrique Juste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Leriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Preux</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bioceramics 33</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2023, Solothurn, Switzerland</w:t>
+              <w:t xml:space="preserve">Workshop for Multi-Functional Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Valenciennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04393194v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04392042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cold Sintering Process for developing hydroxyapatite ceramic and polymer composite</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Synthesis and Direct Ink Writing of doped β-tricalcium phosphate bioceramics for bone repair applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marie Raquez</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Somers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Preux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Delmotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BioCAM Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2023, Mons, Belgium</w:t>
+              <w:t xml:space="preserve">Bioceramics 33</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Solothurn, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04393180v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04393194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Processing of ceramics by hybrid binder jetting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrique Juste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qirong Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Leriche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">46th International Conference &amp; Exposition on Advanced Ceramics &amp; Composites (ICACC 2022)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2022, Dayton Beach, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3798,90 +3798,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mise en forme complexe de céramiques par procédé hybride combinant projection sélective de liant et reprise laser</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrique Juste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qirong Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Leriche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles-Antoine Dutertre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3923,103 +3923,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaping of ceramic by binder jetting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Leriche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qirong Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrique Juste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ceramics in Europe 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Krakov, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4057,51 +4057,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manufacturing methods of bioceramic scaffolds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Leriche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BIOCERAMICS 32</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Venice, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4126,77 +4126,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elaboration de prothèses dentaires par fabrication additive indirecte combinant stéréolithographie et gel casting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Grimaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4376,90 +4376,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaping of ceramics by hybrid binder jetting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrique Juste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qirong Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Leriche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Duterte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4501,77 +4501,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaping of complex ceramic parts using stereolithography and gel casting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Grimaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4620,781 +4620,781 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04392052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid additive/subtractive manufacturing system to prepare dense and complicated ceramic parts</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId67" w:history="1">
+                <w:t xml:space="preserve">Hybrid additive/subtractive manufacturing system to prepare dense and complex shape ceramic parts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qirong Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrique Juste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Lasgorceix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Leriche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">96th Annual Meeting of the Deutsche Keramische Gesellschaft (DKG / German Ceramic Society)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2021, jülich, Germany</w:t>
+              <w:t xml:space="preserve">The 8th International Congress on Ceramics (ICC8)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Busan, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04392021v1</w:t>
+                <w:t xml:space="preserve">hal-04393230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid binder jetting of ceramic: investigation of powder, process and innovative post-treatments</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Hybrid additive/subtractive manufacturing system to prepare dense and complicated ceramic parts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qirong Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrique Juste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Leriche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BCERS 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2021, Mons (distanciel), Belgium</w:t>
+              <w:t xml:space="preserve">Laser Processing for Industry Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04391979v1</w:t>
+                <w:t xml:space="preserve">hal-04392046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid additive/subtractive manufacturing system to prepare dense and complicated ceramic parts</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+                <w:t xml:space="preserve">Hybrid binder jetting of ceramic: investigation of powder, process and innovative post-treatments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qirong Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrique Juste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Leriche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Laser Processing for Industry Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Online, France</w:t>
+              <w:t xml:space="preserve">BCERS 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2021, Mons (distanciel), Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04392046v1</w:t>
+                <w:t xml:space="preserve">hal-04391979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrication of higher thermal stability doped β-tricalcium phosphate bioceramics by robocasting</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Florian Jean</w:t>
+                <w:t xml:space="preserve">Hybrid additive/subtractive manufacturing system to prepare dense and complicated ceramic parts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Leriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrique Juste</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qirong Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Petit</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">96th Annual Meeting of the Deutsche Keramische Gesellschaft (DKG / German Ceramic Society)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Apr 2021, Virtual conference, Germany</w:t>
+              <w:t xml:space="preserve">, Apr 2021, jülich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04392013v1</w:t>
+                <w:t xml:space="preserve">hal-04392021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid additive/subtractive manufacturing system to prepare dense and complex shape ceramic parts</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Enrique Juste</w:t>
+                <w:t xml:space="preserve">Fabrication of higher thermal stability doped β-tricalcium phosphate bioceramics by robocasting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Somers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Thuault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">45th International Conference and Expo on Advanced Ceramics and Composites (ICACC 2021)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2021, Online Conference, United States</w:t>
+              <w:t xml:space="preserve">96th Annual Meeting of the Deutsche Keramische Gesellschaft (DKG / German Ceramic Society)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Virtual conference, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04393246v1</w:t>
+                <w:t xml:space="preserve">hal-04392013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hybrid additive/subtractive manufacturing system to prepare dense and complex shape ceramic parts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qirong Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrique Juste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Leriche</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Petit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 8th International Congress on Ceramics (ICC8)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2021, Busan, South Korea</w:t>
+              <w:t xml:space="preserve">45th International Conference and Expo on Advanced Ceramics and Composites (ICACC 2021)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2021, Online Conference, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04393230v1</w:t>
+                <w:t xml:space="preserve">hal-04393246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthèse et développement de β-TCP dopés destinés à la fabrication de substituts osseux par robocasting</w:t>
+                <w:t xml:space="preserve">Fabrication of higher thermal stability doped β-tricalcium phosphate bioceramics by robocasting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Somers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Jean</w:t>
@@ -5408,715 +5408,715 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Thuault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Cathy Delmotte</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Preux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th annual meeting of the Commission mixte Matériaux pour la Santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2020, France, France</w:t>
+              <w:t xml:space="preserve">young Ceramists Additive Manufacturing Forum (YCAM 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Online (Covid 19), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04393056v1</w:t>
+                <w:t xml:space="preserve">hal-04393277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of substituted β-tricalcium phosphate powders to improve their thermal stability and biological properties for bone regeneration</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Synthèse et développement de β-TCP dopés destinés à la fabrication de substituts osseux par robocasting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Somers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Lasgorceix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Thuault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marie Lasgorceix</w:t>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Delmotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">44th International Conference and Expo on Advanced Ceramics and Composites (ICACC 2020)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2020, Daytona Beach (Florida), United States</w:t>
+              <w:t xml:space="preserve">6th annual meeting of the Commission mixte Matériaux pour la Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, France, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04392017v1</w:t>
+                <w:t xml:space="preserve">hal-04393056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hybrid additive/subtractive manufacturing system to prepare dense and complex shape ceramic parts</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+                <w:t xml:space="preserve">Synthesis of substituted β-tricalcium phosphate powders to improve their thermal stability and biological properties for bone regeneration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Leriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Somers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Thuault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Young Ceramists Additive Manufacturing Forum (yCAM 2020)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2020, Online (Covid 19), France</w:t>
+              <w:t xml:space="preserve">44th International Conference and Expo on Advanced Ceramics and Composites (ICACC 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2020, Daytona Beach (Florida), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04393273v1</w:t>
+                <w:t xml:space="preserve">hal-04392017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improvement of beta-TCP thermal stability by doping for macroporous scaffolds</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Florian Jean</w:t>
+                <w:t xml:space="preserve">Hybrid additive/subtractive manufacturing system to prepare dense and complex shape ceramic parts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qirong Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enrique Juste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Leriche</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 8th International Congress on Ceramics (ICC8)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2020, Busan, South Korea</w:t>
+              <w:t xml:space="preserve">Young Ceramists Additive Manufacturing Forum (yCAM 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2020, Online (Covid 19), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04392047v1</w:t>
+                <w:t xml:space="preserve">hal-04393273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of calcium phosphate ceramic substrate surface properties on biological cell invasion</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Improvement of beta-TCP thermal stability by doping for macroporous scaffolds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Somers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Jean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Laurent Boilet</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Leriche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Thuault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">44th International Conference and Expo on Advanced Ceramics and Composites (ICACC 2020)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2020, Daytona Beach (Florida), United States</w:t>
+              <w:t xml:space="preserve">The 8th International Congress on Ceramics (ICC8)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2020, Busan, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04392008v1</w:t>
+                <w:t xml:space="preserve">hal-04392047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrication of higher thermal stability doped β-tricalcium phosphate bioceramics by robocasting</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of calcium phosphate ceramic substrate surface properties on biological cell invasion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Lasgorceix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shaan Chamary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Somers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Preux</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Hornez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Boilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">young Ceramists Additive Manufacturing Forum (YCAM 2020)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2020, Online (Covid 19), France</w:t>
+              <w:t xml:space="preserve">44th International Conference and Expo on Advanced Ceramics and Composites (ICACC 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2020, Daytona Beach (Florida), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04393277v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04392008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synthesis of doped β tricalcium phosphate powders to improve their thermal stability and densification by conventional and microwave sintering</w:t>
               </w:r>
@@ -6279,51 +6279,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Thuault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVI CONFERENCE AND EXHIBITION OF THE EUROPEAN CERAMIC SOCIETY</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Torino, Italy</w:t>
@@ -6365,90 +6365,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modification de l'interaction entre la surface de biomatériaux et des cellules osseuses, par traitement laser femtoseconde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Ott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boilet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Hocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Leriche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées Annuelles du Groupe Français de la Céramique 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2018, Bordeaux, France</w:t>
@@ -6477,103 +6477,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of microporosity and macropores design upon cell colonization of calcium phosphate ceramic scaffolds for bone regeneration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Urda Rüdrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Champion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Pascaud-Mathieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Damia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">29th Annual Meeting of the European Society for Biomaterials (ESB)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Maastricht, Netherlands</w:t>
@@ -6628,273 +6628,273 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consolidation à basse température d’hydroxyapatite nanométrique</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Aymen Ben Achour</w:t>
+                <w:t xml:space="preserve">Antimicrobial integrated methodologies for orthopaedic applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Meurice</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Cantallops-Vila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artemis Stamboulis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Leriche</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GFC 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2023, Limoges, France</w:t>
+              <w:t xml:space="preserve">Workshop for Multi-Functional Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Valenciennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04390729v1</w:t>
+                <w:t xml:space="preserve">hal-04392043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antimicrobial integrated methodologies for orthopaedic applications</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Cristina Cantallops-Vila</w:t>
+                <w:t xml:space="preserve">Consolidation à basse température d’hydroxyapatite nanométrique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muthusundar Kumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Aymen Ben Achour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paulo Quadros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosica Mincheva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop for Multi-Functional Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Valenciennes, France</w:t>
+              <w:t xml:space="preserve">GFC 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2023, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04392043v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04390729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Densification of Hydroxyapatite Powders by Cold Sintering Process (CSP): Influence of Particle Size, Acid Nature/Concentration.</w:t>
               </w:r>
@@ -7094,51 +7094,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04392048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement par robocasting de biocéramiques en β-TCP dopé destiné à la fabrication de substituts osseux</w:t>
+                <w:t xml:space="preserve">Fabrication of Doped ß-tricalcium Phosphate Bioceramics by Robocasting for Bone Repair Applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Somers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Jean</w:t>
@@ -7152,118 +7152,118 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Thuault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Preux</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées annuelles du Groupe Français de la Céramique (GFC) 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2021, France, France</w:t>
+              <w:t xml:space="preserve">The Materials Science &amp; Technology (MS&amp;T) technical meeting 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Columbus (Ohio), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04392687v1</w:t>
+                <w:t xml:space="preserve">hal-04392681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrication of Doped ß-tricalcium Phosphate Bioceramics by Robocasting for Bone Repair Applications</w:t>
+                <w:t xml:space="preserve">Développement par robocasting de biocéramiques en β-TCP dopé destiné à la fabrication de substituts osseux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Somers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Jean</w:t>
@@ -7277,176 +7277,176 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Thuault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fabrice Petit</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Preux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Materials Science &amp; Technology (MS&amp;T) technical meeting 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Columbus (Ohio), United States</w:t>
+              <w:t xml:space="preserve">Journées annuelles du Groupe Français de la Céramique (GFC) 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2021, France, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04392681v1</w:t>
+                <w:t xml:space="preserve">hal-04392687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hybrid Additive/Subtractive System of Ceramic Materials: Investigation of Powder, Process and Innovative Post-treatments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qirong Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enrique Juste</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Leriche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Materials Science &amp; Technology (MS&amp;T) technical meeting 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Columbus (Ohio), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7465,148 +7465,148 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04392682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Doping β-TCP ceramics to improve their stability in use of bone substitute implants</w:t>
+                <w:t xml:space="preserve">Doping β-TCP ceramics to improve their stability and their antimicrobial properties in use of bone substitute implants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Somers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Leriche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mardi des Chercheurs : 10 ème édition (MDC 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2019, Mons, Belgium</w:t>
+              <w:t xml:space="preserve">3rd BIOMAT congress Materials for Health 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, La Grande Motte, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04393071v1</w:t>
+                <w:t xml:space="preserve">hal-04393035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Doping β-TCP ceramics to improve their densification and mechanical properties in use of resorbable bone substitutes</w:t>
               </w:r>
@@ -7644,51 +7644,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anthony Thuault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Workshop for Ceramics and Glasses in Medical Applications (Y-CGMed 2019)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, madrid, Spain</w:t>
@@ -7711,273 +7711,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04392679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabrication of higher thermal stability doped β-tricalcium phosphate bioceramics by robocasting</w:t>
+                <w:t xml:space="preserve">Doping β-TCP ceramics to improve their stability in use of bone substitute implants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Somers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Leriche</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Young Ceramists Additive Manufacturing Forum (YCAM 2019)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Mons, Belgium</w:t>
+              <w:t xml:space="preserve">Mardi des Chercheurs : 10 ème édition (MDC 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2019, Mons, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04392678v1</w:t>
+                <w:t xml:space="preserve">hal-04393071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Doping β-TCP ceramics to improve their stability and their antimicrobial properties in use of bone substitute implants</w:t>
+                <w:t xml:space="preserve">Fabrication of higher thermal stability doped β-tricalcium phosphate bioceramics by robocasting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Somers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Jean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Thuault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Preux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3rd BIOMAT congress Materials for Health 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, La Grande Motte, France</w:t>
+              <w:t xml:space="preserve">Young Ceramists Additive Manufacturing Forum (YCAM 2019)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Mons, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04393035v1</w:t>
+                <w:t xml:space="preserve">hal-04392678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7989,209 +7989,209 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overview of Substitutes for Bone Replacement: Natural and Synthetic Products</w:t>
+                <w:t xml:space="preserve">Surface Treatment of Bioceramics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Somers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopedia of Materials: Technical Ceramics and Glasses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, pp.473-492. </w:t>
+              <w:t xml:space="preserve">, 2021, pp.701-715. </w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/b978-0-12-818542-1.00052-7⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/b978-0-12-818542-1.00032-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03889933v1</w:t>
+                <w:t xml:space="preserve">hal-03889935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface Treatment of Bioceramics</w:t>
+                <w:t xml:space="preserve">Overview of Substitutes for Bone Replacement: Natural and Synthetic Products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Somers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lasgorceix</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Encyclopedia of Materials: Technical Ceramics and Glasses</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, pp.701-715. </w:t>
+              <w:t xml:space="preserve">, 2021, pp.473-492. </w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/b978-0-12-818542-1.00032-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/b978-0-12-818542-1.00052-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Notice d’encyclopédie ou de dictionnaire</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03889935v1</w:t>
+                <w:t xml:space="preserve">hal-03889933v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -8370,51 +8370,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="83E9F6E7"/>
+    <w:nsid w:val="8804A6C7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8601,51 +8601,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marie-lasgorceix" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8383-5585" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/189859296" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/319145003314261301271" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/B-3654-2018" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04542434v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muthusundar Kumar" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Aymen Ben Achour" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lasgorceix" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Quadros" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosica Mincheva" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2024.100566" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103197v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Somers" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Jean" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Urruth" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Balvay" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.19093" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820943v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Preux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Delmotte" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2022.10.018" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414994v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#205;ris Soares" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamborghini Sotelo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ina Erceg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bioengineering10121392" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313350v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Aceti" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Filipov" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Sotelo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Fontanot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Christiansen" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2487/1/012043" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313344v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vida Strasser" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Jurkovi&#263;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasminka Kontrec" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molliq.2023.122122" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889917v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emil Filipov" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliya Angelova" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjana Vig" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Helena Fernandes" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Moreau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym14122382" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03889846v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qirong Chen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Juste" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lefebvre" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tenailleau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2022.08.005" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313364v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erkka Frankberg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andra&#382; Kojcan" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Ressler" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2022.100271" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889926v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Petit" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Leriche" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2022.100218" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796471v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Curto" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2021.100168" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889971v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Goutagny" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Hocquet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Hautcoeur" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2021.100167" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889975v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albena Daskalova" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Trifonov" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Hocquet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11062565" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03480357v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Bliznakova" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1492/1/012059" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03478975v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Ott" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Boilet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2018.03.004" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02080262v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urda R&#252;drich" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Champion" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Pascaud-Mathieu" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Damia" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2018.12.046" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WG13KQ8S-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03080557v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Grenho" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2018.07.048" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01727661v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chartier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2015.11.020" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819234v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Magnaudeix" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Usseglio" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lallou&#233;" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2016.04.039" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZTJLJSBL-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392038v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Grimaud" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393175v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bouchart" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Hornez" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390681v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392042v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393194v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393180v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Raquez" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392674v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392669v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392050v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Antoine Dutertre" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392026v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392004v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392049v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392030v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Thuault" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392051v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Duterte" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392052v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392021v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391979v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392046v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392013v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393246v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393230v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393056v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392017v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393273v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392047v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392008v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaan Chamary" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393277v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391972v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393086v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392691v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02080309v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390729v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392043v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Meurice" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Cantallops-Vila" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artemis Stamboulis" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390712v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392048v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Madefo Tchuyassi" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392687v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392681v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392682v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393071v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392679v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392678v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393035v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889933v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/b978-0-12-818542-1.00052-7" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889935v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/b978-0-12-818542-1.00032-1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/tel-03890063v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014LIMO4016" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marie-lasgorceix" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8383-5585" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/189859296" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/319145003314261301271" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/B-3654-2018" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04542434v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muthusundar Kumar" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Aymen Ben Achour" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lasgorceix" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo Quadros" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosica Mincheva" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2024.100566" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04103197v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Somers" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Jean" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Urruth" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Balvay" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jace.19093" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03820943v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Preux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Delmotte" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2022.10.018" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414994v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#205;ris Soares" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamborghini Sotelo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ina Erceg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bioengineering10121392" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313350v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Aceti" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Filipov" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Sotelo" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Fontanot" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Christiansen" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2487/1/012043" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313344v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vida Strasser" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Jurkovi&#263;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jasminka Kontrec" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molliq.2023.122122" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889926v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Qirong Chen" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrique Juste" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Petit" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Leriche" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2022.100218" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03889846v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lefebvre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tenailleau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2022.08.005" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04313364v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erkka Frankberg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andra&#382; Kojcan" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonia Ressler" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2022.100271" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889917v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emil Filipov" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliya Angelova" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanjana Vig" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Helena Fernandes" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Moreau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/polym14122382" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03796471v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Curto" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2021.100168" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889971v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Goutagny" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Hocquet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Hautcoeur" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oceram.2021.100167" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889975v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albena Daskalova" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anton Trifonov" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Hocquet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app11062565" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03480357v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Bliznakova" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/1492/1/012059" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02080262v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Urda R&#252;drich" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Champion" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Pascaud-Mathieu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Damia" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2018.12.046" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WG13KQ8S-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03478975v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Ott" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Boilet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2018.03.004" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03080557v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Grenho" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2018.07.048" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01727661v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chartier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeurceramsoc.2015.11.020" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01819234v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Magnaudeix" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Usseglio" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Lallou&#233;" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2016.04.039" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZTJLJSBL-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393180v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Raquez" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392038v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Grimaud" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393175v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bouchart" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Hornez" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390681v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392042v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393194v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392674v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392669v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392050v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Antoine Dutertre" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392026v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392004v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392049v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392030v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Thuault" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392051v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Duterte" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392052v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393230v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392046v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391979v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392021v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392013v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393246v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393277v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393056v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392017v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393273v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392047v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392008v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaan Chamary" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04391972v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393086v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392691v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02080309v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392043v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Meurice" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Cantallops-Vila" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artemis Stamboulis" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390729v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04390712v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392048v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Madefo Tchuyassi" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392681v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392687v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392682v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393035v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392679v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04393071v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04392678v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889935v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/b978-0-12-818542-1.00032-1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889933v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/b978-0-12-818542-1.00052-7" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/tel-03890063v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014LIMO4016" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>