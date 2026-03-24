--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -207,54 +207,50 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Surface Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 652, pp.159206. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.apsusc.2023.159206⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04547734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -345,54 +341,50 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Small</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/smll.202406334⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04767084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -483,54 +475,50 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Applied Nano Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 5 (6), pp.8029-8037. </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acsanm.2c01143⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03799055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -578,54 +566,50 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials Theory</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 5, </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s41313-021-00028-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03338736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -716,54 +700,50 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Nano</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acsnano.0c06735⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03153799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -854,54 +834,50 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECS Meeting Abstracts</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, MA2021-01 (14), pp.652-652. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1149/ma2021-0114652mtgabs⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04211551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -949,54 +925,50 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Nuclear Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 531, pp.151990. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jnucmat.2020.151990⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02447139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -1087,54 +1059,50 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physical Chemistry C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 124 (49), pp.27071-27081. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.jpcc.0c06798⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03103681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -1208,54 +1176,50 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 52 (45), pp.455106. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1361-6463/ab3816⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02299410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -1342,54 +1306,50 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 97 (10), </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevB.97.104102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02114782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -1480,54 +1440,50 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 96 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1103/PhysRevB.96.014110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02114780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -1614,54 +1570,50 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Earth and Planetary Science Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 448, pp.133 - 139. </w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.epsl.2016.05.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01638324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -1734,54 +1686,50 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 352, pp.152-155. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.nimb.2014.12.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01164544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -1884,54 +1832,50 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 115 (12), </w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.4869213⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05498585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -2018,54 +1962,50 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 113, pp.083515. </w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.4793507⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00824985v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -2156,54 +2096,50 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 103 (3), pp.031908. </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.4813858⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00869260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -2290,54 +2226,50 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 272, pp.309-312. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.nimb.2011.01.089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04447813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -2428,54 +2360,50 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 110 (11), </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.3664741⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00664729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -2549,54 +2477,50 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Physics Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 98 (17), </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.3582612⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05498591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -2657,54 +2581,50 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 44 (12), pp.125103. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/0022-3727/44/12/125103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00604885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -2795,54 +2715,50 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physica Status Solidi A (applications and materials science)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 206, pp.1916-1923. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/pssa.200881468⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00716700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -2945,54 +2861,50 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ECS Transactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 16 (6), pp.163 - 175. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1149/1.2980301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04447818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -3083,54 +2995,50 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, 104, pp.043526. </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1063/1.2970062⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00828299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -3217,54 +3125,50 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plasma Processes and Polymers</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 4 (S1), pp.S27-S32. </w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/ppap.200730301⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05267499v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -3363,54 +3267,50 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 242 (1-2), pp.565 - 567. </w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.nimb.2005.08.145⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04447819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -3500,54 +3400,50 @@
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 249 (1-2), pp.193-195. </w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.nimb.2006.03.112⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
-            </w:r>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> (typdoc.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05267487v1</w:t>
               </w:r>
             </w:hyperlink>
@@ -3652,54 +3548,50 @@
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Extended Defects in Semiconductors (EDS 2008)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008, Poitiers, France. pp.1969-1973, </w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/pssc.200881444⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
-            </w:r>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> (typdoc.)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">in2p3-00683325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId138"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>