--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:117.07317073171px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Marie LEFEBVRE </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">marie-lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3093-5873</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ingénieur bioinformatique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lieu: Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ingénieur en bioinformatique dans l'unité de Nutrition Humaine (UMR 1019 UNH) à Clermont-Ferrand, à 50% sur la Plateforme d'Exploration du Métabolisme (PFEM) INRAE.</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Je gère les données de santé (RedCap).Je mets en place des bases de données et interface web via les technologies web sémantique.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Background & position</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Depuis Février 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> - Ingénieur en bioinformatique à INRAE, Clermont-Ferrand, France</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Projet </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MetaboHub</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Octobre 2017-2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> - Ingénieur en bioinformatique à INRAE, Bordeaux, France</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Développement du pipeline virAnnot pour les analyses métagénomiques virales.Développement de bases de données et d'interfaces web pour les virus de plantes.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">October 2020-March 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> - Mission au Bioinformatics Group, Wageningen University and Research, NL</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">J'ai obtenu une bourse d'échange dans le cadre du projet </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ELIXIR</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> pour:</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">intégrer le pipeline </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">virAnnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> dans GALAXY pour rendre les analyses métagénomiques virales facilement accessibles à toute la communauté</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">développer une méthode pour hiérarchiser les gènes d'une région eQTL afin d'identifier plus précisément le gène causal affectant un trait, voir </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AraQTL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016-2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> - Ingénieur en bioinformatique - LS2N Combinatoire et Informatique, Nantes, France</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Développement d'algorithmes et d'interfaces web pour l'intégration de données hétérogènes via les données ouvertes liées et le web sémantique (modèle BioPAX). </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SyMeTRIC Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014-2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> - Ingénieur en bioinformatique - INRA Biologie des fruits et pathologie, Bordeaux, France</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Développement d'une base de données et d'une interface Web pour les spectres RMN et leurs métadonnées. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabohub Project</w:t></w:r></w:hyperlink><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Intégration d'outils pour Galaxy Workflow4Metabolomics.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> - Stage - INRA Evolution et génétique quantitative, Paris-Sud, France</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Intégration d'un package R dans une interface web pour l'analyse de données de sélection variétale de blé. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SHiHeMaS Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Education & training</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> - IFB open science and PGD (IFB)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> - Hackaton Galaxy Interactive Tools (GEOC)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> - Cours de calcul haute performance (Bordeaux Computing Center)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> - Tools integration for GALAXY (IFB Galaxy group)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> - Master : Bioinformatique (Nantes, France)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> - Licence : Biologie, Géosciences, Chimie (Nantes, France) option biologie de l'environnement</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (27)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sympatric Populations of Crop and Wild Carrots ( Daucus carota subsp.) Have Distinct Viromes, with Shared Core Species More Prevalent in Farm-Grown Populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deborah Schönegger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Garcia Arenal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolyn Malmstrom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcos Martinez Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytobiomes Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 9 (1), pp.8-20. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PBIOMES-06-24-0062-R⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05125724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to survive the mutational meltdown: lessons from plant RNA viruses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lafforgue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago F Elena</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peer Community Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 4, pp.e22. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24072/pcjournal.379⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04512813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correction: Haegeman et al. Looking beyond Virus Detection in RNA Sequencing Data: Lessons Learned from a Community-Based Effort to Detect Cellular Plant Pathogens and Pests. Plants 2023, 12, 2139</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelies Haegeman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoika Foucart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kris de Jonghe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Goedefroit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maher Al Rwahnih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 13 (5), pp.623. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/plants13050623⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04617460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative performance evaluation of double-stranded RNA high-throughput sequencing for the detection of viral infection in temperate fruit crops</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Gentit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Brans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Philippe Renvoisé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PHYTO-12-23-0480-R⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04530518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of the RNA Mycovirome Associated with Grapevine Fungal Pathogens: Analysis of Mycovirus Distribution and Their Genetic Variability within a Collection of Botryosphaeriaceae Isolates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Comont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Candresse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Valière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Viruses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16 (3), pp.392. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/v16030392⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04521947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of Seven Additional Genome Segments of Grapevine-Associated Jivivirus 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Candresse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Svanella-Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Depasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Viruses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 15 (1), pp.39. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/v15010039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03915165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Looking beyond virus detection in RNA sequencing data: Lessons learned from a community-based effort to detect cellular plant pathogens and pests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelies Haegeman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoika Foucart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kris de Jonghe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Goedefroit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maher Al Rwahnih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12 (11), pp.2139. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/plants12112139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04117624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carrot populations in France and Spain host a complex virome rich in previously uncharacterized viruses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deborah Schönegger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bisola Mercy Babalola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 18 (8), pp.e0290108. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0290108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04216737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PeakForest: a multi-platform digital infrastructure for interoperable metabolite spectral data and metadata management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Paulhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Canlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelaure Damont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lindsay Peyriga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 18 (6), pp.40. </w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-022-01899-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First report of grapevine virus L infecting grapevine in southeast France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Svanella-Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Candresse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Lluch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Valiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 106 (5), pp.1536. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PDIS-10-21-2310-PDN⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03520722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Primer on the Analysis of High-Throughput Sequencing Data for Detection of Plant Viruses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Kutnjak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Tamisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian Adams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neil Boonham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Candresse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microorganisms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9 (4), pp.841. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/microorganisms9040841⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03200602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leaf‐associated fungal and viral communities of wild plant populations differ between cultivated and natural ecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuxin Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tania Fort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Theil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant-Environment Interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 2, pp.87-99. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pei3.10043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03182663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large-scale regulatory and signaling network assembly through linked open data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Gaignard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Folschette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carito Guziolowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Database - The journal of Biological Databases and Curation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 2021, pp.baaa113. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/database/baaa113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107317v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First report of lettuce necrotic leaf curl virus infecting cultivated lettuce in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Svanella-Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 105 (4), 1 p. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PDIS-11-20-2348-PDN⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03101398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pipeline to detect the positional and directional relationship between transposable elements and adjacent genes in host genome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Meguerditchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayse Ergun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Decroocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quynh-Trang Bui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peer Community Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 1, pp.e48. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24072/pcjournal.57⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03604056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semi-artificial datasets as a resource for validation of bioinformatics pipelines for plant virus detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Tamisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelies Haegeman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoika Foucart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fouillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maher Al Rwahnih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peer Community Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 1, pp.e53. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24072/pcjournal.62⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04107125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sixty years from the first disease description, a novel badnavirus associated with chestnut mosaic disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Murolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Brans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Larue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 111 (6), pp.1051-1058. </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PHYTO-09-20-0420-R⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03036205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome characterization and diversity of trifolium virus 1: identification of a novel legume-infecting capulavirus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuxin Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Svanella-Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Julian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Galzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives of Virology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 166 (9), pp.2573-2578. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00705-021-05135-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03271050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular diversity of grapevine Kizil Sapak virus and implications for its detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Lacombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Boursiquot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives of Virology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 165, pp.1849-1853. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00705-020-04673-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complete genome sequence of a novel grapevine-infecting member of the genus Polerovirus, grapevine polerovirus 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Candresse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Lacombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives of Virology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 165 (7), pp.1683-1685. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00705-020-04640-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02565509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel foveavirus identified in wild grapevine (Vitis vinifera subsp. sylvestris)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Reynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Brodard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Remoliff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Schumpp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives of Virology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 165 (12), pp.2999 - 3002. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00705-020-04817-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02983032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metagenomic analysis of virome cross-talk between cultivated &amp;lt;em&amp;gt;Solanum lycopersicum&amp;lt;/em&amp;gt; and wild &amp;lt;em&amp;gt;Solanum nigrum&amp;lt;/em&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuxin Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Candresse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Virology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 540, pp.38-44. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.virol.2019.11.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02625134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phytovirome Analysis of Wild Plant Populations: Comparison of Double-Stranded RNA and Virion-Associated Nucleic Acid Metagenomic Approaches.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuxin Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Theil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Svanella-Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Virology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 94 (1), pp.e01462-9. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/JVI.01462-19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02628250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First report of Citrus virus A (CiVA) infecting pear (&amp;lt;em&amp;gt;Pyrus communis&amp;lt;/em&amp;gt;) in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Svanella-Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Depasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Brans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 103 (10), pp.2703. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PDIS-01-19-0028-PDN⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02620798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The VirAnnot pipeline: a resource for automated viral diversity estimation and operational taxonomy units (OTU) assignation for virome sequencing data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Theil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuxin Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Candresse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytobiomes Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PBIOMES-07-19-0037-A⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02628298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome characterization of a divergent isolate of the mycovirus Botrytis virus F from a grapevine metagenome.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Svanella-Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Theil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives of Virology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 163 (11), pp.3181-3183. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00705-018-3975-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02621857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMRProcFlow: a graphical and interactive tool dedicated to 1D spectra processing for NMR-based metabolomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 13 (4), pp.36. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-017-1178-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01606304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a novel food frequency questionnaire to improve the estimation of (poly)phenol intake: PhenolQuest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorian Teissandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Gillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soline Chaumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wiame Lasri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Conférence on Polyphenols and Health- ICPH2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Boston (Massachusetts), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04790273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MetaSaurus : towards FAIR metabolomics analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Filangi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire semantic linked data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Cap Agde, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04613582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A la recherche de mycovirus modulant l'agressivité des Botryosphaeriaceae associés aux maladies du bois de la vigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaelle Comont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Candresse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées nationales des maladies du bois de la vigne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of double-stranded RNA (dsRNA) and Virion-associated nucleic acids (VANA) targets for high-throughput sequencing analysis of phytoviral metagenomes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuxin Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Theil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Svanella-Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17. Rencontres de Virologie Végétale (RVV 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regulation and signalization graph assembly through Linked Open Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carito Guziolowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Gaignard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JOBIM 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01768420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PeakForest: a spectral reference database made from metabolomic experts for metabolomic analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Paulhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Roger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Duperier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journées scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau Francophone de Métabolomique et Fluxomique (RFMF). FRA., Jun 2015, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02742965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportement spécifique de structures 3D interlock tissées contre les impacts à haute vitesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Provost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Boussu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Nussbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17èmes Journées Nationales sur les Composites (JNC17)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Poitiers-Futuroscope, France. pp.39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00597911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping metabolomics data: Complexity and issues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Umec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghina Hajjar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Giacomoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Comte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16èmes Journées Scientifiques du Réseau Francophone de Métabolomique et de Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, St Malo, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04611708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semi-artificial datasets as a resource for validation of bioinformatics pipelines for plant virus detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Tamisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelies Haegeman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoika Foucart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fouillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maher Al Rwahnih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Advances in Plant Virology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Avignon (en ligne), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04315151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An automated strategy for viral diversity estimation and OTUs assignation implemented in the VirAnnot pipeline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuxin Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Theil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Candresse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17. Rencontres de Virologie Végétale (RVV 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Aussois, France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison directe de la performance des techniques classiques avec Séquençage à haut débit (HTS) pour la détection des virus des arbres fruitiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Gentit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Brans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jp Renvoisé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Saison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17. Rencontres de Virologie Végétale (RVV 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Aussois, France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMRProcFlow: A graphical and interactive tool dedicated to 1D spectra processing for NMR-based metabolomics.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROMAR - European Magnetic Resonance Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Nantes, France. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02733608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMRProcFlow: An easy GUI tool dedicated to 1D NMR spectra processing (1H & 13C) for Metabolomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Journées Scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Liège, Belgium. pp.P24, 2018, 11. Journées Scientifiques du RFMF</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03125691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMERODE: nuclEAR MagnEtic Resonance prOfiles DatabasE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. journées scientifiques du Réseau Francophone de Métabolomique et Fluxomique RFMF 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Montpellier, France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02741930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant Metabolomics at Bordeaux Metabolome Facility, a member of MetaboHUB and PHENOME IA projects. Tools and Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Ballias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. journées scientifiques du Réseau Francophone de Métabolomique et Fluxomique RFMF 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Montpellier, France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PeakForest: a spectral database and its toolbox, dedicated to the Metabolomics’ community</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Paulhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Duperier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Roger-Mele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Junot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. annual conference of the Metabolomics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Dublin, United Kingdom. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02744357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant Metabolomics at Bordeaux Metabolome Facility, a member of MetaboHUB and PHENOME IA projects. Tools and Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Ballias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2016. 12. Annual Conference of the Metabolomics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Dublin, Ireland. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02741696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PeakForest: a spectral reference database made from metabolomic experts for metabolomic analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Paulhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Roger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Duperier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journées scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Lille, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02742964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Workﬂow4Metabolomics: A collaborative research infrastructure for computational metabolomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Pétéra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gildas Le Corguille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Landi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Misharl Monsoor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tremblay-Franco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JOBIM 2015 (16e édition des Journées Ouvertes en Biologie, Informatique et Mathématiques )</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Clermont-Ferrand, France. , 2015, JOBIM (16e édition des Journées Ouvertes en Biologie, Informatique et Mathématiques ). </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/bioinformatics/btu813⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01214152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SHiNeMaS : a database dedicated to seed lots genealogy, phenotyping and cultural practices.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick de Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Burlot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Darkawi Madi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Riviere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Ouvertes en Biologie, Informatique &amp; Mathématiques 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02417547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une annotation RMN 1D et 2D ciblée à partir de matrices de référence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Paulhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Zhendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journées scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Lille, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant Metabolomics at Bordeaux Metabolome Facility, a member of MetaboHUB and PHENOME IA projects. Tools and Applications.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Ballias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journées scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Lille, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semi-artificial datasets as a resource for validation of bioinformatics pipelines for plant virus detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Tamisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelies Haegeman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoika Foucart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fouillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maher Al Rwahnih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03369187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMRProcFlow: A graphical and interactive tool dedicated to 1D spectra processing for NMR-based metabolomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01401241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PARSEC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elfried Salanon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Comte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Boccard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salomon Gouiri Loembe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:f16607641d45c7ae90571e847660d9040ca5723f;origin=https://github.com/inrae/PARSEC;visit=swh:1:snp:6ead07484c3aa11bdecba951b42a5d037e1cbf0c;anchor=swh:1:rev:51c7d9c1e08354ffcccb208e3f355a4cd6a9d60b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05105920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMRProcFlow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016, </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:7aee33a17ae9b018b59d840574936908d563808d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03318453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId210"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:117.07317073171px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Marie LEFEBVRE </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">marie-lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3093-5873</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ingénieur bioinformatique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lieu: Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ingénieur en bioinformatique dans l'unité de Nutrition Humaine (UMR 1019 UNH) à Clermont-Ferrand, à 50% sur la Plateforme d'Exploration du Métabolisme (PFEM) INRAE.</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Je gère les données de santé (RedCap).Je mets en place des bases de données et interface web via les technologies web sémantique.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Background & position</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Depuis Février 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> - Ingénieur en bioinformatique à INRAE, Clermont-Ferrand, France</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Projet </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MetaboHub</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Octobre 2017-2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> - Ingénieur en bioinformatique à INRAE, Bordeaux, France</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Développement du pipeline virAnnot pour les analyses métagénomiques virales.Développement de bases de données et d'interfaces web pour les virus de plantes.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">October 2020-March 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> - Mission au Bioinformatics Group, Wageningen University and Research, NL</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">J'ai obtenu une bourse d'échange dans le cadre du projet </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ELIXIR</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> pour:</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">intégrer le pipeline </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">virAnnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> dans GALAXY pour rendre les analyses métagénomiques virales facilement accessibles à toute la communauté</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">développer une méthode pour hiérarchiser les gènes d'une région eQTL afin d'identifier plus précisément le gène causal affectant un trait, voir </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AraQTL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2016-2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> - Ingénieur en bioinformatique - LS2N Combinatoire et Informatique, Nantes, France</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Développement d'algorithmes et d'interfaces web pour l'intégration de données hétérogènes via les données ouvertes liées et le web sémantique (modèle BioPAX). </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SyMeTRIC Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014-2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> - Ingénieur en bioinformatique - INRA Biologie des fruits et pathologie, Bordeaux, France</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Développement d'une base de données et d'une interface Web pour les spectres RMN et leurs métadonnées. </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabohub Project</w:t></w:r></w:hyperlink><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Intégration d'outils pour Galaxy Workflow4Metabolomics.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> - Stage - INRA Evolution et génétique quantitative, Paris-Sud, France</w:t></w:r><w:br/><w:r><w:rPr/><w:t xml:space="preserve">Intégration d'un package R dans une interface web pour l'analyse de données de sélection variétale de blé. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SHiHeMaS Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Education & training</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> - IFB open science and PGD (IFB)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> - Hackaton Galaxy Interactive Tools (GEOC)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> - Cours de calcul haute performance (Bordeaux Computing Center)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> - Tools integration for GALAXY (IFB Galaxy group)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> - Master : Bioinformatique (Nantes, France)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> - Licence : Biologie, Géosciences, Chimie (Nantes, France) option biologie de l'environnement</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (28)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metabolite names and identifiers: how far are we from interoperability?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghina Hajjar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Giacomoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Umec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariana P C Pimentel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 22 (2), pp.28. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-026-02404-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05545694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sympatric Populations of Crop and Wild Carrots ( Daucus carota subsp.) Have Distinct Viromes, with Shared Core Species More Prevalent in Farm-Grown Populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deborah Schönegger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Garcia Arenal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carolyn Malmstrom</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcos Martinez Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytobiomes Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 9 (1), pp.8-20. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PBIOMES-06-24-0062-R⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05125724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to survive the mutational meltdown: lessons from plant RNA viruses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Lafforgue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Michon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santiago F Elena</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peer Community Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 4, pp.e22. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24072/pcjournal.379⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04512813v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correction: Haegeman et al. Looking beyond Virus Detection in RNA Sequencing Data: Lessons Learned from a Community-Based Effort to Detect Cellular Plant Pathogens and Pests. Plants 2023, 12, 2139</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelies Haegeman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoika Foucart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kris de Jonghe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Goedefroit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maher Al Rwahnih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 13 (5), pp.623. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/plants13050623⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04617460v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparative performance evaluation of double-stranded RNA high-throughput sequencing for the detection of viral infection in temperate fruit crops</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Gentit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Brans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Philippe Renvoisé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PHYTO-12-23-0480-R⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04530518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of the RNA Mycovirome Associated with Grapevine Fungal Pathogens: Analysis of Mycovirus Distribution and Their Genetic Variability within a Collection of Botryosphaeriaceae Isolates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Comont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Candresse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Laurens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Valière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Viruses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16 (3), pp.392. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/v16030392⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04521947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification of Seven Additional Genome Segments of Grapevine-Associated Jivivirus 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Candresse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Svanella-Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Depasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Viruses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 15 (1), pp.39. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/v15010039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03915165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Looking beyond virus detection in RNA sequencing data: Lessons learned from a community-based effort to detect cellular plant pathogens and pests</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelies Haegeman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoika Foucart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kris de Jonghe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Goedefroit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maher Al Rwahnih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plants</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12 (11), pp.2139. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/plants12112139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04117624v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carrot populations in France and Spain host a complex virome rich in previously uncharacterized viruses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deborah Schönegger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bisola Mercy Babalola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 18 (8), pp.e0290108. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0290108⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04216737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PeakForest: a multi-platform digital infrastructure for interoperable metabolite spectral data and metadata management</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Paulhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Canlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelaure Damont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lindsay Peyriga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 18 (6), pp.40. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-022-01899-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First report of grapevine virus L infecting grapevine in southeast France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Svanella-Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Candresse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Lluch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Valiere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 106 (5), pp.1536. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PDIS-10-21-2310-PDN⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03520722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leaf‐associated fungal and viral communities of wild plant populations differ between cultivated and natural ecosystems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuxin Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tania Fort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Theil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant-Environment Interactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 2, pp.87-99. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pei3.10043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03182663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Primer on the Analysis of High-Throughput Sequencing Data for Detection of Plant Viruses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Kutnjak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Tamisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian Adams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neil Boonham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Candresse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microorganisms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9 (4), pp.841. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/microorganisms9040841⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03200602v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First report of lettuce necrotic leaf curl virus infecting cultivated lettuce in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Svanella-Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 105 (4), 1 p. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PDIS-11-20-2348-PDN⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03101398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large-scale regulatory and signaling network assembly through linked open data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Gaignard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Folschette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carito Guziolowski</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Database - The journal of Biological Databases and Curation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 2021, pp.baaa113. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/database/baaa113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03107317v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pipeline to detect the positional and directional relationship between transposable elements and adjacent genes in host genome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Meguerditchian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayse Ergun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Decroocq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quynh-Trang Bui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peer Community Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 1, pp.e48. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24072/pcjournal.57⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03604056v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semi-artificial datasets as a resource for validation of bioinformatics pipelines for plant virus detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Tamisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelies Haegeman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoika Foucart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fouillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maher Al Rwahnih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peer Community Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 1, pp.e53. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24072/pcjournal.62⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04107125v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome characterization and diversity of trifolium virus 1: identification of a novel legume-infecting capulavirus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuxin Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Svanella-Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Julian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Galzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Fernandez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives of Virology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 166 (9), pp.2573-2578. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00705-021-05135-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03271050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sixty years from the first disease description, a novel badnavirus associated with chestnut mosaic disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergio Murolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Brans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Larue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytopathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 111 (6), pp.1051-1058. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PHYTO-09-20-0420-R⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03036205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Molecular diversity of grapevine Kizil Sapak virus and implications for its detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Lacombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Boursiquot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives of Virology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 165, pp.1849-1853. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00705-020-04673-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02749957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complete genome sequence of a novel grapevine-infecting member of the genus Polerovirus, grapevine polerovirus 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Candresse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Lacombe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives of Virology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 165 (7), pp.1683-1685. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00705-020-04640-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02565509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A novel foveavirus identified in wild grapevine (Vitis vinifera subsp. sylvestris)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Reynard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Brodard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Remoliff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Schumpp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives of Virology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 165 (12), pp.2999 - 3002. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00705-020-04817-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02983032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Metagenomic analysis of virome cross-talk between cultivated &amp;lt;em&amp;gt;Solanum lycopersicum&amp;lt;/em&amp;gt; and wild &amp;lt;em&amp;gt;Solanum nigrum&amp;lt;/em&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuxin Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Candresse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Virology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 540, pp.38-44. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.virol.2019.11.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02625134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phytovirome Analysis of Wild Plant Populations: Comparison of Double-Stranded RNA and Virion-Associated Nucleic Acid Metagenomic Approaches.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuxin Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Theil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Svanella-Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Virology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 94 (1), pp.e01462-9. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/JVI.01462-19⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02628250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">First report of Citrus virus A (CiVA) infecting pear (&amp;lt;em&amp;gt;Pyrus communis&amp;lt;/em&amp;gt;) in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Svanella-Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flora Depasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoann Brans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 103 (10), pp.2703. </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PDIS-01-19-0028-PDN⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02620798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The VirAnnot pipeline: a resource for automated viral diversity estimation and operational taxonomy units (OTU) assignation for virome sequencing data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Theil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuxin Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Candresse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytobiomes Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/PBIOMES-07-19-0037-A⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02628298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome characterization of a divergent isolate of the mycovirus Botrytis virus F from a grapevine metagenome.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Svanella-Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Theil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives of Virology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 163 (11), pp.3181-3183. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00705-018-3975-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02621857v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMRProcFlow: a graphical and interactive tool dedicated to 1D spectra processing for NMR-based metabolomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 13 (4), pp.36. </w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11306-017-1178-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01606304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a novel food frequency questionnaire to improve the estimation of (poly)phenol intake: PhenolQuest</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorian Teissandier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Gillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soline Chaumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wiame Lasri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Mercier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11th International Conférence on Polyphenols and Health- ICPH2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2024, Boston (Massachusetts), United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04790273v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MetaSaurus : towards FAIR metabolomics analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Filangi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire semantic linked data</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Cap Agde, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04613582v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A la recherche de mycovirus modulant l'agressivité des Botryosphaeriaceae associés aux maladies du bois de la vigne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaelle Comont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Candresse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Larignon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées nationales des maladies du bois de la vigne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03763737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of double-stranded RNA (dsRNA) and Virion-associated nucleic acids (VANA) targets for high-throughput sequencing analysis of phytoviral metagenomes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuxin Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Theil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Svanella-Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17. Rencontres de Virologie Végétale (RVV 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Regulation and signalization graph assembly through Linked Open Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Bourdon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carito Guziolowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Gaignard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JOBIM 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01768420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PeakForest: a spectral reference database made from metabolomic experts for metabolomic analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Paulhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Roger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Duperier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journées scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau Francophone de Métabolomique et Fluxomique (RFMF). FRA., Jun 2015, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02742965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comportement spécifique de structures 3D interlock tissées contre les impacts à haute vitesse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Provost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Boussu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Nussbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17èmes Journées Nationales sur les Composites (JNC17)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Poitiers-Futuroscope, France. pp.39</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00597911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping metabolomics data: Complexity and issues</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Umec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghina Hajjar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Giacomoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Comte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16èmes Journées Scientifiques du Réseau Francophone de Métabolomique et de Fluxomique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, St Malo, France. </w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04611708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semi-artificial datasets as a resource for validation of bioinformatics pipelines for plant virus detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Tamisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelies Haegeman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoika Foucart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fouillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maher Al Rwahnih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Advances in Plant Virology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2021, Avignon (en ligne), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04315151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An automated strategy for viral diversity estimation and OTUs assignation implemented in the VirAnnot pipeline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuxin Ma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Theil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Candresse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17. Rencontres de Virologie Végétale (RVV 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Aussois, France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison directe de la performance des techniques classiques avec Séquençage à haut débit (HTS) pour la détection des virus des arbres fruitiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Gentit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Brans</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jp Renvoisé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Saison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">17. Rencontres de Virologie Végétale (RVV 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2019, Aussois, France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMRProcFlow: A graphical and interactive tool dedicated to 1D spectra processing for NMR-based metabolomics.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EUROMAR - European Magnetic Resonance Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Nantes, France. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02733608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMRProcFlow: An easy GUI tool dedicated to 1D NMR spectra processing (1H & 13C) for Metabolomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Journées Scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Liège, Belgium. pp.P24, 2018, 11. Journées Scientifiques du RFMF</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03125691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EMERODE: nuclEAR MagnEtic Resonance prOfiles DatabasE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael M. Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Rolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. journées scientifiques du Réseau Francophone de Métabolomique et Fluxomique RFMF 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Montpellier, France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02741930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PeakForest: a spectral database and its toolbox, dedicated to the Metabolomics’ community</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Paulhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Duperier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Roger-Mele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Junot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12. annual conference of the Metabolomics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Dublin, United Kingdom. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02744357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant Metabolomics at Bordeaux Metabolome Facility, a member of MetaboHUB and PHENOME IA projects. Tools and Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Ballias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10. journées scientifiques du Réseau Francophone de Métabolomique et Fluxomique RFMF 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Montpellier, France. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant Metabolomics at Bordeaux Metabolome Facility, a member of MetaboHUB and PHENOME IA projects. Tools and Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Ballias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Berton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Metabolomics 2016. 12. Annual Conference of the Metabolomics Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Dublin, Ireland. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02741696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PeakForest: a spectral reference database made from metabolomic experts for metabolomic analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Paulhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrick Roger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Olivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Duperier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journées scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Lille, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02742964v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Workﬂow4Metabolomics: A collaborative research infrastructure for computational metabolomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Pétéra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gildas Le Corguille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Landi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Misharl Monsoor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tremblay-Franco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JOBIM 2015 (16e édition des Journées Ouvertes en Biologie, Informatique et Mathématiques )</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Clermont-Ferrand, France. , 2015, JOBIM (16e édition des Journées Ouvertes en Biologie, Informatique et Mathématiques ). </w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/bioinformatics/btu813⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01214152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SHiNeMaS : a database dedicated to seed lots genealogy, phenotyping and cultural practices.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick de Oliveira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Burlot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Darkawi Madi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Riviere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Ouvertes en Biologie, Informatique &amp; Mathématiques 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2015, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02417547v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une annotation RMN 1D et 2D ciblée à partir de matrices de référence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Pinelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nils Paulhe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Zhendre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journées scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Lille, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant Metabolomics at Bordeaux Metabolome Facility, a member of MetaboHUB and PHENOME IA projects. Tools and Applications.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Ballias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Bénard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bernillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journées scientifiques du RFMF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Lille, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02743630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semi-artificial datasets as a resource for validation of bioinformatics pipelines for plant virus detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Tamisier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annelies Haegeman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yoika Foucart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fouillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maher Al Rwahnih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03369187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMRProcFlow: A graphical and interactive tool dedicated to 1D spectra processing for NMR-based metabolomics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Maucourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01401241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Logiciel (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PARSEC</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elfried Salanon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blandine Comte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Boccard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salomon Gouiri Loembe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:f16607641d45c7ae90571e847660d9040ca5723f;origin=https://github.com/inrae/PARSEC;visit=swh:1:snp:6ead07484c3aa11bdecba951b42a5d037e1cbf0c;anchor=swh:1:rev:51c7d9c1e08354ffcccb208e3f355a4cd6a9d60b⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05105920v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMRProcFlow</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniel Jacob</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Moing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016, </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨swh:1:dir:7aee33a17ae9b018b59d840574936908d563808d⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Logiciel</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03318453v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId213"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="52C30EC0"/>
+    <w:nsid w:val="A1403FDC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -255,51 +255,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="B8F4D254"/>
+    <w:nsid w:val="84F0A11F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -489,51 +489,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marie-lefebvre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3093-5873" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.metabohub.fr/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elixir-europe.org/about-us/staff-exchange-programme" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="doi:10.1094/PBIOMES-07-19-0037-A" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioinformatics.nl/AraQTLld" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://symetric.univ-nantes.fr/doku.php" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.metabohub.fr/home.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sourcesup.renater.fr/projects/shinemas/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05125724v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Sch&#246;negger" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Marais" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Garcia Arenal" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyn Malmstrom" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Martinez Jimenez" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PBIOMES-06-24-0062-R" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512813v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lafforgue" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lefebvre" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Michon" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago F Elena" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.379" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04617460v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelies Haegeman" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoika Foucart" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kris de Jonghe" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Goedefroit" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maher Al Rwahnih" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants13050623" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04530518v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gentit" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Brans" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Renvois&#233;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Faure" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-12-23-0480-R" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04521947v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Comont" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Candresse" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Laurens" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vali&#232;re" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v16030392" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03915165v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Svanella-Dumas" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Depasse" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v15010039" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04117624v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants12112139" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04216737v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bisola Mercy Babalola" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0290108" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03695453v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Paulhe" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelaure Damont" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay Peyriga" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Durand" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-022-01899-3" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03520722v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Lluch" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Valiere" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-10-21-2310-PDN" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03200602v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Kutnjak" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Tamisier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Adams" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Boonham" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9040841" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03182663v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxin Ma" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Fort" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Theil" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pei3.10043" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107317v2" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Gaignard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Folschette" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bourdon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carito Guziolowski" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/baaa113" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03101398v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Gaudin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-11-20-2348-PDN" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03604056v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Meguerditchian" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayse Ergun" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Decroocq" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quynh-Trang Bui" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.57" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04107125v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fouillien" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.62" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03036205v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Murolo" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Larue" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-09-20-0420-R" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03271050v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Julian" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Galzi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Fernandez" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00705-021-05135-6" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749957v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lacombe" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Boursiquot" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00705-020-04673-9" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02565509v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00705-020-04640-4" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02983032v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Reynard" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Brodard" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Remoliff" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Schumpp" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00705-020-04817-x" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625134v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virol.2019.11.009" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628250v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.01462-19" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620798v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-01-19-0028-PDN" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628298v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PBIOMES-07-19-0037-A" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621857v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00705-018-3975-7" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606304v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Jacob" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Deborde" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Maucourt" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Moing" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-017-1178-y" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790273v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Teissandier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Gillet" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Chaumont" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiame Lasri" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Mercier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04613582v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Filangi" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03763737v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Comont" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Larignon" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737920v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768420v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742965v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Roger" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Olivier" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Duperier" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00597911v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Provost" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Boussu" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Nussbaum" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04611708v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Umec" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghina Hajjar" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Giacomoni" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Comte" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315151v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737922v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737926v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gentit" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Brans" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jp Renvois&#233;" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Saison" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733608v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03125691v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Maucourt" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741930v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael M. Maucourt" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique D. Rolin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743906v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Ballias" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille B&#233;nard" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bernillon" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Berton" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744357v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Roger-Mele" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Junot" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741696v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742964v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214152v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie P&#233;t&#233;ra" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Le Corguille" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Landi" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Misharl Monsoor" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tremblay-Franco" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btu813" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417547v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick de Oliveira" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Burlot" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darkawi Madi" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Riviere" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743576v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pinelli" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Zhendre" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lopez" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743630v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03369187v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401241v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05105920v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elfried Salanon" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boccard" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salomon Gouiri Loembe" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:f16607641d45c7ae90571e847660d9040ca5723f;origin=https://github.com/inrae/PARSEC;visit=swh:1:snp:6ead07484c3aa11bdecba951b42a5d037e1cbf0c;anchor=swh:1:rev:51c7d9c1e08354ffcccb208e3f355a4cd6a9d60b" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03318453v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:7aee33a17ae9b018b59d840574936908d563808d" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marie-lefebvre" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3093-5873" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.metabohub.fr/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elixir-europe.org/about-us/staff-exchange-programme" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="doi:10.1094/PBIOMES-07-19-0037-A" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bioinformatics.nl/AraQTLld" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://symetric.univ-nantes.fr/doku.php" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.metabohub.fr/home.html" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sourcesup.renater.fr/projects/shinemas/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05545694v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghina Hajjar" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Giacomoni" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Umec" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lefebvre" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana P C Pimentel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-026-02404-w" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05125724v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Sch&#246;negger" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Marais" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Garcia Arenal" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolyn Malmstrom" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcos Martinez Jimenez" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PBIOMES-06-24-0062-R" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04512813v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lafforgue" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Michon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santiago F Elena" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.379" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04617460v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelies Haegeman" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoika Foucart" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kris de Jonghe" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Goedefroit" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maher Al Rwahnih" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants13050623" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04530518v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gentit" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Brans" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Philippe Renvois&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Faure" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-12-23-0480-R" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04521947v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Comont" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Candresse" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Laurens" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Vali&#232;re" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v16030392" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03915165v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Svanella-Dumas" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Depasse" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v15010039" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04117624v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/plants12112139" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04216737v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bisola Mercy Babalola" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0290108" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03695453v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Paulhe" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Canlet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annelaure Damont" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay Peyriga" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Durand" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-022-01899-3" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03520722v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Lluch" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Valiere" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-10-21-2310-PDN" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03182663v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuxin Ma" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Fort" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Theil" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pei3.10043" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03200602v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Kutnjak" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Tamisier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Adams" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil Boonham" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms9040841" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03101398v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Gaudin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-11-20-2348-PDN" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03107317v2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Gaignard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Folschette" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bourdon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carito Guziolowski" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/database/baaa113" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03604056v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Meguerditchian" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayse Ergun" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Decroocq" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quynh-Trang Bui" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.57" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04107125v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fouillien" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.62" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03271050v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Julian" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Galzi" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Fernandez" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00705-021-05135-6" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03036205v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Murolo" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Larue" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PHYTO-09-20-0420-R" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02749957v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lacombe" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Boursiquot" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00705-020-04673-9" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02565509v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00705-020-04640-4" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02983032v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Reynard" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Brodard" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Remoliff" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Schumpp" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00705-020-04817-x" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625134v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virol.2019.11.009" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628250v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/JVI.01462-19" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02620798v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PDIS-01-19-0028-PDN" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628298v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/PBIOMES-07-19-0037-A" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621857v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00705-018-3975-7" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606304v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Jacob" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Deborde" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Maucourt" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Moing" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11306-017-1178-y" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790273v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Teissandier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Gillet" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soline Chaumont" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wiame Lasri" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Mercier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04613582v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Filangi" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03763737v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Comont" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Larignon" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737920v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01768420v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742965v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Roger" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Olivier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Duperier" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00597911v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Provost" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Boussu" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Nussbaum" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04611708v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Comte" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04315151v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737922v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737926v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gentit" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Brans" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jp Renvois&#233;" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Saison" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733608v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03125691v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Maucourt" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741930v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael M. Maucourt" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique D. Rolin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744357v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Roger-Mele" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Junot" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743906v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Ballias" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille B&#233;nard" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bernillon" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Berton" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741696v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742964v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01214152v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie P&#233;t&#233;ra" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Le Corguille" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Landi" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Misharl Monsoor" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tremblay-Franco" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btu813" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417547v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick de Oliveira" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Burlot" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darkawi Madi" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Riviere" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743576v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Pinelli" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Zhendre" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lopez" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02743630v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03369187v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01401241v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05105920v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elfried Salanon" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Boccard" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salomon Gouiri Loembe" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:f16607641d45c7ae90571e847660d9040ca5723f;origin=https://github.com/inrae/PARSEC;visit=swh:1:snp:6ead07484c3aa11bdecba951b42a5d037e1cbf0c;anchor=swh:1:rev:51c7d9c1e08354ffcccb208e3f355a4cd6a9d60b" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03318453v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:7aee33a17ae9b018b59d840574936908d563808d" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>