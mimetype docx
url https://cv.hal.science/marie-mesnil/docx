--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -120,51 +120,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (82)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (84)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -223,6262 +223,6409 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05463907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La filiation de l'homme qui accouche et de son épouse, entre réalité physiologique et projet parental commun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 03, pp.183</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05552273v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le congé de paternité et d'accueil de l'enfant à l'épreuve de la diversité des familles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mesnil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Recueil Dalloz</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2026, 02, pp.90</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05464023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'adoption par l'ex-compagne : l'opportunité du contrôle de proportionnalité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 03, pp.171</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05552267v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application de l'article 9 de la loi Limon à une insémination artisanale avec du sperme d'une banque étrangère</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mesnil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité juridique Famille</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 12, pp.661</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05435396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'opposition du mineur à son adoption par la coautrice du projet parental qui l'a vu naître</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 12, pp.660</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05435395v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le consentement de l'enfant de 13 ans, obstacle à son adoption « forcée » ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mesnil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité juridique Famille</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 01, pp.51</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04893724v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">L'opposition du mineur à son adoption par la coautrice du projet parental qui l'a vu naître</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'appréciation souveraine de l'intérêt de l'enfant au centre d'un conflit parental : pas de droit de visite et d'hébergement pour la mère non statutaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mesnil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité juridique Famille</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 12, pp.660</w:t>
+              <w:t xml:space="preserve">, 2025, 06, pp.340</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L'appréciation souveraine de l'intérêt de l'enfant au centre d'un conflit parental : pas de droit de visite et d'hébergement pour la mère non statutaire</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05111318v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Extension de l’Utilisation de Gamètes en IntraConjugal (EUGIC): quel usage des spermatozoïdes d’une femme trans?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Ranisavljevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Brouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérengère Ducrocq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gynécologie Obstétrique Fertilité &amp; Sénologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 53 (1), pp.20-24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gofs.2024.08.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04717970v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brevet de constitutionnalité pour la limitation de l'adoption à un seul beau-parent</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mesnil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité juridique Famille</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 06, pp.340</w:t>
+              <w:t xml:space="preserve">, 2025, 11, pp.601</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Marie Mesnil</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05400483v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irrecevabilité de l'appel gracieux en cas d'adoption fondée sur l'article 9 de la loi Limon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 10, pp.533</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05310320v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'intérêt des enfants à ne pas être adoptés par la co-autrice du projet parental réalisé par AMP à l'étranger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 01, pp.48</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04893722v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adoption de l'enfant né d'un projet parental commun avec donneur naturel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 01, pp.50</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04893723v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La double appréciation de l'intérêt de l'enfant à être adopté par sa seconde mère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 05, pp.290</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05070773v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Absence de contrariété à l'ordre public d'une maternité sans aucun lien biologique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 05, pp.224</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04925472v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adoption par la seconde femme des enfants issus d'un projet parental commun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 05, pp.304</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04574606v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Homme, Femme, Personne : qui a vocation à porter un enfant ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04567503v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'intérêt de l'enfant issu d'un projet parental commun à avoir une seconde filiation maternelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 30, pp.1510</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04682714v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Exequatur d'un jugement étranger établissant la filiation d'un enfant né par GPA : entre spécificités du contrôle et droit commun de la filiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Brunet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 41, pp.2042</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04800503v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La seconde filiation maternelle de l'enfant conçu par insémination artisanale en question</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 11, pp.567</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04785334v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'intérêt de l'enfant issu d'un projet parental commun à avoir une seconde filiation maternelle.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1510-1514</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04709057v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Actualités choisies - État civil, familles et conjugalités</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Carayon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Mattiussi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Pichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Porcheron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Intersections. Revue semestrielle Genre &amp; Droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.64977/intersections.vi2.68⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04848005v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'adoption « forcée » de l'enfant au centre d'un conflit de loyauté : la mère, la co-mère et la belle-mère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 11, pp.565</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04785333v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perte de l'autorité parentale : tableaux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Gebler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Avena-Robardet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 07 et 08, pp.370</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04646184v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violences intrafamiliales et autorité parentale : la loi du 18 mars 2024</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 04, pp.177</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04541072v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Confirmation de l'adoption plénière de l'enfant issu d'un projet parental commun</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 11, pp.564</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04785332v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Co-parenté : le contrôle de proportionnalité au secours de la filiation paternelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 01, pp.47</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04398578v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naissance d'un enfant par GPA à l'étranger : refus de la prime de naissance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 2, pp.322</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04567486v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Accompagnement des couples victimes d’interruption spontanée de grossesse : entre faux-semblants et bonnes intentions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04329261v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les obstacles à la parenté des couples de femmes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue française des affaires sociales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 2, pp.89-106</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04182186v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">EUGIC (Extension de l’Utilisation de Gamètes en IntraConjugal) : les nouveaux usages des gamètes au sein du couple</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noemie Ranisavljevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Brouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérengère Ducrocq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Reignier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gynécologie Obstétrique Fertilité &amp; Sénologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 51 (4), pp.200-205. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.gofs.2023.01.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03980002v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le “lien parent-enfant” dans les familles formées par deux femmes : la fragile conventionnalité du droit français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Brunet</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Lettres Actualités Droits-Libertés du CREDOF</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/revdh.16099⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04040839v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les chimères du droit : interdire les embryons chimériques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue semestrielle de droit animalier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04028927v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Améliorer la prise en charge des frais de santé menstruelle : les règles comme risque social</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de droit de la santé et de l'assurance maladie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Les violences obstétricales et gynécologiques : l’appréhension par le droit en France et à l’étranger, 37, pp.104-110</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04198370v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’adoption de l’enfant par la conjointe dans un contexte de séparation du couple de femmes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04156460v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La mère, le père et l'épouse de la mère : quand le projet parental d'un couple de femmes vire à la pluriparentalité imposée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Noémie Ranisavljevic</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.230</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04156459v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modification de la mention de sexe à l’état civil : quand les juges remédient (ponctuellement) aux lacunes de la loi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Amplitude du droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04329243v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le donneur, un père adoptif ? Le droit à une vie familiale normale ni ne l’impose, ni ne s’y oppose</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sophie Brouillet</w:t>
+                <w:t xml:space="preserve">Laurence Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.520</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04329249v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chronique annuelle &amp;quot;Déontologie des professions de santé ».</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bérengère Ducrocq</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Carayon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de droit de la santé et de l'assurance maladie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04709101v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enfant né de GPA au sein d’un couple d’hommes : une condamnation de la Suisse pour l’exemple ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04040849v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La CEDH sonne le glas de l’interdiction de la procréation post mortem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04329255v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ne suis-je pas un homme ? La filiation des personnes trans devant la CEDH</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04156458v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Création d'embryon transgénique par remplacement de l'ADN mitochondrial : un interdit désormais levé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04567499v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sur la possibilité de lever l'anonymat des anciens donneurs de gamètes : constitutionnalité sous réserve du régime transitoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 5, pp.853</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04251207v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étude jurisprudentielle sur l’exequatur après GPA à l’étranger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.374</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04183533v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pas de mention « sexe neutre », ni « intersexe » en droit français : un mal pour un bien ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04040827v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La parenté trans devant la Cour EDH : vers de nouvelles limites au changement de sexe ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Revue des droits de l'Homme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/revdh.18198⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04183501v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’autoconservation de gamètes : nouvelle donne ou nouveaux dons ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de droit de la santé et de l'assurance maladie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 32, pp.37-43. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.banm.2022.01.005.⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04041562v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La PMA pour tout·tes devant le Conseil constitutionnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04041556v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’autoconservation de gamètes : nouvelle donne ou nouveaux dons ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bulletin de l'Académie Nationale de Médecine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 206 (3), pp.399-404. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.banm.2022.01.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03633552v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les conditions d’âges pour accéder à l’AMP, révélateur des normes sociales, juridiques et médicales quant à la maternité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de droit de la santé et de l'assurance maladie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 35, pp.86-94</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03988967v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Autant en emporte la PMA pour toutes : enfin reconnues mères !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dalloz Actualité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04041535v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Changement de la mention du sexe à l'état civil : les mineurs trans également concernés !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 05, pp.286</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03667716v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D'un bricolage à l'autre : l'adoption forcée de l'enfant conçu par AMP au sein d'un couple de femmes aujourd'hui séparées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Brunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 04, pp.190</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03641864v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ni parent biologique ni père : la maternité d'une femme trans reconnue en justice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 04, pp.222</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03641728v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction. Covid-19, droit et action publique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josépha Dirringer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Amplitude du droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, n° 1, p. 39-42. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.56078/amplitude-droit.320⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04077407v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’assistance médicale à la procréation pour tou·te·s ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FamPra.ch</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.590-603</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04041546v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’incidence de la crise sanitaire sur l’activité des praticiens du droit. Enjeux, méthodes et premières hypothèses d'une enquête interdisciplinaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josépha Dirringer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Rousvoal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Milburn</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Amplitude du droit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, n° 1, p. 73-82. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.56078/amplitude-droit.351⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04077443v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Variations autour de la constitutionnalisation du droit à l’interruption volontaire de grossesse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Semaine juridique. Édition générale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.1351</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04041527v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'assistance médicale à la procréation pour les hommes trans : une exclusion conforme à la Constitution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Paricard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 09, pp.435</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03773014v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit à l'épreuve des droits des personnes intersexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Revue des juristes de Sciences Po</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03271449v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le droit à l’épreuve des droits des personnes intersexes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Revue des juristes de Sciences Po</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21, pp.102-106</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04041585v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La loi de bioéthique, une grande loi famille ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de droit de la santé et de l'assurance maladie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 29, pp.83-91</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04042222v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La vaccination contre le covid-19 au prisme des libertés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de droit de la santé et de l'assurance maladie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03358897v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La vaccination contre le covid-19 au prisme des libertés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de droit de la santé et de l'assurance maladie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 28, pp.72-77</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03271435v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les femmes non mariées et l'AMP avec tiers donneur, révélateur des reconfigurations opérées par la loi de bioéthique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Actualité juridique Famille</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10, pp.538</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03387873v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les angles morts de la loi de bioéthique en matière d'AMP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RDSS. Revue de droit sanitaire et social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 05, pp.790</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03407279v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pratiques et Apports de la QPC en droit de la Santé (PAQS)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Caillaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion del Sol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josépha Dirringer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Poulot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gynécologie Obstétrique Fertilité &amp; Sénologie</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Titre VII – Les Cahiers du Conseil constitutionnel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Hors-série, pp.221-237</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 11, pp.601</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03082416v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ce que les femmes mariées nous apprennent du projet de loi de bioéthique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de droit de la santé et de l'assurance maladie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, pp.66-69</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 01, pp.48</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03271446v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ce que les femmes mariées nous apprennent du projet de loi bioéthique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de droit de la santé et de l'assurance maladie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 26, pp.66-69</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 10, pp.533</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04042254v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Droit et genre de janvier 2019 à février 2019 par REGINE (Recherches et études sur le genre et les inégalités dans les normes en Europe)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lisa Carayon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Dionisi-Peyrusse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Hennette-Vauchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Korsakoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Marguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recueil Dalloz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 15, pp.843</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 01, pp.50</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02925345v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’autoconservation de gamètes en débat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de droit de la santé et de l'assurance maladie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 05, pp.290</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04097644v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les recherches sur l’embryon, les cellules souches embryonnaires et les cellules pluripotentes induites : un encadrement en plein évolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de droit de la santé et de l'assurance maladie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 25, pp.77-83</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 05, pp.224</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04107518v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’édition du génome germinal : de la recherche fondamentale sur les embryons au transhumanisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de droit de la santé et de l'assurance maladie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 22, pp.36-44</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 05, pp.304</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02537847v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">CHRONIQUE -2 Droits des malades et bioéthique Titre : Quand le droit conforte la norme sociale relative à la conjugalité hétérosexuelle - Les limites à l'accès des femmes aux techniques reproductives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de droit de la santé et de l'assurance maladie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 11, pp.567</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01762719v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand le droit conforte la norme sociale relative au bon âge de la maternité : les limites à l’accès des femmes aux techniques reproductives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de droit de la santé et de l'assurance maladie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 18, pp.45-50</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...57 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02537895v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">What do we mean by the right to be forgotten? An analysis of the French case study from a lawyer’s perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Cancer Policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 15, pp.122-127. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcpo.2018.01.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Laurence Brunet</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02536327v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand le droit conforte et aménage la norme sociale relative à la division sexuée du travail entre l’homme-culture et la femme nature : les effets en matière de filiation de l’interdiction de la GPA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de droit de la santé et de l'assurance maladie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 21, pp.67-74</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02537884v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La démédicalisation du changement de sexe à l’état civil : une conception renouvelée du sexe et du genre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Debet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mesnil</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 41, pp.2042</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Laude</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Saumon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de droit de la santé et de l'assurance maladie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 16, pp.62-69</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 30, pp.1510</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04044332v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La binarité des sexes à l’épreuve de l’intersexuation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de droit de la santé et de l'assurance maladie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 17, pp.44-50</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2024, pp.1510-1514</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02537909v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les enjeux spécifiques aux femmes dans la LFSS pour 2016 et la loi santé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de droit de la santé et de l'assurance maladie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, pp.52-60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Lisa Carayon</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04044340v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réaffirmation de la prise en charge de l’IVG par l’assurance-maladie obligatoire en Suisse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Revue des droits de l'Homme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/revdh.608⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04044312v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pour la fin du modèle pseudo-procréatif en droit français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...64 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Marguet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Revue des droits de l'Homme</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/revdh.834⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 11, pp.565</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04053893v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La loi Taubira et au-delà…</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de droit de la santé et de l'assurance maladie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Familles, santé : évolutions et perspectives, 2, pp.9-19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...4726 lines deleted...]
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04044302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6488,719 +6635,719 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prendre soin des publics cibles dans leur dénomination : enjeux (juridiques) autour de l'émergence d'une nouvelle catégorie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mesnil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Prendre soin des personnes LGBTI+ : Évolutions et défis d’un champ d’action et de recherche</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, France Frigot; Gabriel Girard; Louise Virole; Michal Raz, Jan 2024, La Plaine St-Denis, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04412270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apports de la dernière loi de bioéthique quant à la recherche sur l'embryon et les cellules-souches embryonnaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mesnil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actualité de la recherche scientifique sur les matériaux humains. Regards croisés droit et anthropologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Paris Cité, May 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03971495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La création d’un droit spécial de la filiation pour les couples de femmes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mesnil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Apports et angles morts de la révision de la loi de bioéthique en termes de droits fondamentaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IODE, Dec 2021, Rennes (Faculté de Droit et de science politique), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03971399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’autoconservation ovocytaire en France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Développements techniques, politiques, sociaux et défis théoriques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université de Fribourg, Feb 2019, Fribourg, Suisse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02543318v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’autoconservation de gamètes. Recherches sur les embryons et les cellules souches embryonnaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mesnil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le projet de loi de bioéthique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Paris Descartes - IDS UMRS 1145; Clémentine Lequillerier, Marie Mesnil, Ana Zelcevic-Duhamel, Nov 2019, PARIS, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02542286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, Université de Fribourg, Feb 2019, Fribourg, Suisse</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les évolutions en matière d’AMP. Les propositions du rapport Touraine du 15 janvier 2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Regards sur les droits reproductifs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université Paris 1 Panthéon Sorbonne - ISJPS UMR 8103, Feb 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Université Paris 1 Panthéon Sorbonne - ISJPS UMR 8103, Feb 2019, Paris, France</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02543274v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">How to increase insurability of cancer survivors in Europe?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3rd EORTC Cancer survivorship summit, 1-2 mars 2018, Bruxelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Bruxelles, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Bruxelles, Belgium</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02544249v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Insurability of cancer survivors in France and Belgium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Patient support working group / Association of european cancer leagues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association of european cancer leagues, Apr 2018, Bucarest, Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Association of european cancer leagues, Apr 2018, Bucarest, Romania</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02544263v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Access to insurance for cancers patients: legal perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VIIe European conference on cured and chronic cancer patients</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Syracuse, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Syracuse, Italy</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02544276v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Insurability of cancer survivors in Europe: what could be learn from the France legislation?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECCO 2018 - European cancer summit - from science to real-life oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02544296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7210,297 +7357,297 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Santé mentale et organisation du travail, Approche juridique et regards croisés (F. Héas dir.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Héas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Baudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Desmoulin-Canselier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Véron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dalloz, 400 p., 2022, 978-2-247-21538-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sonia Desmoulin-Canselier</w:t>
+                <w:t xml:space="preserve">hal-03780891v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Repenser le droit de la reproduction au prisme du projet parental</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helbing Lichtenhahn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.612, 2018, 978-3-7190-4125-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02543134v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La place de l’ostéopathie dans le système de santé : enjeux et perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mesnil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...30 lines deleted...]
-              <w:t xml:space="preserve">Dalloz, 400 p., 2022, 978-2-247-21538-6</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Édouard Couty</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Editions de santé; Presses de sciences Po; Collection "Séminaires", 2016, 978-2-86411-296-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
-          </w:p>
-[...144 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (ouvrage de synthèse)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04053727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7510,528 +7657,528 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">En finir avec la référence au sexe dans le numéro de sécurité sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mesnil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Olivia Bui-Xuan. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le(s) droit(s) à l'épreuve de la non-binarité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Institut Francophone pour la Justice et la Démocratie; Colloques &amp; Essais, pp.87-105, 2023, 978-2-37032-388-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04156456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Splendeurs et misères du projet parental. L’assistance médicale à la procréation (AMP) avec tiers donneur, l’expression de préférences personnelles réduite à peau de chagrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mesnil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Préférences et discriminations. Réflexions sur la liberté et ses espaces persistants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 978-2-37032-392-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04708970v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le harcèlement managérial au sein du contentieux du harcèlement moral</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mesnil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Santé mentale et organisation du travail. Approche juridique et regards croisés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.147-158, 2022, 2247215386</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04053687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’autoconservation ovocytaire en France. Perspectives juridiques sur un nouvel usage des techniques reproductives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mesnil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sandra Hotz; Nils Kapferer; Michelle Cottier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Droit en mouvement, Law on the move</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.127-149, 2022, 978-3-03891-425-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04053705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La santé (mentale) en droit constitutionnel français</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mesnil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Santé mentale et organisation du travail. Approche juridique et regards croisés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.39-46, 2022, 9782247215386</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04053684v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quel genre pour la parenté trans ? Les trois lectures de l'identité sexuée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mesnil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Marie-Xavière Catto; Julie Malzaleigue-Labaste; Laurence Brunet. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La bicatégorisation de sexe. Entre droit, normes sociales et sciences biomédicales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Mare et Martin, 2021, 978-2-84934-539-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03271504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La loi santé devant le Conseil constitutionnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mesnil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Anne Laude; Didier Tabuteau. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La loi de modernisation de notre système de santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Presses de l'EHESP, pp.455-475, 2016, 978-2-8109-0510-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04053710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8041,117 +8188,117 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">À propos de l’inconstitutionnalité de l'article 6 de la Loi de bioéthique (07/07/2021)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mesnil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Xavière Catto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Brunet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04070188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8161,287 +8308,287 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Organisation du travail et santé mentale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Héas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul-Anthelme Adèle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Baudel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion del Sol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Desmoulin-Canselier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] DRESS-Mire; DARES - Direction de l'animation de la recherche, des études et des statistiques du Ministère du travail, de l'emploi et de l'insertion. 2022, 468 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03693825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pratiques et Apports de la QPC en droit de la Santé (PAQS)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mesnil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Caillaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion del Sol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josépha Dirringer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suzanne Poulot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Conseil Constitutionnel. 2020, 214 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03082783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId159"/>
+      <w:footerReference w:type="default" r:id="rId162"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8588,51 +8735,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05463907v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mesnil" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05464023v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05435396v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04893724v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05435395v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05111318v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717970v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Brunet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Ranisavljevic" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brouillet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Ducrocq" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gofs.2024.08.002" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05400483v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04893722v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05310320v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04893723v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05070773v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04925472v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04574606v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04785334v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567503v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04800503v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04682714v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709057v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848005v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Carayon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Mattiussi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pichard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Porcheron" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04785333v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04541072v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04646184v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gebler" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Avena-Robardet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04785332v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04398578v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04567486v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329261v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040849v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709101v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329249v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182186v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03980002v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Ranisavljevic" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Reignier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gofs.2023.01.008" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028927v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040839v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revdh.16099" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329243v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156459v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198370v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156460v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329255v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04251207v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156458v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183533v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567499v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040827v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183501v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revdh.18198" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041562v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.banm.2022.01.005." TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041556v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03633552v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.banm.2022.01.005" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04077407v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;pha Dirringer" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56078/amplitude-droit.320" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03641864v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03641728v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988967v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041535v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03667716v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041546v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04077443v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Rousvoal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Milburn" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56078/amplitude-droit.351" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041527v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03773014v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Paricard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041585v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042222v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358897v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271449v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271435v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03407279v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03387873v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03082416v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Caillaud" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion del Sol" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Poulot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271446v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042254v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925345v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Dionisi-Peyrusse" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Hennette-Vauchez" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Korsakoff" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Marguet" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097644v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107518v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02537847v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01762719v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02537895v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02536327v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcpo.2018.01.001" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02537884v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044332v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Debet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laude" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Saumon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02537909v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044340v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044312v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revdh.608" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053893v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revdh.834" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044302v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412270v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03971495v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03971399v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542286v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543318v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543274v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02544249v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02544263v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02544276v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02544296v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780891v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck H&#233;as" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Baudel" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Desmoulin-Canselier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul V&#233;ron" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543134v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.helbing.ch/detail/ISBN-9783719041250/Repenser-le-droit-de-la-reproduction-au-prisme-du-projet-parental" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053727v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;douard Couty" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156456v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708970v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053687v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053705v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053684v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271504v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053710v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070188v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Xavi&#232;re Catto" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693825v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Anthelme Ad&#232;le" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03082783v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05463907v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mesnil" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05552273v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05464023v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05552267v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05435396v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05435395v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04893724v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05111318v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04717970v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Brunet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Ranisavljevic" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Brouillet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Ducrocq" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gofs.2024.08.002" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05400483v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05310320v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04893722v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04893723v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05070773v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04925472v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04574606v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567503v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04682714v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04800503v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04785334v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709057v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04848005v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Carayon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Mattiussi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pichard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Porcheron" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64977/intersections.vi2.68" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04785333v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04646184v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gebler" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Avena-Robardet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04541072v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04785332v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04398578v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04567486v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329261v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182186v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03980002v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Ranisavljevic" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Reignier" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gofs.2023.01.008" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040839v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revdh.16099" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04028927v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04198370v2" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156460v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156459v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329243v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329249v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04709101v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040849v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329255v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156458v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567499v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04251207v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183533v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04040827v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04183501v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revdh.18198" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041562v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.banm.2022.01.005." TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041556v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03633552v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.banm.2022.01.005" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03988967v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041535v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03667716v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03641864v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03641728v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04077407v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;pha Dirringer" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56078/amplitude-droit.320" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041546v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04077443v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Rousvoal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Milburn" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56078/amplitude-droit.351" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041527v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03773014v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Paricard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271449v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041585v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042222v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03358897v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271435v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03387873v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03407279v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03082416v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Caillaud" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion del Sol" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Poulot" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271446v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042254v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02925345v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Dionisi-Peyrusse" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Hennette-Vauchez" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Korsakoff" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Marguet" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04097644v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04107518v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02537847v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-01762719v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02537895v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02536327v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcpo.2018.01.001" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02537884v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044332v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Debet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laude" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Saumon" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02537909v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044340v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044312v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revdh.608" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053893v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revdh.834" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04044302v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04412270v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03971495v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03971399v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543318v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02542286v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543274v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02544249v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02544263v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02544276v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02544296v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780891v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck H&#233;as" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Baudel" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Desmoulin-Canselier" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul V&#233;ron" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02543134v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.helbing.ch/detail/ISBN-9783719041250/Repenser-le-droit-de-la-reproduction-au-prisme-du-projet-parental" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053727v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;douard Couty" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04156456v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708970v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053687v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053705v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053684v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03271504v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04053710v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04070188v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Xavi&#232;re Catto" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693825v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Anthelme Ad&#232;le" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03082783v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>