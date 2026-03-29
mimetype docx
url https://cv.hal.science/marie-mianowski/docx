--- v0 (2026-03-09)
+++ v1 (2026-03-29)
@@ -1597,294 +1597,294 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03889144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">‘The Cottage by the Lough in Colum McCann’s TransAtlantic: Between Finite and Infinite.’</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mianowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nessa Cronin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tim Collins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cork University Press. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lifeworlds : Space, Place and Irish Culture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cork University Press, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04939244v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Cottage by the Lough in Colum McCann’s TransAtlantic: Between Finite and Infinite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mianowski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nessa Cronin; Tim Collins. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lifeworlds : Space, Place and Irish Culture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cork University Press</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01913593v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mianowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mapping Mobility</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Représentations dans le Monde anglophone; Revue ILCEA</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, https://representations.univ-grenoble-alpes.fr/spip.php?article49, 2019, Représentations dans le Monde anglophone, 2252 1160</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04939237v1</w:t>
-              </w:r>
-[...183 lines deleted...]
-                <w:t xml:space="preserve">hal-04939244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introduction</w:t>
               </w:r>
@@ -2971,488 +2971,488 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04995937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« A Conversation with Mary Reynolds »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mianowski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Études irlandaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Varia, 47-2, pp.133-141. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/etudesirlandaises.13518⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03889123v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Écrire pour prendre soin : l’écriture du care dans les nouvelles de Melatu Uche Okorie »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mianowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jessica Small</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fabula. Colloques en ligne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Souci de soi, souci de l'autre et création, http://www.fabula.org/colloques/document8230.php?utm_source=newsletter&amp;utm_medium=email&amp;utm_campaign=pour_une_litterature_du_care_publication_du_colloque_en_acces_libre_sur_fabula&amp;utm_term=2022-09-09%3E%20%202.%20Mianowski,%20Marie.%20%E2%80%98Introduction,%E2%80%99%20In%20Thresholds%20and%20refuges</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03889158v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Grene, Farming in Modern Irish Literature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mianowski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Études irlandaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.141-142. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/etudesirlandaises.12630⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (compte-rendu de lecture)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03889280v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Écrire pour prendre soin : l’écriture du care dans les nouvelles de Melatu Uche Okorie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mianowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jessica Small</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fabula / Les colloques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, Souci de l’autre, souci de soi et création, Pour une littérature du care, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.58282/colloques.8230⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04530823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...32 lines deleted...]
-                <w:t xml:space="preserve">Jessica Small</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Making Room: Place and Placelessness in Jhumpa Lahiri’s “Hema and Kaushik” in Unaccustomed Earth</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mianowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fabula. Colloques en ligne</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Commonwealth Essays and Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 42 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ces.2172⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">« A Conversation with Mary Reynolds »</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03889134v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Digging the borderland in Brian McGilloway’s The Nameless Dead (2012)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mianowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Études irlandaises</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, Varia, 47-2, pp.133-141. </w:t>
-[...236 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">, 2019, 44-1, pp.47-56. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/etudesirlandaises.6992⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
@@ -3538,243 +3538,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03889162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Skipping and Gasping, Sighing and Hoping in Colum McCann’s “Aisling”: The Making of a Poet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mianowski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of The Short Story in English / Les Cahiers de la nouvelle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Special Issue: “The Irish short story in the 21st century”. Edited by Bertrand Cardin., 63 (2014), pp.25-38</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01913620v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Space In-Between in Colum McCann’s Novel TransAtlantic (2013)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mianowski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Études britanniques contemporaines - Revue de la Société dʼétudes anglaises contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, The Imaginaries of Space, 47, https://journals.openedition.org/ebc/1810CRINI. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/ebc.1810⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01874178v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">The Choreography of Exile in Colum McCann's Fiction.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mianowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nordic Irish Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, pp.31-42</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01913520v1</w:t>
-              </w:r>
-[...145 lines deleted...]
-                <w:t xml:space="preserve">hal-01874178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le retour d’exil en littérature et le paysage irlandais : Le Rêve d’une métamorphose</w:t>
               </w:r>
@@ -4489,50 +4489,464 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05282413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Journal de guerre de Léonie Villard: une voix d'outre-tombe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mianowski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence Maison Sciences de l'Homme MSH Alpes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UGA Editions; MSH Alpes, Jan 2025, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04967916v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reading of excerpts from Cette vie by Melatu Uche Okorie (translated by Marie Mianowski from This Hostel Life)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mianowski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès annuel SOFEIR "MIgration"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société française d'Etudes irlandaises; Mianowski, Marie; Molinari, Véronique, Mar 2024, Saint-Martin d'Hères/Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04787648v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Flowers of Ms Fitton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mianowski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EcoArt in Ireland</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Morisson, Valérie; Naugrette-Fournier, Marion; Sorbonne Nouvelle Paris 3, May 2024, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04787651v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du biotope à la notion de &amp;quot;home&amp;quot;: (in)habitabilités à l'irlandaise.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mianowski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(In)habitabilité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bourne-Taylor, Carole; Thévenon, Marie, Sep 2024, Saint-Martin-d'Hères Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04787656v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kerri Ní Dochartaigh : écrire le vivant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mianowski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Littérature et Ecologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Denoyelle, Corinne; Ramero, Chiara; Laboratoire Litt&amp;Arts, Apr 2024, Saint-Martin-d'Hères Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04787645v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Writing for a change: Kerri Ní Dochartaigh’s writing of the more-than-human world in the perspective of the Climate Writing Group</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mianowski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Embracing Change, Navigating Uncertainty: Ireland and New Beginnings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, American Conference for Irish Studies (ACIS), Jun 2024, Limerick, Ireland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04787652v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Climate Fact or Climate Fiction? Exploring the Politics of Hope in Kim Stanley Robinson’s Ministry for the Future (2020).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mianowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -4541,1299 +4955,885 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Climate Fiction Seminar #2</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Marie Thévenon; James Dalrymple, Nov 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04995946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Journal de guerre de Léonie Villard: une voix d'outre-tombe</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« La fin du jardin : redéfinir l’intime avec Mary Reynolds »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mianowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence Maison Sciences de l'Homme MSH Alpes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UGA Editions; MSH Alpes, Jan 2025, Grenoble, France</w:t>
+              <w:t xml:space="preserve">Séminaire « L’intime »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire TIL, Université de Bourgogne., Feb 2023, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">The Flowers of Ms Fitton</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04787635v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">‘Writing the Self in More-Than-Human Worlds: Niall Williams and Christine Breen’s Memoir: In Kiltumper, a Year in an Irish Garden (Bloomsbury, 2021)’</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mianowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EcoArt in Ireland</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Morisson, Valérie; Naugrette-Fournier, Marion; Sorbonne Nouvelle Paris 3, May 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">“Writing the Self/Writing the English-Speaking Worlds: Life-Writing and Politics”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cédric Courtois; Claire Dubois, Oct 2023, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Reading of excerpts from Cette vie by Melatu Uche Okorie (translated by Marie Mianowski from This Hostel Life)</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04967866v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The power of storytelling&amp;quot; : le dispositif Narrative 4, partages croisés d’histoires”</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mianowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès annuel SOFEIR "MIgration"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société française d'Etudes irlandaises; Mianowski, Marie; Molinari, Véronique, Mar 2024, Saint-Martin d'Hères/Grenoble, France</w:t>
+              <w:t xml:space="preserve">Journée d’études: “Ecriture creative et (trans)formation(s): la création littéraire comme pratique artistique Culturelle et sociale”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cruxent, Charlène; laboratoire ILCEA4; équipe LISCA, Apr 2023, Saint Martin d'Hères - Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...228 lines deleted...]
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04787638v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Writing the Self in More-Than-Human Worlds: Niall Williams and Christine Breen’s Memoir</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mianowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Writing the Self/Writing the English-Speaking Worlds: Life-Writing and Politics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Courtois, Cédric; Dubois, Claire; Université de Lille, Oct 2023, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04787642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">« La fin du jardin : redéfinir l’intime avec Mary Reynolds »</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Après l’Eden : les jardins sans jardiniers de Mary Reynolds »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mianowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire « L’intime »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire TIL, Université de Bourgogne., Feb 2023, Dijon, France</w:t>
+              <w:t xml:space="preserve">Journée d’Etudes « paysage »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EMMA, Montpellier 3; Claire Omhovère; Anne-Sophie Letessier, Jun 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">‘Writing the Self in More-Than-Human Worlds: Niall Williams and Christine Breen’s Memoir: In Kiltumper, a Year in an Irish Garden (Bloomsbury, 2021)’</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03889190v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">‘Margins and marginalities in Ireland: Being Jewish and Irish in Nine Folds Make a Paper Swan by Ruth Gilligan’</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mianowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">“Writing the Self/Writing the English-Speaking Worlds: Life-Writing and Politics”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Cédric Courtois; Claire Dubois, Oct 2023, Lille, France</w:t>
+              <w:t xml:space="preserve">AFIS CONFERENCE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AFIS, May 2019, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">The power of storytelling&amp;quot; : le dispositif Narrative 4, partages croisés d’histoires”</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04939259v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Tales of the Irish Traveller world in Why the Moon Travels (2020) by Oein DeBhairduin »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mianowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’études: “Ecriture creative et (trans)formation(s): la création littéraire comme pratique artistique Culturelle et sociale”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Cruxent, Charlène; laboratoire ILCEA4; équipe LISCA, Apr 2023, Saint Martin d'Hères - Grenoble, France</w:t>
+              <w:t xml:space="preserve">Greening the Harp: poetics and politics of ecology in contemporary Ireland</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Université 3 Paris Sorbonne Nouvelle; ERIN (Centre de Recherches en Etudes Irlandaises et Nord-irlandaises); Marion Naugrette-Fournier; Clíona Ní Ríordáin, Nov 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...21 lines deleted...]
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03889176v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Translating Melatu Uche Okorie into French: an unexpected exile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Mianowski</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d’étude internationale Ecrire – Traduire – Accueillir : savoir-faire avec les différences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Myriam Geiser; Pascale Roux; Laura Reeck, Jun 2022, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03889194v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juif et Irlandais? L'indicible dans Nine Folds Make a Paper Swan (2016) de Ruth Gilligan (ou pourquoi faire simple quand on peut faire compliqué)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mianowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'indicible</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Séminaire de l'ILCEA4; Catherine Orsini; Laurent Gallardo; Laurence Garino Abel, Oct 2022, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03889188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Après l’Eden : les jardins sans jardiniers de Mary Reynolds »</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Narrative4 : ‘Turning Empathy into Action’</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mianowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée d’Etudes « paysage »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EMMA, Montpellier 3; Claire Omhovère; Anne-Sophie Letessier, Jun 2022, Montpellier, France</w:t>
+              <w:t xml:space="preserve">COMMENT FAIRE COMMUNAUTÉ ? PRATIQUES ARTISTIQUES COLLABORATIVES DANS LES ARTS CONTEMPORAINS EN IRLANDE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, GIS EIRE; CRBC (U. Rennes); avec la participation de LISAA (Université Gustave-Eiffel); et TIL (U. Bourgogne); Taylor Still, Université Rennes 2- CAPS; Anne Goarzin, Université Rennes 2, Nov 2021, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">‘Margins and marginalities in Ireland: Being Jewish and Irish in Nine Folds Make a Paper Swan by Ruth Gilligan’</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03889202v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">‘Representations of Jews in Irish Literature’</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mianowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AFIS CONFERENCE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AFIS, May 2019, Lille, France</w:t>
+              <w:t xml:space="preserve">Séminaire ‘Irish Tuesdays’</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sorbonne Nouvelle, EA Prismes, Paris 3; Cliona Ni Riordain, Jun 2021, Paris (en ligne), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...159 lines deleted...]
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03889215v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">the HOMES Idex Project</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Mianowski</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée ‘MAKING KIN’: Hos(ti)pitalities and (Trans)Migrations across Species, Technologies, Cultures, Genres’.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IDEX HOMES; ILCEA4/LISCA; Marie Mianowski; Maëlle Jeanniard du Dot; Saugata Bhaduri, JNU, India, Oct 2021, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03889205v1</w:t>
-              </w:r>
-[...136 lines deleted...]
-                <w:t xml:space="preserve">hal-03889215v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Place and Landscape in Jeff Malpas’ Philosophy’</w:t>
               </w:r>
@@ -6802,51 +6802,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B212E182"/>
+    <w:nsid w:val="BF5ED2A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7033,51 +7033,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marie-mianowski" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0003-0499-7602" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/159131081" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04967887v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mianowski" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995793v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Molinari" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/9783032104137" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-10414-4" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787701v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Morisson" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maureen O'Connor" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Gribkoff" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Whitaker, Pamela" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wvttrier.de/en/p/sharing-agricultural-and-gardening-cultures-in-ireland-writers-and-artists" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787678v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Favre" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Jones-Davies" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Massei-Chamayou" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Portheret" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications-prairial.fr/representations/index.php?id=1020" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/rma.1020" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889167v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Jeanniard Du Dot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ilcea.16139" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463051v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Beylier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Ounoughi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Vandamme" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912737v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912791v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Carboni" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Nail" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4008" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874755v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Alfaro-Hamayon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nessa Cronin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerry Cahill" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fionn Bennett" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995798v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995927v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970735v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03605970v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889144v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939237v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://representations.univ-grenoble-alpes.fr/spip.php?article49" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913593v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.corkuniversitypress.com/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939244v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Collins" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995992v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://representations.univ-grenoble-alpes.fr/Mapping-Mobility-Cartographies-en-mouvement" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874260v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pur-editions.fr/detail.php?idOuv=4484" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874244v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cambridgescholars.com/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874275v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.palgrave.com/de/book/9781137602824" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913606v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913602v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913638v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unicaen.fr/puc/html/spipf584.html?article937" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913523v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913551v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913642v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916763v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913665v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913575v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995937v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530823v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Small" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.8230" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889158v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889123v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesirlandaises.13518" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889280v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesirlandaises.12630" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889134v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ces.2172" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916781v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesirlandaises.6992" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889162v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/esa.3493" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913520v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913620v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874178v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ebc.1810" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913707v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913654v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916754v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916760v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916767v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916770v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913680v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05122067v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995775v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282413v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Paul-Traversaz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995946v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967916v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787651v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787648v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787645v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787656v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787652v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787642v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787635v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967866v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787638v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889188v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889190v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939259v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889176v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889194v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889205v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889202v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889215v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889207v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939248v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798698v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Hamilton" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grace Neville" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101920v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912770v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Hargaden" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127931v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889281v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970681v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onie Villard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12l97" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787675v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970699v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melatu Uche Okorie" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787682v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marie-mianowski" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0003-0499-7602" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/159131081" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04967887v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Mianowski" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995793v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Molinari" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/book/9783032104137" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-10414-4" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787701v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Morisson" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maureen O'Connor" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katerina Gribkoff" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Whitaker, Pamela" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wvttrier.de/en/p/sharing-agricultural-and-gardening-cultures-in-ireland-writers-and-artists" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787678v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Favre" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Jones-Davies" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Massei-Chamayou" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Portheret" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications-prairial.fr/representations/index.php?id=1020" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/rma.1020" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889167v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lle Jeanniard Du Dot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ilcea.16139" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463051v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Beylier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Ounoughi" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Vandamme" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912737v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912791v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Carboni" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Nail" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pur-editions.fr/detail.php?idOuv=4008" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01874755v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Alfaro-Hamayon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nessa Cronin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerry Cahill" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fionn Bennett" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995798v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995927v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970735v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03605970v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.peterlang.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889144v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939244v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Collins" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913593v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.corkuniversitypress.com/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939237v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://representations.univ-grenoble-alpes.fr/spip.php?article49" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995992v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://representations.univ-grenoble-alpes.fr/Mapping-Mobility-Cartographies-en-mouvement" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874260v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pur-editions.fr/detail.php?idOuv=4484" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874244v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cambridgescholars.com/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874275v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.palgrave.com/de/book/9781137602824" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913606v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913602v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913638v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unicaen.fr/puc/html/spipf584.html?article937" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913523v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913551v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913642v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916763v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913665v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913575v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995937v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889123v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesirlandaises.13518" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889158v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Small" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889280v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesirlandaises.12630" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04530823v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.58282/colloques.8230" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889134v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ces.2172" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916781v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudesirlandaises.6992" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889162v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/esa.3493" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913620v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01874178v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ebc.1810" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913520v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913707v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913654v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916754v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916760v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916767v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916770v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01913680v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05122067v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995775v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282413v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Paul-Traversaz" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967916v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787648v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787651v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787656v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787645v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787652v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04995946v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787635v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04967866v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787638v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787642v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889190v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939259v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889176v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889194v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889188v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889202v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889215v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889205v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889207v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04939248v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798698v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Hamilton" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grace Neville" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101920v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01912770v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Hargaden" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127931v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03889281v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970681v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;onie Villard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12l97" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787675v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970699v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melatu Uche Okorie" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04787682v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>