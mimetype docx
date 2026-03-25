--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:131.05802047782px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Marie Morille </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Associate Professor - Montpellier University (Pharmacy)/ Institute Regenerative Medicine & Biotherapy INSERM U1183/French Society Extracellular Vesicles (FSEV) treasurer IUF Junior member  </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">marie-morille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-8224-7346</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">140771255</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie Morille is Associate Professor in Montpellier University (Pharmacy School, Pharmaceutical sciences and Biomaterials Department) and Institute of Regenerative Medicine and Biotherapies (Inserm U1183) . During her phD and post-doctoral research, she worked on formulation of nano/microcarriers (surface functionalization, nucleic acids/protein loading) with a special care on coordination between carriers physico-chemical properties and impact on biological behaviour (in vitro/in vivo). As a result, she developed a multidisciplinary expertise at the interface of physico-chemistry, galenics and biology, which is particularly stimulating and allows me to interact with very different scientific backgrounds.In ICGM, she focuses on the delivery of biomolecules (nucleic acids, proteins) for health applications (cancerology, tissue engineering) using nanocarriers (lipid/polymer based). Since 2016, she has developed a line of research based on pharmaceutical sciences applied to Mesenchymal Stromal Cells (MSC) derived extracellular vesicles (EV), to increase the therapeutic potential of these promising bio/nanomedicines using pharmaceutical and physico-chemical tools/processes (characterization, storage, EV surface modification, EV engineering for biomolecules loading).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (41)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surface modification of extracellular vesicles with polyoxazolines to enhance their plasma stability and tumor accumulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Constanzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Terraza-Aguirre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Ibn Elfekih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Berthelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomaterials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 313, pp.122748. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biomaterials.2024.122748⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04754669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of Physical and Biochemical Parameters Influencing Exogeneous Cargo Protein Association to Extracellular Vesicles Using Lipid Anchors Enables High Loading and Effective Intracellular Delivery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Marquant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jade Berthelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Bich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeineb Ibn Elfekih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurianne Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Extracellular Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 4 (5), </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jex2.70048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05286933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disrupted macrophage metabolic adaptation and function drive senescence-induced decline in vertebrate regeneration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Barthelaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Terraza-Aguirre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yalén Del Río-Jay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Candice Bohaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Salvador</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Theranostics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 15 (15), pp.7308-7326. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7150/thno.111352⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05136710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control and interplay of scaffold–biomolecule interactions applied to cartilage tissue engineering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silouane Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Salvador</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danièle Noël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Belamie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomaterials Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 13 (8), pp.1871-1900. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D5BM00049A⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05286911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polyoxazolines with Cholesterol Lipid Anchor for Fast Intracellular Delivery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurianne Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liên Sabrina Reichel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belkacem Tarek Benkhaled</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐marie Devoisselle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Catrouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Macromolecular Bioscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mabi.202400148⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antioxidant capacity of an ethanolic extract of Elaeagnus x submacrophylla Servett. leaves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Bisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurianne Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Bégu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Heliyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 10 (7), pp.e28067. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.heliyon.2024.e28067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04574698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the role of polymers to overcome ongoing challenges in the field of extracellular vesicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurianne Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lapinte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Extracellular Vesicles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12 (12), pp.e12386. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jev2.12386⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04369573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Various lipid anchors on amphiphilic polyoxazolines to reach efficient intracellular delivery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. de Taddeo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anita Coeurvolan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Colpaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Pharmaceutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 642, pp.123103. </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpharm.2023.123103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04192848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel trehalose-based excipients for stabilizing nebulized anti-SARS-CoV-2 antibody</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Noverraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Passemard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Fauvel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessy Presumey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Pharmaceutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 630, pp.122463. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpharm.2022.122463⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03935985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Size-tunable lipid vectors for controlled local delivery of siRNA from gene activated matrix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Salvador</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jade Berthelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Bony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josephine Lai Kee Him</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Biomaterialia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 153, pp.97-107. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.actbio.2022.09.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03906280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapid communication: insights into the role of extracellular vesicles during Auger radioimmunotherapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jihad Karam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Constanzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Pichard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Chopineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Radiation Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.1 - 10. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09553002.2021.1955999⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03367192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interest of extracellular vesicles in regards to lipid nanoparticle based systems for intracellular protein delivery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Le Saux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Aubert-Pouëssel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Elhady Mohamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Martineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Guglielmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Drug Delivery Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.113837. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.addr.2021.113837⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03292014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melanotransferrin is efficiently sorted on the surface of exosomes secreted by melanoma cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonhoure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nesrine Aissaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Bellot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Melanoma Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 31 (4), pp.338-351. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/CMR.0000000000000741⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03295843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of extracellular vesicle-based medicinal products: A position paper of the group “Extracellular Vesicle translatiOn to clinicaL perspectiVEs – EVOLVE France”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amanda K.A. Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Piffoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surendar Arumugam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phlippe Mauduit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Drug Delivery Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 179, pp.114001. </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.addr.2021.114001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03412034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanotechnologies for Intracellular Protein Delivery: Recent Progress in Inorganic and Organic Nanocarriers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Le Saux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Aubert‐pouëssel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyria Ouchait</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Elhady Mohamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Martineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Therapeutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.2100009. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adtp.202100009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03210215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polyoxazolines based lipid nanocapsules for topical delivery of antioxidants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Lapinte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lionnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Marcotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Pharmaceutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 579, pp.119126. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpharm.2020.119126⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03037735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Degradable double hydrophilic block copolymers and tripartite polyionic complex micelles thereof for small interfering ribonucleic acids (siRNA) delivery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayman El Jundi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadir Bettache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bethry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jade Berthelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 580, pp.449-459. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcis.2020.07.057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03025049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Post-production modifications of murine mesenchymal stem cell (mMSC) derived extracellular vesicles (EVs) and impact on their cellular interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Le Saux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanna Aarrass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josephine Lai Kee Him</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Armengaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomaterials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 231, pp.119675. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biomaterials.2019.119675⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02414428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PySHS:A Python Open Source Software for Second Harmonic Scattering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Boudjema</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanna Aarrass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwa Assaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Martin-Gassin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Chemical Information and Modeling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 60 (12), pp.5912-5917. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jcim.0c00789⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03092719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polyoxazolines based mixed micelles as PEG free formulations for an effective quercetin antioxidant topical delivery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Le Saux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Lapinte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Marcotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Pharmaceutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 570, pp.118516. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpharm.2019.118516⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03212233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elaboration of Materials with Functionality Gradients by Assembly of Chitosan-Collagen Microspheres Produced by Microfluidics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Azria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raluca Guermache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Raisin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Blanquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Gobeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Renewable Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 6 (3), pp.314-324. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7569/JRM.2017.634186⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01695847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liposomes, lipid nanocapsules and smartCrystals®: A comparative study for an effective quercetin delivery to the skin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Hatahet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hommoss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Devoisselle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.H. Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Pharmaceutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 542 (1-2), pp.176 - 185. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpharm.2018.03.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01785066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluorescent biosensor for detection of the R248Q aggregation‐prone mutant of p53</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgan Pellerano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Naud-Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Mahuteau-Betzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">May Catherine Morris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemBioChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Special Issue: Biosensing and Bioimaging, 20 (4), pp.605-613. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cbic.201800531⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02009856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dermal quercetin lipid nanocapsules: Influence of the formulation on antioxidant activity and cellular protection against hydrogen peroxide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Hatahet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Shamseddin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Aubert-Pouëssel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Devoisselle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Pharmaceutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 518 (1-2), pp.167-176. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpharm.2016.12.043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03212222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tripartite polyionic complex (PIC) micelles as non-viral vectors for mesenchymal stem cell siRNA transfection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Raisin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Bony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danièle Noël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Devoisselle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomaterials Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 5 (9), pp.1910 - 1921. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c7bm00384f⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01834627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PLGA-based microcarriers induce mesenchymal stem cell chondrogenesis and stimulate cartilage repair in osteoarthritis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Toupet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Montero-Menei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Jorgensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danièle Noël</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomaterials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 88, pp.60 - 69. </w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biomaterials.2016.02.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01834277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quercetin topical application, from conventional dosage forms to nanodosage forms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Hatahet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hommoss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Devoisselle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.H. Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Pharmaceutics and Biopharmaceutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 108, pp.41-53. </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejpb.2016.08.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03212219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dermal quercetin smartCrystals®: Formulation development, antioxidant activity and cellular safety</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Hatahet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hommoss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dorandeu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.H. Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Pharmaceutics and Biopharmaceutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 102, pp.51-63. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejpb.2016.03.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03212217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-viral gene activated matrices for mesenchymal stem cells based tissue engineering of bone and cartilage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Raisin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Belamie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomaterials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 104, pp.223-237. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biomaterials.2016.07.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03212220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scaffolds for controlled release of cartilage growth factors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Venier-Julienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Montero-Menei</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods in Molecular Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 1340, pp.171-180. </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4939-2938-2_12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01392462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DNA nanocarriers for systemic administration: characterization and in vivo bioimaging in healthy mice.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Passirani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Carmoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Therapy - Nucleic Acids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 2, pp.e64. </w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/mtna.2012.56⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00786437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New PLGA-P188-PLGA matrix enhances TGF-β3 release from pharmacologically active microcarriers and promotes chondrogenesis of mesenchymal stem cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tran Van-Thanh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Garric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Cayon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Coudane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Controlled Release</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 170 (1), pp.99-110. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jconrel.2013.04.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00881128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transferrin adsorption onto PLGA nanoparticles govern their interaction with biological systems from blood circulation to brain cancer cells.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Paillard-Giteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Passirani-Malleret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pharmaceutical Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 29 (6), pp.1495-505</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03165450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implication of oxidative stress in size-dependent toxicity of silica nanoparticles in kidney cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Passagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Pujalté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice L’azou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Toxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 299 (2-3), pp.112-124. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tox.2012.05.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03212200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tumor transfection after systemic injection of DNA lipid nanocapsules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Passirani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Dufort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bastiat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Pitard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomaterials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 32 (9), pp.2327-2333. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biomaterials.2010.11.063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02514303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Treatment of 9L Gliosarcoma in Rats by Ferrociphenol-Loaded Lipid Nanocapsules Based on a Passive Targeting Strategy via the EPR Effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Trinh Huynh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Bejaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Legras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Vessières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pharmaceutical Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 28 (12), pp.3189-3198. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11095-011-0501-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03134633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stealth properties of poly(ethylene oxide)-based triblock copolymer micelles: A prerequisite for a pH-triggered targeting system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. van Butsele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Passirani-Malleret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Legras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Benoît</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Biomaterialia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 7 (10), pp.3700-3707. </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.actbio.2011.06.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03134788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-circulating DNA lipid nanocapsules as new vector for passive tumor targeting.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Montier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Legras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Carmoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscille Brodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomaterials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 31 (2), pp.321-9. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biomaterials.2009.09.044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00491402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Galactosylated DNA lipid nanocapsules for efficient hepatocyte targeting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Passirani-Malleret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Letrou-Bonneval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Benoît</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Pitard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Pharmaceutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 379 (2), pp.293-300. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpharm.2009.05.065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Progress in developing cationic vectors for non-viral systemic gene therapy against cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Passirani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Vonarbourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Clavreul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Benoit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomaterials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 29 (24-25), pp.3477-3496. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biomaterials.2008.04.036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03210109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Progress in developing cationic vectors for non-viral systemic gene therapy against cancer.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Passirani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Vonarbourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Clavreul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Benoit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomaterials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 29 (24-25), pp.3477-96. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biomaterials.2008.04.036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00353462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When polymers meet EVs: interest of EVs’ surface modification with PEG alternatives for in vivo administration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISEV Early Career Researchers network webinar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2025, Montpellier online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04970930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les vecteurs non viraux dans les thérapies innovantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée thématique « Thérapies innovantes », Filière de Santé Maladies Rares Neuromusculaire Filnemus, Paris, 12 Décembre 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04970917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EV engineering : what about numbers?!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISEV (International Society of Extracellular Vesicles) 2024 annual Meeting – Education Day</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Melbourne (AUS), Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04970912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing the therapeutic potential of natural vesicles using pharmaceutical & chemical engineering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inserm Workshop. Advances in therapeutic applications of extracellular vesicles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04970863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biochemical Approach using Lipid Anchors to Associate Proteins to Extracellular Vesicles for Intracellular Drug Delivery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Marquant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Aubert Pouëssel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Muracciole-Bich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Cazals</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jade Berthelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFNano Annual Meeting (French Society for Nanomedicine) Dec 2023, Montpellier, France.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04970899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biochemical Association of Proteins to Extracellular Vesicles for intracellular delivery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Marquant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Bich-Muracciole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Cazals</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jade Berthelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Constanzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EVOCC scientific day 2023, Montpellier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04970854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of Lipid Anchors to Associate Proteins and Extracellular Vesicles for Intracellular Drug Delivery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Marquant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Aubert Pouëssel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Bich-Muracciole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jade Berthelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French Society of Extracellular Vesicles (FSEV 2023) annual meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04970885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of peptide-based and responsive biomaterials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Simonin Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Belamie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad Mehdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Sorli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23e Rassemblement du Groupe Français des Peptides et Protéines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GFPP, 2023, Fournols, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04852354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extracellular vesicle pharmaceutical development to increase extracellular therapeutic potential</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18èmes Journées Annuelles du Cancéropôle GSO – 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, La Grande Motte - Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04970829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pharmaceutical development to enhance small Extracellular Vesicles (sEV) therapeutic potential</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioregate forum 2022, September, Louvain-la neuve</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Louvain -la-Neuve, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04970814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Différents profils de miRNA sécrétés par le tissu adipeux viscéral de patients obèses présentant différents statuts métaboliques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Laget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Galtier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Nouvel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Géraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès annuel 2022 de la Société Francophone du Diabète (SFD 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Francophone du Diabète (SFD), Mar 2022, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05056500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surface modifications of mesenchymal stem cells derived extracellular vesicles for plasma stabilization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurianne Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lapinte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghita Erraji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B.T Benkhaled</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jade Berthelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFNano Annual Meeting, 2021, Angers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04970794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatio-temporal control of cellular differentiation for cartilage tissue engineering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Simonin Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Echalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Belamie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Subra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">European Peptide Society. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37th European Peptide Symposium (37th EPS) &amp; 14th International Peptide Symposium (14th IPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Florence, Italy. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wiley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Journal of Peptide Science, 30 (S2), pp.170-171, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04811378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential release of miRNAs by visceral adipose tissue from obese patients with various metabolic status</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Laget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Galtier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Nouvel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Géraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">56th Annual Meeting of the European Association for the Study of Diabetes (EASD 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Diabetologia, 63 (suppl. 1), pp.527, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05056458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of pharmacologically active microcarriers transporting stem cells and releasing growth factors integrated in a thermosensitive injectable hydrogel for an efficient tissue engineering strategy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Karam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bastiat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Noël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Venier-Julienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Meeting Tissue Engineering &amp; Regenerative Medicine (TERMIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Houston, United States. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03184060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systemic treatment of ferrocenyl-based drug loaded lipid nanocapsules on a subcutaneous 9L glioma model in rats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Trinh Huynh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Passirani-Malleret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Allard-Vannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Vessières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th world meeting on Pharmaceutics, Biopharmaceutics and Pharmaceutical Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Valletta, Malte. 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03179509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exosomal melanotransferrin as a potential biomarker for metastatic melanoma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonhoure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nesrine Aissaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Bellot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03101491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scaffolds for Controlled Release of Cartilage Growth Factors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Venier-Julienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Montero-Menei</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scaffolds for Controlled Release of Cartilage Growth Factors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.171-180, 2015, </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4939-2938-2_12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03212213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near-Infrared Optical Imaging of Nucleic Acid Nanocarriers In Vivo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Rome</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Gravier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Divita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Bolcato-Bellemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Near-Infrared Optical Imaging of Nucleic Acid Nanocarriers In Vivo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.49-65, 2013, </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-62703-140-0_5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03212203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near-infrared optical imaging of nucleic acid nanocarriers in vivo.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Rome</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Gravier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Divita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Bolcato-Bellemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanotechnology for Nucleic Acid Delivery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 948, Humana Press, pp.49-65, 2013, </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-62703-140-0_5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00874399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microsphere compositions, preparation method and applications thereof</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Van-Thanh Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Garric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Coudane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Montero-Menei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : Non spécifié. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03180823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérapie génique à l'aide de nanocapsules lipidiques PEGylées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences pharmaceutiques. Université d'Angers, 2009. Français. </w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00459201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId270"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:131.05802047782px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Marie Morille </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Associate Professor - Montpellier University (Pharmacy)/ Institute Regenerative Medicine & Biotherapy INSERM U1183/French Society Extracellular Vesicles (FSEV) treasurer IUF Junior member  </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">marie-morille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-8224-7346</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">140771255</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marie Morille is Associate Professor in Montpellier University (Pharmacy School, Pharmaceutical sciences and Biomaterials Department) and Institute of Regenerative Medicine and Biotherapies (Inserm U1183) . During her phD and post-doctoral research, she worked on formulation of nano/microcarriers (surface functionalization, nucleic acids/protein loading) with a special care on coordination between carriers physico-chemical properties and impact on biological behaviour (in vitro/in vivo). As a result, she developed a multidisciplinary expertise at the interface of physico-chemistry, galenics and biology, which is particularly stimulating and allows me to interact with very different scientific backgrounds.In ICGM, she focuses on the delivery of biomolecules (nucleic acids, proteins) for health applications (cancerology, tissue engineering) using nanocarriers (lipid/polymer based). Since 2016, she has developed a line of research based on pharmaceutical sciences applied to Mesenchymal Stromal Cells (MSC) derived extracellular vesicles (EV), to increase the therapeutic potential of these promising bio/nanomedicines using pharmaceutical and physico-chemical tools/processes (characterization, storage, EV surface modification, EV engineering for biomolecules loading).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (42)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dengue virus harnesses mosquito Syntenin to load and secrete viral RNA into salivary exosomes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Rachenne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norman Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Félix Rey-Cadilhac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Idalba Serrato-Pomar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauryne Pruvost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 123 (12), pp.e2520697123. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.2520697123⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05555593v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disrupted macrophage metabolic adaptation and function drive senescence-induced decline in vertebrate regeneration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Barthelaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Terraza-Aguirre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yalén Del Río-Jay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Candice Bohaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Salvador</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Theranostics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 15 (15), pp.7308-7326. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7150/thno.111352⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05136710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control of Physical and Biochemical Parameters Influencing Exogeneous Cargo Protein Association to Extracellular Vesicles Using Lipid Anchors Enables High Loading and Effective Intracellular Delivery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Marquant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jade Berthelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Bich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeineb Ibn Elfekih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurianne Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Extracellular Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 4 (5), </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jex2.70048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05286933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Control and interplay of scaffold–biomolecule interactions applied to cartilage tissue engineering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silouane Dupuy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Salvador</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danièle Noël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Belamie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomaterials Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 13 (8), pp.1871-1900. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/D5BM00049A⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05286911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surface modification of extracellular vesicles with polyoxazolines to enhance their plasma stability and tumor accumulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Constanzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Terraza-Aguirre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Ibn Elfekih</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Berthelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomaterials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 313, pp.122748. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biomaterials.2024.122748⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04754669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polyoxazolines with Cholesterol Lipid Anchor for Fast Intracellular Delivery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurianne Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liên Sabrina Reichel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belkacem Tarek Benkhaled</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean‐marie Devoisselle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Catrouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Macromolecular Bioscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mabi.202400148⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04748321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antioxidant capacity of an ethanolic extract of Elaeagnus x submacrophylla Servett. leaves</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Bisi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurianne Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Bégu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Heliyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 10 (7), pp.e28067. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.heliyon.2024.e28067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04574698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Various lipid anchors on amphiphilic polyoxazolines to reach efficient intracellular delivery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. de Taddeo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anita Coeurvolan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Colpaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jason Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Pharmaceutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 642, pp.123103. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpharm.2023.123103⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04192848v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the role of polymers to overcome ongoing challenges in the field of extracellular vesicles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurianne Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lapinte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Extracellular Vesicles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12 (12), pp.e12386. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jev2.12386⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04369573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel trehalose-based excipients for stabilizing nebulized anti-SARS-CoV-2 antibody</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Noverraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Passemard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Fauvel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessy Presumey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Pharmaceutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 630, pp.122463. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpharm.2022.122463⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03935985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Size-tunable lipid vectors for controlled local delivery of siRNA from gene activated matrix</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Salvador</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jade Berthelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Bony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josephine Lai Kee Him</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Biomaterialia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 153, pp.97-107. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.actbio.2022.09.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03906280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interest of extracellular vesicles in regards to lipid nanoparticle based systems for intracellular protein delivery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Le Saux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Aubert-Pouëssel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Elhady Mohamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Martineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Guglielmi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Drug Delivery Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.113837. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.addr.2021.113837⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03292014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rapid communication: insights into the role of extracellular vesicles during Auger radioimmunotherapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jihad Karam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Constanzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Pichard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Gros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Chopineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Radiation Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.1 - 10. </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09553002.2021.1955999⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03367192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of extracellular vesicle-based medicinal products: A position paper of the group “Extracellular Vesicle translatiOn to clinicaL perspectiVEs – EVOLVE France”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amanda K.A. Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Max Piffoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surendar Arumugam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phlippe Mauduit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Drug Delivery Reviews</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 179, pp.114001. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.addr.2021.114001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03412034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melanotransferrin is efficiently sorted on the surface of exosomes secreted by melanoma cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonhoure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nesrine Aissaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Bellot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Melanoma Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 31 (4), pp.338-351. </w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1097/CMR.0000000000000741⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03295843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nanotechnologies for Intracellular Protein Delivery: Recent Progress in Inorganic and Organic Nanocarriers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Le Saux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Aubert‐pouëssel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyria Ouchait</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khaled Elhady Mohamed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Martineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advanced Therapeutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.2100009. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/adtp.202100009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03210215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polyoxazolines based lipid nanocapsules for topical delivery of antioxidants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Lapinte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Lionnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Marcotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Pharmaceutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 579, pp.119126. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpharm.2020.119126⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03037735v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Post-production modifications of murine mesenchymal stem cell (mMSC) derived extracellular vesicles (EVs) and impact on their cellular interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Le Saux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanna Aarrass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Josephine Lai Kee Him</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Armengaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomaterials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 231, pp.119675. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biomaterials.2019.119675⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02414428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Degradable double hydrophilic block copolymers and tripartite polyionic complex micelles thereof for small interfering ribonucleic acids (siRNA) delivery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ayman El Jundi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadir Bettache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Bethry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jade Berthelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Colloid and Interface Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 580, pp.449-459. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcis.2020.07.057⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03025049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PySHS:A Python Open Source Software for Second Harmonic Scattering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lotfi Boudjema</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanna Aarrass</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwa Assaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Martin-Gassin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Chemical Information and Modeling</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 60 (12), pp.5912-5917. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jcim.0c00789⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03092719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polyoxazolines based mixed micelles as PEG free formulations for an effective quercetin antioxidant topical delivery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Vincent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Le Saux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Lapinte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Marcotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Pharmaceutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 570, pp.118516. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpharm.2019.118516⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03212233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liposomes, lipid nanocapsules and smartCrystals®: A comparative study for an effective quercetin delivery to the skin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Hatahet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hommoss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Devoisselle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.H. Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Pharmaceutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 542 (1-2), pp.176 - 185. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpharm.2018.03.019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01785066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluorescent biosensor for detection of the R248Q aggregation‐prone mutant of p53</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgan Pellerano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Naud-Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Mahuteau-Betzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">May Catherine Morris</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ChemBioChem</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Special Issue: Biosensing and Bioimaging, 20 (4), pp.605-613. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cbic.201800531⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02009856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elaboration of Materials with Functionality Gradients by Assembly of Chitosan-Collagen Microspheres Produced by Microfluidics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Azria</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raluca Guermache</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Raisin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Blanquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Gobeaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Renewable Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 6 (3), pp.314-324. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7569/JRM.2017.634186⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-01695847v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dermal quercetin lipid nanocapsules: Influence of the formulation on antioxidant activity and cellular protection against hydrogen peroxide</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Hatahet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Shamseddin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Aubert-Pouëssel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Devoisselle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Pharmaceutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 518 (1-2), pp.167-176. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpharm.2016.12.043⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03212222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tripartite polyionic complex (PIC) micelles as non-viral vectors for mesenchymal stem cell siRNA transfection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Raisin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Bony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danièle Noël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Devoisselle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomaterials Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 5 (9), pp.1910 - 1921. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/c7bm00384f⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01834627v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quercetin topical application, from conventional dosage forms to nanodosage forms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Hatahet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hommoss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Devoisselle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.H. Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Pharmaceutics and Biopharmaceutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 108, pp.41-53. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejpb.2016.08.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03212219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dermal quercetin smartCrystals®: Formulation development, antioxidant activity and cellular safety</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Hatahet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Hommoss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dorandeu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.H. Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Pharmaceutics and Biopharmaceutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 102, pp.51-63. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejpb.2016.03.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03212217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-viral gene activated matrices for mesenchymal stem cells based tissue engineering of bone and cartilage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Raisin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Belamie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomaterials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 104, pp.223-237. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biomaterials.2016.07.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03212220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PLGA-based microcarriers induce mesenchymal stem cell chondrogenesis and stimulate cartilage repair in osteoarthritis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Toupet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Montero-Menei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Jorgensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danièle Noël</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomaterials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 88, pp.60 - 69. </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biomaterials.2016.02.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01834277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scaffolds for controlled release of cartilage growth factors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Venier-Julienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Montero-Menei</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods in Molecular Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 1340, pp.171-180. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4939-2938-2_12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01392462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">DNA nanocarriers for systemic administration: characterization and in vivo bioimaging in healthy mice.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie David</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Passirani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Carmoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Therapy - Nucleic Acids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 2, pp.e64. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/mtna.2012.56⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00786437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New PLGA-P188-PLGA matrix enhances TGF-β3 release from pharmacologically active microcarriers and promotes chondrogenesis of mesenchymal stem cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tran Van-Thanh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Garric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Cayon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Coudane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Controlled Release</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 170 (1), pp.99-110. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jconrel.2013.04.017⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00881128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transferrin adsorption onto PLGA nanoparticles govern their interaction with biological systems from blood circulation to brain cancer cells.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Chang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Paillard-Giteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Passirani-Malleret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Benoit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pharmaceutical Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 29 (6), pp.1495-505</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03165450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Implication of oxidative stress in size-dependent toxicity of silica nanoparticles in kidney cells</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Passagne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Igor Pujalté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice L’azou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Toxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 299 (2-3), pp.112-124. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tox.2012.05.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03212200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stealth properties of poly(ethylene oxide)-based triblock copolymer micelles: A prerequisite for a pH-triggered targeting system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. van Butsele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Passirani-Malleret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Legras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Benoît</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Biomaterialia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 7 (10), pp.3700-3707. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.actbio.2011.06.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03134788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tumor transfection after systemic injection of DNA lipid nanocapsules</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Passirani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Dufort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bastiat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Pitard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomaterials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 32 (9), pp.2327-2333. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biomaterials.2010.11.063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02514303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Treatment of 9L Gliosarcoma in Rats by Ferrociphenol-Loaded Lipid Nanocapsules Based on a Passive Targeting Strategy via the EPR Effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Trinh Huynh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Bejaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Legras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Vessières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pharmaceutical Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 28 (12), pp.3189-3198. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11095-011-0501-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03134633v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-circulating DNA lipid nanocapsules as new vector for passive tumor targeting.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Montier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Legras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Carmoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Priscille Brodin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomaterials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 31 (2), pp.321-9. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biomaterials.2009.09.044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00491402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Galactosylated DNA lipid nanocapsules for efficient hepatocyte targeting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Passirani-Malleret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Letrou-Bonneval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Benoît</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Pitard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Pharmaceutics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 379 (2), pp.293-300. </w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ijpharm.2009.05.065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03171792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Progress in developing cationic vectors for non-viral systemic gene therapy against cancer.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Passirani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Vonarbourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Clavreul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Benoit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomaterials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 29 (24-25), pp.3477-96. </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biomaterials.2008.04.036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00353462v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Progress in developing cationic vectors for non-viral systemic gene therapy against cancer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Passirani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Vonarbourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Clavreul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Benoit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomaterials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 29 (24-25), pp.3477-3496. </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biomaterials.2008.04.036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03210109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When polymers meet EVs: interest of EVs’ surface modification with PEG alternatives for in vivo administration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISEV Early Career Researchers network webinar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2025, Montpellier online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04970930v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les vecteurs non viraux dans les thérapies innovantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée thématique « Thérapies innovantes », Filière de Santé Maladies Rares Neuromusculaire Filnemus, Paris, 12 Décembre 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04970917v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EV engineering : what about numbers?!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ISEV (International Society of Extracellular Vesicles) 2024 annual Meeting – Education Day</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Melbourne (AUS), Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04970912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biochemical Approach using Lipid Anchors to Associate Proteins to Extracellular Vesicles for Intracellular Drug Delivery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Marquant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Aubert Pouëssel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Muracciole-Bich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Cazals</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jade Berthelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFNano Annual Meeting (French Society for Nanomedicine) Dec 2023, Montpellier, France.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04970899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biochemical Association of Proteins to Extracellular Vesicles for intracellular delivery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Marquant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Bich-Muracciole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Cazals</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jade Berthelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Constanzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EVOCC scientific day 2023, Montpellier</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04970854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing the therapeutic potential of natural vesicles using pharmaceutical & chemical engineering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Inserm Workshop. Advances in therapeutic applications of extracellular vesicles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04970863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of peptide-based and responsive biomaterials</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Simonin Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Belamie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad Mehdi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Sorli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23e Rassemblement du Groupe Français des Peptides et Protéines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GFPP, 2023, Fournols, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04852354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Use of Lipid Anchors to Associate Proteins and Extracellular Vesicles for Intracellular Drug Delivery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonin Marquant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Aubert Pouëssel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Bich-Muracciole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jade Berthelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">French Society of Extracellular Vesicles (FSEV 2023) annual meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04970885v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extracellular vesicle pharmaceutical development to increase extracellular therapeutic potential</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18èmes Journées Annuelles du Cancéropôle GSO – 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, La Grande Motte - Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04970829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pharmaceutical development to enhance small Extracellular Vesicles (sEV) therapeutic potential</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioregate forum 2022, September, Louvain-la neuve</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Louvain -la-Neuve, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04970814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Différents profils de miRNA sécrétés par le tissu adipeux viscéral de patients obèses présentant différents statuts métaboliques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Laget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Galtier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Nouvel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Géraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès annuel 2022 de la Société Francophone du Diabète (SFD 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Société Francophone du Diabète (SFD), Mar 2022, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05056500v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Surface modifications of mesenchymal stem cells derived extracellular vesicles for plasma stabilization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurianne Simon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Lapinte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghita Erraji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B.T Benkhaled</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jade Berthelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SFNano Annual Meeting, 2021, Angers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04970794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatio-temporal control of cellular differentiation for cartilage tissue engineering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Simonin Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Echalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Belamie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Subra</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">European Peptide Society. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">37th European Peptide Symposium (37th EPS) &amp; 14th International Peptide Symposium (14th IPS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2024, Florence, Italy. </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wiley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Journal of Peptide Science, 30 (S2), pp.170-171, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04811378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential release of miRNAs by visceral adipose tissue from obese patients with various metabolic status</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonas Laget</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Galtier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Nouvel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Géraud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">56th Annual Meeting of the European Association for the Study of Diabetes (EASD 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Vienne, Austria. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Diabetologia, 63 (suppl. 1), pp.527, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05056458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of pharmacologically active microcarriers transporting stem cells and releasing growth factors integrated in a thermosensitive injectable hydrogel for an efficient tissue engineering strategy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Karam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bastiat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Noël</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Venier-Julienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annual Meeting Tissue Engineering &amp; Regenerative Medicine (TERMIS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Houston, United States. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03184060v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Systemic treatment of ferrocenyl-based drug loaded lipid nanocapsules on a subcutaneous 9L glioma model in rats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ngoc Trinh Huynh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Passirani-Malleret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Allard-Vannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Vessières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th world meeting on Pharmaceutics, Biopharmaceutics and Pharmaceutical Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Valletta, Malte. 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03179509v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exosomal melanotransferrin as a potential biomarker for metastatic melanoma</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bonhoure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Henry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nesrine Aissaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Bellot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03101491v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Scaffolds for Controlled Release of Cartilage Growth Factors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Claire Venier-Julienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Montero-Menei</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scaffolds for Controlled Release of Cartilage Growth Factors</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.171-180, 2015, </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4939-2938-2_12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03212213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near-infrared optical imaging of nucleic acid nanocarriers in vivo.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Rome</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Gravier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Divita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Bolcato-Bellemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanotechnology for Nucleic Acid Delivery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 948, Humana Press, pp.49-65, 2013, </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-62703-140-0_5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00874399v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Near-Infrared Optical Imaging of Nucleic Acid Nanocarriers In Vivo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Rome</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Gravier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Divita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Bolcato-Bellemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Near-Infrared Optical Imaging of Nucleic Acid Nanocarriers In Vivo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.49-65, 2013, </w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-62703-140-0_5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03212203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microsphere compositions, preparation method and applications thereof</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Van-Thanh Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Garric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Coudane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Montero-Menei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : Non spécifié. 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03180823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thérapie génique à l'aide de nanocapsules lipidiques PEGylées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Morille</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences pharmaceutiques. Université d'Angers, 2009. Français. </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00459201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId277"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="AA7483D9"/>
+    <w:nsid w:val="FB8E7CE3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marie-morille" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8224-7346" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/140771255" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04754669v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Simon" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Constanzo" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Terraza-Aguirre" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Ibn Elfekih" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Berthelot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2024.122748" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05286933v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Marquant" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Berthelot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Bich" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeineb Ibn Elfekih" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Simon" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jex2.70048" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136710v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Barthelaix" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yal&#233;n Del R&#237;o-Jay" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Bohaud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Salvador" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/thno.111352" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05286911v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silouane Dupuy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Morille" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le No&#235;l" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Belamie" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5BM00049A" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748321v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li&#234;n Sabrina Reichel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Tarek Benkhaled" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;marie Devoisselle" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Catrouillet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mabi.202400148" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574698v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bisi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bonnard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie B&#233;gu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2024.e28067" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04369573v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lapinte" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jev2.12386" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04192848v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de Taddeo" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Coeurvolan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Colpaert" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Richard" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2023.123103" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03935985v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Noverraz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Robin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Passemard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Fauvel" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessy Presumey" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2022.122463" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03906280v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bony" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josephine Lai Kee Him" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2022.09.016" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367192v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihad Karam" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Constanzo" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Pichard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gros" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Chopineau" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09553002.2021.1955999" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03292014v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Le Saux" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Aubert-Pou&#235;ssel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Elhady Mohamed" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martineau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Guglielmi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addr.2021.113837" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03295843v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonhoure" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Henry" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Aissaoui" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Bellot" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CMR.0000000000000741" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412034v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda K.A. Silva" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Piffoux" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Surendar Arumugam" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phlippe Mauduit" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addr.2021.114001" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210215v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Aubert&#8208;pou&#235;ssel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyria Ouchait" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adtp.202100009" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037735v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lapinte" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lionnard" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Marcotte" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Morille" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2020.119126" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03025049v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayman El Jundi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadir Bettache" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bethry" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2020.07.057" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414428v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Aarrass" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bron" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Armengaud" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2019.119675" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092719v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Boudjema" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Assaf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Martin-Gassin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jcim.0c00789" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212233v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vincent" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Saux" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2019.118516" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01695847v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Azria" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raluca Guermache" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Raisin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Blanquer" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gobeaux" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7569/JRM.2017.634186" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01785066v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hatahet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hommoss" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Devoisselle" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.H. M&#252;ller" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2018.03.019" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0V2571F3-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02009856v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Pellerano" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Naud-Martin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Mahuteau-Betzer" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=May Catherine Morris" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.201800531" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212222v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Shamseddin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aubert-Pou&#235;ssel" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2016.12.043" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01834627v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Devoisselle" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7bm00384f" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01834277v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Toupet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Montero-Menei" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jorgensen" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2016.02.022" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2TSX0HV1-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212219v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpb.2016.08.011" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212217v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dorandeu" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpb.2016.03.004" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212220v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2016.07.017" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392462v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Venier-Julienne" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-2938-2_12" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00786437v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie David" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Passirani" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Benoit" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Carmoy" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/mtna.2012.56" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881128v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tran Van-Thanh" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Garric" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Cayon" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Coudane" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2013.04.017" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R430850G-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03165450v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chang" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Paillard-Giteau" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Passirani-Malleret" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212200v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Passagne" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Rousset" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Pujalt&#233;" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice L&#8217;azou" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tox.2012.05.010" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G267M6RJ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02514303v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dufort" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bastiat" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pitard" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2010.11.063" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S19091JW-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03134633v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Trinh Huynh" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bejaud" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Legras" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vessi&#232;res" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11095-011-0501-y" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A75D3A70588C6829EE236E6E33AF0F5E8E12B288/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03134788v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. van Butsele" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Beno&#238;t" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2011.06.014" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T7S86BWL-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00491402v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Montier" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscille Brodin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2009.09.044" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03171792v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Letrou-Bonneval" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2009.05.065" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D4CK2XR1-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210109v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Vonarbourg" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Clavreul" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2008.04.036" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00353462v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970930v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970917v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970912v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970863v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970899v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Aubert Pou&#235;ssel" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Muracciole-Bich" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cazals" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970854v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Bich-Muracciole" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970885v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852354v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Simonin Garcia" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Mehdi" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Sorli" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970829v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970814v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056500v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Laget" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Galtier" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Nouvel" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe G&#233;raud" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970794v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghita Erraji" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.T Benkhaled" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811378v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Echalier" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Subra" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/toc/10991387/2024/30/S2" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056458v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.easd.org/media-centre/home.html#!resources/differential-release-of-mirnas-by-visceral-adipose-tissue-from-obese-patients-with-various-metabolic-status-a92111ac-77ef-4702-b5e7-c650b36e0f54" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03184060v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Karam" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. No&#235;l" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03179509v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Allard-Vannier" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03101491v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212213v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212203v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rome" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gravier" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Divita" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Bolcato-Bellemin" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-62703-140-0_5" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00874399v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03180823v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Thanh Tran" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00459201v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marie-morille" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8224-7346" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/140771255" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05555593v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Rachenne" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norman Schneider" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Rey-Cadilhac" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Idalba Serrato-Pomar" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauryne Pruvost" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2520697123" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136710v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Barthelaix" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Terraza-Aguirre" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yal&#233;n Del R&#237;o-Jay" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Bohaud" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Salvador" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7150/thno.111352" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05286933v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Marquant" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Berthelot" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Bich" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeineb Ibn Elfekih" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurianne Simon" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jex2.70048" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-05286911v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silouane Dupuy" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Morille" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le No&#235;l" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Belamie" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5BM00049A" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04754669v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Simon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Constanzo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Ibn Elfekih" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Berthelot" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2024.122748" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04748321v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li&#234;n Sabrina Reichel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Tarek Benkhaled" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;marie Devoisselle" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Catrouillet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mabi.202400148" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574698v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bisi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bonnard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie B&#233;gu" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.heliyon.2024.e28067" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04192848v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. de Taddeo" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Coeurvolan" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Colpaert" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Richard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2023.123103" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04369573v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lapinte" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jev2.12386" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03935985v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Noverraz" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Robin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Passemard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Fauvel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessy Presumey" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2022.122463" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03906280v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bony" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josephine Lai Kee Him" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2022.09.016" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03292014v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Le Saux" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Aubert-Pou&#235;ssel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Elhady Mohamed" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Martineau" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Guglielmi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addr.2021.113837" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03367192v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihad Karam" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Constanzo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Pichard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gros" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Chopineau" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09553002.2021.1955999" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03412034v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda K.A. Silva" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Max Piffoux" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Surendar Arumugam" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phlippe Mauduit" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addr.2021.114001" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03295843v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bonhoure" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Henry" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Aissaoui" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Bellot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CMR.0000000000000741" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210215v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Aubert&#8208;pou&#235;ssel" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyria Ouchait" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adtp.202100009" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037735v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Lapinte" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lionnard" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Marcotte" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Morille" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2020.119126" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02414428v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Aarrass" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bron" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Armengaud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2019.119675" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-03025049v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayman El Jundi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadir Bettache" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Bethry" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2020.07.057" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092719v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Boudjema" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Assaf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Martin-Gassin" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jcim.0c00789" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212233v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Vincent" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Saux" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2019.118516" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01785066v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hatahet" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hommoss" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Devoisselle" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.H. M&#252;ller" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2018.03.019" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0V2571F3-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02009856v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgan Pellerano" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Naud-Martin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Mahuteau-Betzer" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=May Catherine Morris" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cbic.201800531" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01695847v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Azria" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raluca Guermache" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Raisin" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Blanquer" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gobeaux" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7569/JRM.2017.634186" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212222v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Shamseddin" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aubert-Pou&#235;ssel" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2016.12.043" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01834627v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Devoisselle" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7bm00384f" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212219v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpb.2016.08.011" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212217v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dorandeu" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpb.2016.03.004" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212220v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2016.07.017" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01834277v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Toupet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Montero-Menei" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Jorgensen" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2016.02.022" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2TSX0HV1-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01392462v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Venier-Julienne" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-2938-2_12" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00786437v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie David" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Passirani" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Benoit" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Carmoy" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/mtna.2012.56" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00881128v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tran Van-Thanh" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Garric" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Cayon" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Coudane" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jconrel.2013.04.017" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R430850G-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03165450v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chang" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Paillard-Giteau" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Passirani-Malleret" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212200v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Passagne" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Rousset" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igor Pujalt&#233;" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice L&#8217;azou" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tox.2012.05.010" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G267M6RJ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03134788v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. van Butsele" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Legras" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Beno&#238;t" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2011.06.014" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T7S86BWL-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02514303v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Dufort" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bastiat" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pitard" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2010.11.063" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S19091JW-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03134633v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Trinh Huynh" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Bejaud" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Vessi&#232;res" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11095-011-0501-y" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A75D3A70588C6829EE236E6E33AF0F5E8E12B288/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00491402v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Montier" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscille Brodin" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2009.09.044" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03171792v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Letrou-Bonneval" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2009.05.065" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-D4CK2XR1-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00353462v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Vonarbourg" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Clavreul" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2008.04.036" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03210109v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970930v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970917v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970912v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970899v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Aubert Pou&#235;ssel" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Muracciole-Bich" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Cazals" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970854v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Bich-Muracciole" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970863v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852354v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Simonin Garcia" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Mehdi" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Sorli" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970885v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970829v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970814v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056500v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Laget" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Galtier" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Nouvel" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe G&#233;raud" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970794v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghita Erraji" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.T Benkhaled" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04811378v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Echalier" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Subra" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/toc/10991387/2024/30/S2" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05056458v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.easd.org/media-centre/home.html#!resources/differential-release-of-mirnas-by-visceral-adipose-tissue-from-obese-patients-with-various-metabolic-status-a92111ac-77ef-4702-b5e7-c650b36e0f54" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03184060v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Karam" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. No&#235;l" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03179509v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Allard-Vannier" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03101491v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212213v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00874399v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Rome" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Gravier" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Divita" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Bolcato-Bellemin" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-62703-140-0_5" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212203v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03180823v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Van-Thanh Tran" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00459201v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>