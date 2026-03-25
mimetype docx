--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -194,511 +194,511 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The projected effects of climate change on the management of agricultural insect pests</w:t>
+                <w:t xml:space="preserve">Influence of high temperatures on the European earwig Forficula auricularia s.l. and the parasitoid Mastrus ridens, two natural enemies of the codling moth Cydia pomonella</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Abram</w:t>
+                <w:t xml:space="preserve">Thomas Delattre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Brodeur</w:t>
+                <w:t xml:space="preserve">Nicolas Borowiec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Delattre</w:t>
+                <w:t xml:space="preserve">Hazem Dib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Myriam Siegwart</w:t>
+                <w:t xml:space="preserve">Elodie Lecerf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Pest Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 98, pp.2191-2216. </w:t>
+              <w:t xml:space="preserve">Biological Control</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 206, pp.105802. </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10340-025-01933-y⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.biocontrol.2025.105802⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05215192v1</w:t>
+                <w:t xml:space="preserve">hal-05086196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Systemic Acquired Resistance: Plant Priming for Ecological Management of Mealybug-Induced Wilt in MD2 and Queen Victoria Pineapples</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The projected effects of climate change on the management of agricultural insect pests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Soler</w:t>
+                <w:t xml:space="preserve">Paul Abram</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Corentin Pochat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie Perrin</w:t>
+                <w:t xml:space="preserve">Jacques Brodeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Delattre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jessica Mendoza</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Myriam Siegwart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Agriculture</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/agriculture15030264⟩</w:t>
+              <w:t xml:space="preserve">Journal of Pest Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 98, pp.2191-2216. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10340-025-01933-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05003510v1</w:t>
+                <w:t xml:space="preserve">hal-05215192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of high temperatures on the European earwig Forficula auricularia s.l. and the parasitoid Mastrus ridens, two natural enemies of the codling moth Cydia pomonella</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Systemic Acquired Resistance: Plant Priming for Ecological Management of Mealybug-Induced Wilt in MD2 and Queen Victoria Pineapples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Soler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corentin Pochat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hazem Dib</w:t>
+                <w:t xml:space="preserve">Jessica Mendoza</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Lecerf</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Flora Latchimy</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Control</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 206, pp.105802. </w:t>
+              <w:t xml:space="preserve">Agriculture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (3), pp.264. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.biocontrol.2025.105802⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/agriculture15030264⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05086196v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05003510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Differential influence of temperature on the toxicity of three insecticides against the codling moth Cydia pomonella (L.) and two natural enemies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Borowiec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcel Thaon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Siegwart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Delattre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Pest Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 97, pp.229-241. </w:t>
@@ -870,77 +870,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does combining Forficula auricularia L. (Dermaptera: Forficulidae) with Harmonia axyridis Pallas (Coleoptera: Coccinellidae) enhance predation of rosy apple aphid, Dysaphis plantaginea Passerini (Hemiptera: Aphididae)?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hazem Dib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Siegwart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Delattre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -992,150 +992,249 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03166451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">14 Adapting Integrated Pest Management to Climate Change</w:t>
+                <w:t xml:space="preserve">Adapting Integrated Pest Management to Climate Change</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joffrey Moiroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myriam Siegwart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Joan van Baaren; Cecile Le Lann; Chun-Sen Ma; Gang Ma. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biological Control Systems and Climate Change</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 14, Cabi, pp.199-215, 2025, 978-1-80062-508-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05552124v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">14 Adapting Integrated Pest Management to Climate Change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joffrey Moiroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Siegwart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biological Control Systems and Climate Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, CABI, pp.199-215, 2025, eISBN : 978-1-80062-508-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05360406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1145,114 +1244,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gestion du carpocapse du pommier : impact du changement climatique sur la lutte contre Cydia pomonella dans les vergers de Provence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Perrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences agricoles. Université d'Avignon, 2022. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2022AVIG0602⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04047870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId42"/>
+      <w:footerReference w:type="default" r:id="rId43"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1320,51 +1419,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="00B28DA5"/>
+    <w:nsid w:val="576A8CD3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1551,51 +1650,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marie-perrin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05215192v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Perrin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Abram" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Brodeur" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Delattre" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Siegwart" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10340-025-01933-y" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isara.hal.science/hal-05003510v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Soler" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Pochat" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Mendoza" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Latchimy" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agriculture15030264" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086196v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Borowiec" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazem Dib" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Lecerf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocontrol.2025.105802" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04102666v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Thaon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10340-023-01618-4" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041048v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Moiroux" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Maugin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Olivares" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Rault" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pestbp.2022.105139" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03166451v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lavigne" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocontrol.2020.104394" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isara.hal.science/hal-05360406v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04047870v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022AVIG0602" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marie-perrin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05086196v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Perrin" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Delattre" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Borowiec" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hazem Dib" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Lecerf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocontrol.2025.105802" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05215192v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Abram" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Brodeur" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Siegwart" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10340-025-01933-y" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isara.hal.science/hal-05003510v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Soler" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Pochat" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Mendoza" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Latchimy" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/agriculture15030264" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04102666v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Thaon" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10340-023-01618-4" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04041048v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joffrey Moiroux" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Maugin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Olivares" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Rault" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pestbp.2022.105139" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03166451v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lavigne" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biocontrol.2020.104394" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05552124v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isara.hal.science/hal-05360406v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-04047870v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022AVIG0602" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>