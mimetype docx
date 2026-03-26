--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -181,1818 +181,1818 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation de la sensibilité variétale aux maladies de la Core Collection abricotier INRAE Gotheron</w:t>
+                <w:t xml:space="preserve">Multi-environment GWAS uncovers markers associated to biotic stress response and genotype-by-environment interactions in stone fruit trees</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Le Pans</w:t>
+                <w:t xml:space="preserve">Marie Serrie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pedro Asensio</w:t>
+                <w:t xml:space="preserve">Vincent Segura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Alain Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naïma Dlalah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Horticulture research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 12 (7), pp.uhaf088. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/hr/uhaf088⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05069706v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dare to be resilient: the key to future pesticide-free orchards?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Serrie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Ribeyre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Audergon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Quilot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 75 (13), pp.3835-3848. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/jxb/erae150⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04560076v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adapting stone fruit trees to pesticide reduction: screening apricot and peach core collections for multi-pest resistance via integrative phenotyping under low pesticide management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Serrie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Clauzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freddy Combe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acta Horticulturae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 1384, pp.329-338. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17660/ActaHortic.2023.1384.43⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04337220v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genetic diversity in a new peach core-collection designed for resilience breeding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Roth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Serrie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Freddy Combe</w:t>
+                <w:t xml:space="preserve">Naïma Dlalah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Signoret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Viret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr/>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04958281v1</w:t>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acta Horticulturae</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 1352, pp.141-148. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.17660/ActaHortic.2022.1352.19⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04178894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (10)</w:t>
+        <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-environment GWAS to decipher the response to natural infections in apricot and peach</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vincent Segura</w:t>
+                <w:t xml:space="preserve">Evaluation de la sensibilité variétale aux maladies de la Core Collection abricotier INRAE Gotheron</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Le Pans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pedro Asensio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Blanc</w:t>
+                <w:t xml:space="preserve">Jean-Marc Audergon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Naïma Dlalah</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freddy Combe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:rPr>
-[...704 lines deleted...]
-            </w:pPr>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...230 lines deleted...]
-                <w:t xml:space="preserve">hal-05310895v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04958281v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (4)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (10)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-environment GWAS uncovers markers associated to biotic stress response and genotype-by-environment interactions in stone fruit trees</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Multi-environment GWAS to decipher the response to natural infections in apricot and peach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Serrie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Segura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naïma Dlalah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Horticulture research</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-05069706v1</w:t>
+              <w:t xml:space="preserve">12. Rosaceae Genomics Conference (RGC 12)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Sant Feliu de Guíxols, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05064924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dare to be resilient: the key to future pesticide-free orchards?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">À la recherche d’arbre fruitier résilients pour réduire l’utilisation des pesticides dans les vergers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Serrie</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Experimental Botany</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04560076v2</w:t>
+              <w:t xml:space="preserve">Tersys Implanteus 3rd Summer School (TISS3)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SFR Tersys; EUR Implanteus, Jun 2024, Avignon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04639390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adapting stone fruit trees to pesticide reduction: screening apricot and peach core collections for multi-pest resistance via integrative phenotyping under low pesticide management</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Investigating the multi-disease challenge in apricot through single and multienvironment genome wide association studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Serrie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A. Blanc</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Segura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Freddy Combe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Horticulturae</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04337220v1</w:t>
+              <w:t xml:space="preserve">ISHS Plum Apricot 2024 - 1. International Symposium on Apricot and Plum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE PACA - GAFL (UR1052 GAFL Génétique et amélioration des fruits et légumes), Apr 2024, Avignon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04560062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic diversity in a new peach core-collection designed for resilience breeding</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+                <w:t xml:space="preserve">Étude des mécanismes génétiques de la résilience chez l'abricotier et le pêcher pour faire face au défi des multiples bioagresseurs dans les vergers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Serrie</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Horticulturae</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 1352, pp.141-148. </w:t>
+              <w:t xml:space="preserve">Doctoriales 2024 - Avignon Université</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Avignon Université, Apr 2024, Avignon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04560049v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Increasing multi-pest and disease resistance in stone fruit trees through genome-wide association studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Serrie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Freddy Combe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Fleury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XVI Eucarpia Symposium on Fruit Breeding and Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Eucarpia; International Society for Horticultural Sciences (ISHS); Julius Kühn-Institut (JKI), Sep 2023, Dresden (GERMANY), Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04209956v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Defining and characterizing the phenotypic components of disease resilience in stone fruit trees</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Serrie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Young Researchers' Days - BAP Department - 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INRAE, Apr 2023, Clermont-Ferrand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04181878v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fine-tuning genomic prediction in peach using additive and non-additive genetic effects for phenology and disease tolerance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Roth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Serrie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Octave Cabel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Ray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Audergon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eucarpia Fruit Genetics and Breeding</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Julius Kühn Institute, Sep 2023, Dresden, Germany</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04216717v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les variétés d’hier et de demain à la rescousse pour construire un verger zéro pesticide !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Roth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Serrie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pint of Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Avignon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04179253v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Screening for multi-pest symptoms in an apricot, and a peach core collection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Serrie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Clauzel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Combe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Horticultural Congress - IHC 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Angers (FR), France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03957145v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genetic diversity in a new peach core-collection designed for resilience breeding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Roth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naïma Dlalah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Signoret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrina Viret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.17660/ActaHortic.2022.1352.19⟩</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Article dans une revue</w:t>
+                <w:t xml:space="preserve">Frederic Gilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10. ISHS Peach Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Naoussa, Greece</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04178894v1</w:t>
+                <w:t xml:space="preserve">hal-05310895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2010,103 +2010,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">GWAS On Multiple Traits And Resilience Indicators : A Step Towards Peach Ideotypes Adapted To Pesticide Reduction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Serrie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Segura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Audergon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Roth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Quilot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12. Rosaceae Genomics Conference (RGC 12)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Sant Feliu de Guíxols, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2144,77 +2144,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Disentangling different sources of peach leaf curl disease tolerance through linkage and association genetic in several peach populations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clotilde Nigon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naïma Dlalah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luana Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabrina Viret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Gilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2256,103 +2256,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using non-addive effects in genome-wide association studies and genomic predictions to improve biotic stress tolerance in peach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Roth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Serrie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Segura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naïma Dlalah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Octave Cabel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7. International Conference of Quantitative Genetics (ICQG7)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Vienna, Austria. </w:t>
@@ -2381,90 +2381,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deciphering plant resilience mechanisms to face the multiple disease challenge in fruit trees</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Serrie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Ribeyre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marc Audergon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Quilot-Turion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2506,103 +2506,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Let's find more resilient trees to reduce the use of phytosanitary products in orchards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Serrie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fréderic Gilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Signoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tersys Implanteus 1st Summer School (TISS1)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Avignon, France</w:t>
@@ -2631,51 +2631,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phenotyping peach orchards with increased accuracy and throughput: perspectives of digital phenotyping</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Roth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joss Gillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2788,103 +2788,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigating the genetic architecture of biotic stress response in stone fruit tree orchards under natural infections with a multi-environment GWAS approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Serrie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Segura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Blanc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naïma Dlalah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -2938,51 +2938,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Designing resilient stone fruit varieties via integrative phenotyping under low phytosanitary input and association genetics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Serrie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Vegetal Biology. Avignon Université, 2024. English. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -3041,51 +3041,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification et caractérisation des composantes phénotypiques et génétiques de la résilience chez l’abricotier et le pêcher à l’aide de la génétique d’association</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Serrie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Biologie végétale. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mémoire d'étudiant</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3193,51 +3193,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="41DBB425"/>
+    <w:nsid w:val="267750CC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3424,51 +3424,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marie-serrie" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0802-6382" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/283988363" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958281v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Le Pans" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Asensio" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Audergon" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brun" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Combe" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064924v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Serrie" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Segura" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Blanc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;ma Dlalah" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04639390v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04560062v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04560049v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04181878v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04216717v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Roth" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octave Cabel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ray" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04209956v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Fleury" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179253v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03957145v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Clauzel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Combe" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310895v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Signoret" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Viret" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Gilles" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05069706v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hr/uhaf088" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04560076v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Ribeyre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Quilot" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erae150" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04337220v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Blanc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Clauzel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2023.1384.43" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04178894v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2022.1352.19" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05065683v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065082v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Nigon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luana Gillet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gilles" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667817v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04155954v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Quilot-Turion" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04181863v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Gilles" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03629711v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joss Gillet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Lefebvre" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Comar" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Miart" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04759062v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-04820447v2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03880818v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marie-serrie" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0802-6382" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/283988363" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05069706v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Serrie" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Segura" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Blanc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Brun" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;ma Dlalah" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hr/uhaf088" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04560076v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Ribeyre" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Audergon" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Quilot" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erae150" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04337220v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Blanc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Clauzel" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Freddy Combe" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2023.1384.43" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04178894v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Roth" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Signoret" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Viret" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17660/ActaHortic.2022.1352.19" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958281v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Le Pans" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro Asensio" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05064924v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04639390v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04560062v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04560049v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04209956v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Fleury" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04181878v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04216717v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octave Cabel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ray" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179253v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03957145v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Clauzel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Combe" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05310895v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Gilles" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05065683v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05065082v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Nigon" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luana Gillet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gilles" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667817v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04155954v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Quilot-Turion" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04181863v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;deric Gilles" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03629711v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joss Gillet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Lefebvre" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Comar" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Miart" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04759062v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-04820447v2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03880818v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>