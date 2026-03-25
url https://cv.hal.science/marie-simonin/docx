--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Marie Simonin </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Research Scientist at INRAE</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/><w:pBdr><w:bottom w:val="single" w:sz="1" w:color="000000"/></w:pBdr></w:pPr><w:r><w:rPr><w:sz w:val="6"/><w:szCs w:val="6"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">42 Rue Georges Morel, 49070 Beaucouzé, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">E-mail: marie.simonin[at]inrae.fr</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Research interests</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/><w:pBdr><w:bottom w:val="single" w:sz="1" w:color="000000"/></w:pBdr></w:pPr><w:r><w:rPr><w:sz w:val="6"/><w:szCs w:val="6"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Impact of abiotic and biotic disturbances on microbial activity and diversity</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Interactive effects of different agents of global change (contaminants, nutrient pollution, CO2)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Plant-microbiome interactions and microbiome engineering</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Resistance and resilience of microbiomes to these disturbances</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Education</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/><w:pBdr><w:bottom w:val="single" w:sz="1" w:color="000000"/></w:pBdr></w:pPr><w:r><w:rPr><w:sz w:val="6"/><w:szCs w:val="6"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Ph.D (2012 –2015):Microbial Ecology Laboratory (University Claude Bernard - Lyon, France) and Laboratory of Transfer in Hydrology and Environment (University Joseph Fourier - Grenoble, France)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Advisors: Pr Agnès Richaume-Jolion and Dr Jean Martins</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● MSc. Degree in Ecology, Biodiversity, Evolution (2010–2012): University Pierre & Marie Curie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paris VI, France. Specialty: Biodiversity and Functioning of Ecosystems – Ecological engineering</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● BSc. Degrees(2007 – 2010): University of Caen-Basse Normandie, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- License of Biology of organisms and License of Geography</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Professional experiences</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/><w:pBdr><w:bottom w:val="single" w:sz="1" w:color="000000"/></w:pBdr></w:pPr><w:r><w:rPr><w:sz w:val="6"/><w:szCs w:val="6"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Research Scientist (Oct 2019 - Present): INRAE - IRHS in EmerSys team (Angers, France) Characterization of seed microbiomes and their resistances to abiotic and biotic stressors.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Postdoctoral associate (Jan 2019 - Sept 2019):IRD - Interaction Plant - Microorganism - Environment Lab (Montpellier, France) Impact of biotic disturbances and agricultural practices on the plant microbiome of diverse crops in West Africa and South-East Asia.Supervisor: Lionel Moulin</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Postdoctoral associate (2016 - 2018):Biology Department (Duke University, NC, USA)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Impact of anthropogenic disturbances on the diversity and function of microbial communities in aquatic and terrestrial ecosystems.Supervisor: Emily Bernhardt</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Graduate researcher(2012- 2015): Microbial Ecology Laboratory (University Claude Bernard - Lyon) and Laboratory of Transfer in Hydrology and Environment (University Joseph Fourier - Grenoble)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thesis title: Dynamic, reactivity and ecotoxicity of metal oxide nanoparticles in soil: impact on functions and diversity of microbial communities.Advisors: Pr Agnès Richaume-Jolion and Dr Jean Martins</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Articles / Presentations / Posters</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/><w:pBdr><w:bottom w:val="single" w:sz="1" w:color="000000"/></w:pBdr></w:pPr><w:r><w:rPr><w:sz w:val="6"/><w:szCs w:val="6"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Published articles and Pre-prints</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">24 articles published in peer-reviewed journal (Rank A)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1 pre-print</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (48)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sowing success: ecological insights into seedling microbial colonisation for robust plant microbiota engineering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oscar Joubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gontran Arnault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trends in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 30 (1), pp.21-34. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tplants.2024.09.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05081372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transient microbial architects: tracing the legacy effects of ephemeral taxa during plant microbiome assembly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logan Suteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louna Colaert-Sentenac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Law</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Opinion in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 88, pp.102664. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mib.2025.102664⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05535812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A cross-systems primer for synthetic microbial communities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elijah Mehlferber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gontran Arnault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bishnu Joshi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laila Partida-Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kathryn Patras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9 (11), pp.2765-2773. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41564-024-01827-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05081398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The type VI secretion system of Stenotrophomonas rhizophila CFBP13503 limits the transmission of Xanthomonas campestris pv. campestris 8004 from radish seeds to seedlings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiffany Garin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chrystelle Brin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Préveaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Brault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Briand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 25 (1), pp.e13412. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/mpp.13412⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04688341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactions shape aquatic microbiome responses to Cu and Au nanoparticle treatments in wetland manipulation experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhao Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Bergemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrid Avellan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phoebe Kiburi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 252, pp.118603. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envres.2024.118603⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04579728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stable, multigenerational transmission of the bean seed microbiome despite abiotic stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abby Sulesky-Grieb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fina Bintarti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Marolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">mSystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9 (11), </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/msystems.00951-24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04688340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seedling microbiota engineering using bacterial synthetic community inoculation on seeds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gontran Arnault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Préveaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Briand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Poisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEMS Microbiology Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 100 (4), </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/femsec/fiae027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04688333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T6SS-mediated competition by Stenotrophomonas rhizophila shapes seed-borne bacterial communities and seed-to-seedling transmission dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiffany Garin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Brault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Briand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Préveaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">mSystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 10 (8), pp.e00457-25. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1101/2024.07.22.604635⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05293005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chronic Engineered Nanoparticle Additions Alter Insect Emergence and Result in Metal Flux from Aquatic Ecosystems into Riparian Food Webs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brittany G Perrotta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin P Colman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven M Anderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethan Baruch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 57 (21), pp.8085-8095. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.3c00620⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04111816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Density declines, richness increases, and composition shifts in stream macroinvertebrates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha Rumschlag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Mahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devin Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Battaglin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonny Behrens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science Advances </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 9 (18), pp.eadf4896. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1126/sciadv.adf4896⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04097465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">At the interfaces of the hydrologic sciences: Connecting water, elements, ecosystems, and people through the major contributions of Dr. Emily Bernhardt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ashley Helton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Morse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elizabeth Sudduth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelo Ardón</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raven Bier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 619, pp.129251. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhydrol.2023.129251⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04292325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mean species responses predict effects of environmental change on coexistence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederik de Laender</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timoteo Carletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chuliang Song</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha Rumschlag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 26 (9), pp.1535-1547. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ele.14278⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04494294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transmission of synthetic seed bacterial communities to radish seedlings: impact on microbiota assembly and plant phenotype</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Préveaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiffany Garin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gontran Arnault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peer Community Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 3, pp.e95. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24072/pcjournal.329⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04688330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seasonal Differences and Grazing Pressure Alter the Fate of Gold Nanoparticles in a Microcosm Experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Bergemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrid Avellan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brittany Perrotta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emily Bernhardt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 57 (37), pp.13970-13979. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.3c01839⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04208811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of the rice production system (irrigated vs lowland) on root-associated microbiome from farmer's fields in western Burkina Faso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Barro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Issa Wonni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abalo Itolou Kassankogno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnieszka Klonowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEMS Microbiology Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 98 (9), </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/femsec/fiac085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alkaline mine drainage drives stream sediment microbial community structure and function</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lingrong Jin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline R Gerson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer D Rocca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emily S Bernhardt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 805, pp.150189. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.150189⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04688338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protist Predation Influences the Temperature Response of Bacterial Communities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer D.. Rocca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Yammine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean P. Gibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13, pp.847964. </w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2022.847964⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrichment in biodiversity and maturation of the soil food web under conservation agriculture is associated with suppression of rice-parasitic nematodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Liesse Vermeire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vira Leng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Tivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 331, pp.107913. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agee.2022.107913⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03607685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single seed microbiota: assembly and transmission from parent plant to seedling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Chesneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Laroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Préveaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Briand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">mBio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13 (6), pp.0164822. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/mbio.01648-22⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03834661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Author Correction: Cultivated and wild pearl millet display contrasting patterns of abundance and co-occurrence in their root mycobiome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Thérèse Mofini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdala Diedhiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donald Tchouomo Dondjou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Pignoly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (1), pp.1639. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-022-05899-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05194267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cultivated and wild pearl millet display contrasting patterns of abundance and co-occurrence in their root mycobiome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Thérèse Mofini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdala Diedhiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donald Tchouomo Dondjou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Pignoly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (1), pp.207. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-021-04097-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seed microbiota revealed by a large-scale meta-analysis including 50 plant species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Briand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Chesneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Rochefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 234 (4), pp.1448-1463. </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/nph.18037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03299446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consistent declines in aquatic biodiversity across diverse domains of life in rivers impacted by surface coal mining</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Rocca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Gerson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Moore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Brooks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Early Access, pp.e02389. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/eap.2389⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03313219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low mobility of CuO and TiO2 nanoparticles in agricultural soils of contrasting texture and organic matter content</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean M.F. Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Uzu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorenzo Spadini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Navel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 783, pp.146952. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.146952⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03301328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward a Generalizable Framework of Disturbance Ecology Through Crowdsourced Science</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emily Graham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Averill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ben Bond-Lamberty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Knelman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Krause</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9, </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fevo.2021.588940⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03220658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microbiome Composition and Function in Aquatic Vertebrates: Small Organisms Making Big Impacts on Aquatic Animal Health</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludek Sehnal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elizabeth Brammer-Robbins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Wormington</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludek Blaha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Bisesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12, pp.567408. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2021.567408⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03238365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transmission of Seed and Soil Microbiota to Seedling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Rochefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Yvonne Guillerm-Erckelboudt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">mSystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 6 (3), pp.00446-21. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/msystems.00446-21⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03299428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guided by Microbes: Applying Community Coalescence Principles for Predictive Microbiome Engineering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Rocca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Muscarella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Peralta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dandan Izabel-Shen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">mSystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 6 (4), pp.e00538-21. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/mSystems.00538-21⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03541580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-Term Effects of Copper Nanopesticides on Soil and Sediment Community Diversity in Two Outdoor Mesocosm Experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauren N Carley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renuka Panchagavi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Song</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sade Davenport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina M Bergemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 54 (14), pp.8878-8889. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.0c00510⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02945106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemistry of streams draining mined and unmined watersheds in the mountaintop mined landscape of Central Appalachia, USA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Gerson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Moore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Naslund</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Rocca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 101 (9), pp.e03093. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ecy.3093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of plant genotype and soil on the wheat rhizosphere microbiome: evidences for a core microbiome across eight African and European soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cindy Dasilva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Terzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy L M Ngonkeu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diégane Diouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEMS Microbiology Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 96 (6), pp.fiaa067. </w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/femsec/fiaa067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02941967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep modifications of the microbiome of rice roots infected by the parasitic nematode Meloidogyne graminicola in highly infested fields in Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hai Ho Bich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hue Nguyen Thi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Czernic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEMS Microbiology Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 96 (7), pp.fiaa099. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/femsec/fiaa099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02770824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rare microbial taxa emerge when communities collide: freshwater and marine microbiome responses to experimental mixing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Rocca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emily S Bernhardt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex D Washburne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justin P Wright</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 101 (3), </w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ecy.2956⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02958363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An extended root phenotype: the rhizosphere, its formation and impacts on plant fitness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla de La Fuente Cantó</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eoghan King</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Bennett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Plant Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 14 p. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/tpj.14781⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02779134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Copper and Gold Nanoparticles Increase Nutrient Excretion Rates of Primary Consumers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brittany G Perrotta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeffrey A Back</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven M Anderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrid Avellan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 54 (16), pp.10170-10180. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.0c02197⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02958354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential Reactivity of Copper- and Gold-Based Nanomaterials Controls Their Seasonal Biogeochemical Cycling and Fate in a Freshwater Wetland Mesocosm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrid Avellan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven M Anderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas K Geitner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Bossa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 54 (3), pp.1533-1544. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.9b05097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02958362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harmonizing Across Environmental Nanomaterial Testing Media for Increased Comparability of Nanomaterial Datasets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas K Geitner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Ogilvie Hendren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geert Cornelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ralf Kaegi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamie Lead</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental science‎.Nano</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C9EN00448C⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02376852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Size-Based Differential Transport, Uptake, and Mass Distribution of Ceria (CeO 2 ) Nanoparticles in Wetland Mesocosms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas Geitner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jane Cooper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrid Avellan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Castellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brittany Perrotta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 52 (17), pp.9768-9776. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.8b02040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03707279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gold nanoparticle biodissolution by a freshwater macrophyte and its associated microbiome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrid Avellan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mcgivney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Bossa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eleanor Spielman-Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Nanotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 13 (11), pp.1072-1077. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41565-018-0231-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03707302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negative Effects of Copper Oxide Nanoparticles on Carbon and Nitrogen Cycle Microbial Activities in Contrasting Agricultural Soils and in Presence of Plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie A. M. Cantarel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Crouzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gervaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Mf Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2018.03102⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02479075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engineered nanoparticles interact with nutrients to intensify eutrophication in a wetland ecosystem experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin P Colman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven M Anderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryan S King</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew Ruis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 28 (6), pp.1435-1449. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/eap.1742⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03707300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Short-term responses and resistance of soil microbial community structure to elevated CO2 and N addition in grassland mesocosms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naoise Nunan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Bloor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Pouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Niboyet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEMS Microbiology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 364 (9), </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/femsle/fnx077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01525344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toxicity of TiO2 nanoparticles on soil nitrification at environmentally relevant concentrations: Lack of classical dose-response relationships</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean M. F. Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Uzu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Calas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanotoxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 11 (2), pp.247 - 255. </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17435390.2017.1290845⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01602574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Titanium dioxide nanoparticles strongly impact soil microbial function by affecting archaeal nitrifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Richaume-Jolion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien P. Guyonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Dubost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean M. F. Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6, pp.1-10. </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep33643⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01602239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined study of titanium dioxide nanoparticle transport and toxicity on microbial nitrifying communities under single and repeated exposures in soil columns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean M. F. Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Uzu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwann Vince</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Richaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 50 (19), pp.10693-10699. </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.6b02415⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01604452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupling Between and Among Ammonia Oxidizers and Nitrite Oxidizers in Grassland Mesocosms Submitted to Elevated CO2 and Nitrogen Supply</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Poly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Lerondelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruce A. Hungate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbial ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 70 (3), pp.809-818. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00248-015-0604-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01569713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of soil properties on the toxicity of TiO₂ nanoparticles on carbon mineralization and bacterial abundance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien P. Guyonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean M. F. Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ginot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Richaume-Jolion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hazardous Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 283, pp.529-535. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhazmat.2014.10.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01197005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of engineered nanoparticles on the activity, abundance, and diversity of soil microbial communities: a review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Richaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 22 (18), pp.13710-13723. </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-015-4171-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01602179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SeqDetectVeg: a major project to develop a NGS tool for multi-target detection of bacterial and fungal pathogens transmitted by vegetable seeds.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mylène Ruh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Denancé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Serandat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Lê Van</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaiana Malabarba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th ISTA Seed Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Christchurch, New Zealand, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05515835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A view on the soil food web to understand parasitic nematodes reduction in rice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Liesse Vermeire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bellafiore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nematology Conference 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05101901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modifications of the bacterial community of rice roots infected by a plant parasitic nematode in infested fields</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bellafiore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Czernic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. Rencontres Plantes-Bactéries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05101924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterisation of the spermosphere of the common bean seed (Phaseolus vulgaris)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chandrodhay Saccaram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Boutet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Brosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracy François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée annuelle des Jeunes Chercheuses et Chercheurs (JJC) 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04528599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of floral transmission to the assembly and health impact of bacterial communities in watermelon seeds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gillian Bergmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kacie Lui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carina Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Velasco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05293161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating the legacy of drought exposure on root and rhizosphere bacterial microbiomes over two plant generations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fina Bintarti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abby Sulesky-Grieb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Colovas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Marolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Boureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05290191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthetic Community Inoculation on Seeds Revealed its Transient Colonization Capacity but Legacy Effects on Plant Microbiota Assembly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gontran Arnault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louna Colaert-Sentenac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Sarniguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05292992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating the legacy of drought exposure on root and rhizosphere bacterial microbiomes over two plant generations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Fina Bintarti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abby Sulesky-Grieb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Colovas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Marolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Boureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05481592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single seed microbiota: assembly and transmission from parent plant to seedling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Chesneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Laroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Préveaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Briand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03299438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asymmetric outcome of community coalescence of seed and soil microbiota during early seedling growth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Rochefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Yvonne Guillerm-Erckelboudt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03045727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique, réactivité et écotoxicité des nanoparticules d’oxydes métalliques dans les sols : impact sur les fonctions et la diversité des communautés microbiennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ecotoxicologie. Université Claude Bernard - Lyon I, 2015. Français. </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2015LYO10164⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01272111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pilotage du microbiote des graines pour améliorer la santé des plantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'environnement. Université d'Angers, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04688332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le microbiote des plantes - De son rôle dans la survie végétale à son ingénierie pour une agriculture durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École thématique. Lycée Adam de Craponne, Salon-de-provence, France. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04852994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId279"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Marie Simonin </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Research Scientist at INRAE</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/><w:pBdr><w:bottom w:val="single" w:sz="1" w:color="000000"/></w:pBdr></w:pPr><w:r><w:rPr><w:sz w:val="6"/><w:szCs w:val="6"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">42 Rue Georges Morel, 49070 Beaucouzé, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">E-mail: marie.simonin[at]inrae.fr</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Research interests</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/><w:pBdr><w:bottom w:val="single" w:sz="1" w:color="000000"/></w:pBdr></w:pPr><w:r><w:rPr><w:sz w:val="6"/><w:szCs w:val="6"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Impact of abiotic and biotic disturbances on microbial activity and diversity</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Interactive effects of different agents of global change (contaminants, nutrient pollution, CO2)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Plant-microbiome interactions and microbiome engineering</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Resistance and resilience of microbiomes to these disturbances</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Education</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/><w:pBdr><w:bottom w:val="single" w:sz="1" w:color="000000"/></w:pBdr></w:pPr><w:r><w:rPr><w:sz w:val="6"/><w:szCs w:val="6"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Ph.D (2012 –2015):Microbial Ecology Laboratory (University Claude Bernard - Lyon, France) and Laboratory of Transfer in Hydrology and Environment (University Joseph Fourier - Grenoble, France)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Advisors: Pr Agnès Richaume-Jolion and Dr Jean Martins</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● MSc. Degree in Ecology, Biodiversity, Evolution (2010–2012): University Pierre & Marie Curie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Paris VI, France. Specialty: Biodiversity and Functioning of Ecosystems – Ecological engineering</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● BSc. Degrees(2007 – 2010): University of Caen-Basse Normandie, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">- License of Biology of organisms and License of Geography</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Professional experiences</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/><w:pBdr><w:bottom w:val="single" w:sz="1" w:color="000000"/></w:pBdr></w:pPr><w:r><w:rPr><w:sz w:val="6"/><w:szCs w:val="6"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Research Scientist (Oct 2019 - Present): INRAE - IRHS in EmerSys team (Angers, France) Characterization of seed microbiomes and their resistances to abiotic and biotic stressors.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Postdoctoral associate (Jan 2019 - Sept 2019):IRD - Interaction Plant - Microorganism - Environment Lab (Montpellier, France) Impact of biotic disturbances and agricultural practices on the plant microbiome of diverse crops in West Africa and South-East Asia.Supervisor: Lionel Moulin</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Postdoctoral associate (2016 - 2018):Biology Department (Duke University, NC, USA)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Impact of anthropogenic disturbances on the diversity and function of microbial communities in aquatic and terrestrial ecosystems.Supervisor: Emily Bernhardt</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Graduate researcher(2012- 2015): Microbial Ecology Laboratory (University Claude Bernard - Lyon) and Laboratory of Transfer in Hydrology and Environment (University Joseph Fourier - Grenoble)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thesis title: Dynamic, reactivity and ecotoxicity of metal oxide nanoparticles in soil: impact on functions and diversity of microbial communities.Advisors: Pr Agnès Richaume-Jolion and Dr Jean Martins</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Articles / Presentations / Posters</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/><w:pBdr><w:bottom w:val="single" w:sz="1" w:color="000000"/></w:pBdr></w:pPr><w:r><w:rPr><w:sz w:val="6"/><w:szCs w:val="6"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">● Published articles and Pre-prints</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">24 articles published in peer-reviewed journal (Rank A)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">1 pre-print</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (50)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dormancy and reactivation of the seed and its microbiome: a holobiont perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Gerna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Chadelaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Lamouche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Darrasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">mSystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 11 (1), pp.e0114025. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/msystems.01140-25⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05556397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elucidating the interplay between metabolites and microorganisms in the spermosphere of common bean ( Phaseolus vulgaris L.) seeds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chandrodhay Saccaram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Boutet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Brosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shuang Peng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">mSystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 10 (8), pp.e00707-25. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/msystems.00707-25⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05533608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sowing success: ecological insights into seedling microbial colonisation for robust plant microbiota engineering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oscar Joubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gontran Arnault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trends in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 30 (1), pp.21-34. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tplants.2024.09.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05081372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transient microbial architects: tracing the legacy effects of ephemeral taxa during plant microbiome assembly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Logan Suteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louna Colaert-Sentenac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Law</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Opinion in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 88, pp.102664. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.mib.2025.102664⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05535812v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T6SS-mediated competition by Stenotrophomonas rhizophila shapes seed-borne bacterial communities and seed-to-seedling transmission dynamics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiffany Garin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Brault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Briand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Préveaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">mSystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 10 (8), pp.e00457-25. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/msystems.00457-25⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05293005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A cross-systems primer for synthetic microbial communities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elijah Mehlferber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gontran Arnault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bishnu Joshi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laila Partida-Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kathryn Patras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9 (11), pp.2765-2773. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41564-024-01827-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05081398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The type VI secretion system of Stenotrophomonas rhizophila CFBP13503 limits the transmission of Xanthomonas campestris pv. campestris 8004 from radish seeds to seedlings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiffany Garin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chrystelle Brin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Préveaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Brault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Briand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Plant Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 25 (1), pp.e13412. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/mpp.13412⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04688341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interactions shape aquatic microbiome responses to Cu and Au nanoparticle treatments in wetland manipulation experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhao Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Bergemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrid Avellan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phoebe Kiburi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 252, pp.118603. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envres.2024.118603⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04579728v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stable, multigenerational transmission of the bean seed microbiome despite abiotic stress</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abby Sulesky-Grieb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fina Bintarti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Marolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">mSystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 9 (11), </w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/msystems.00951-24⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04688340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seedling microbiota engineering using bacterial synthetic community inoculation on seeds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gontran Arnault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Préveaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Briand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Poisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEMS Microbiology Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 100 (4), </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/femsec/fiae027⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04688333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chronic Engineered Nanoparticle Additions Alter Insect Emergence and Result in Metal Flux from Aquatic Ecosystems into Riparian Food Webs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brittany G Perrotta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin P Colman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven M Anderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ethan Baruch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 57 (21), pp.8085-8095. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.3c00620⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04111816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Density declines, richness increases, and composition shifts in stream macroinvertebrates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha Rumschlag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Mahon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Devin Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Battaglin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonny Behrens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science Advances </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 9 (18), pp.eadf4896. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1126/sciadv.adf4896⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04097465v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">At the interfaces of the hydrologic sciences: Connecting water, elements, ecosystems, and people through the major contributions of Dr. Emily Bernhardt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ashley Helton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Morse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elizabeth Sudduth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcelo Ardón</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raven Bier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 619, pp.129251. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhydrol.2023.129251⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04292325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mean species responses predict effects of environmental change on coexistence</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederik de Laender</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timoteo Carletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chuliang Song</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha Rumschlag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 26 (9), pp.1535-1547. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/ele.14278⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04494294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transmission of synthetic seed bacterial communities to radish seedlings: impact on microbiota assembly and plant phenotype</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Préveaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tiffany Garin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gontran Arnault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Peer Community Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 3, pp.e95. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24072/pcjournal.329⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04688330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seasonal Differences and Grazing Pressure Alter the Fate of Gold Nanoparticles in a Microcosm Experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Bergemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrid Avellan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brittany Perrotta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emily Bernhardt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 57 (37), pp.13970-13979. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.3c01839⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04208811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of the rice production system (irrigated vs lowland) on root-associated microbiome from farmer's fields in western Burkina Faso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Barro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Issa Wonni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abalo Itolou Kassankogno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnieszka Klonowska</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEMS Microbiology Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 98 (9), </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/femsec/fiac085⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03773237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alkaline mine drainage drives stream sediment microbial community structure and function</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lingrong Jin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline R Gerson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer D Rocca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emily S Bernhardt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 805, pp.150189. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.150189⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04688338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protist Predation Influences the Temperature Response of Bacterial Communities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer D.. Rocca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Yammine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean P. Gibert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13, pp.847964. </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2022.847964⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03701557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrichment in biodiversity and maturation of the soil food web under conservation agriculture is associated with suppression of rice-parasitic nematodes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Liesse Vermeire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vira Leng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Tivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriculture, Ecosystems &amp; Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 331, pp.107913. </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agee.2022.107913⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03607685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single seed microbiota: assembly and transmission from parent plant to seedling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Chesneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Laroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Préveaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Briand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">mBio</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 13 (6), pp.0164822. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/mbio.01648-22⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03834661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cultivated and wild pearl millet display contrasting patterns of abundance and co-occurrence in their root mycobiome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Thérèse Mofini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdala Diedhiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donald Tchouomo Dondjou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Pignoly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (1), pp.207. </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-021-04097-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03576717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Author Correction: Cultivated and wild pearl millet display contrasting patterns of abundance and co-occurrence in their root mycobiome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Thérèse Mofini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdala Diedhiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Donald Tchouomo Dondjou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Pignoly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (1), pp.1639. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-022-05899-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05194267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Seed microbiota revealed by a large-scale meta-analysis including 50 plant species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Briand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Chesneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Rochefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Phytologist</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 234 (4), pp.1448-1463. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/nph.18037⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03299446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Consistent declines in aquatic biodiversity across diverse domains of life in rivers impacted by surface coal mining</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Rocca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Gerson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Moore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Brooks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Early Access, pp.e02389. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/eap.2389⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03313219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low mobility of CuO and TiO2 nanoparticles in agricultural soils of contrasting texture and organic matter content</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean M.F. Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Uzu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorenzo Spadini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Navel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 783, pp.146952. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.146952⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03301328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microbiome Composition and Function in Aquatic Vertebrates: Small Organisms Making Big Impacts on Aquatic Animal Health</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludek Sehnal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elizabeth Brammer-Robbins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Wormington</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludek Blaha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joe Bisesi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12, pp.567408. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2021.567408⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03238365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward a Generalizable Framework of Disturbance Ecology Through Crowdsourced Science</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emily Graham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colin Averill</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ben Bond-Lamberty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joseph Knelman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefan Krause</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Ecology and Evolution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9, </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fevo.2021.588940⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03220658v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transmission of Seed and Soil Microbiota to Seedling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Rochefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Yvonne Guillerm-Erckelboudt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">mSystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 6 (3), pp.00446-21. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/msystems.00446-21⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03299428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guided by Microbes: Applying Community Coalescence Principles for Predictive Microbiome Engineering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Rocca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mario Muscarella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariane Peralta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dandan Izabel-Shen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">mSystems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 6 (4), pp.e00538-21. </w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1128/mSystems.00538-21⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03541580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-Term Effects of Copper Nanopesticides on Soil and Sediment Community Diversity in Two Outdoor Mesocosm Experiments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauren N Carley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renuka Panchagavi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xin Song</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sade Davenport</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina M Bergemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 54 (14), pp.8878-8889. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.0c00510⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02945106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chemistry of streams draining mined and unmined watersheds in the mountaintop mined landscape of Central Appalachia, USA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Gerson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Moore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Naslund</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Rocca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 101 (9), pp.e03093. </w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ecy.3093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798110v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of plant genotype and soil on the wheat rhizosphere microbiome: evidences for a core microbiome across eight African and European soils</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cindy Dasilva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Terzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eddy L M Ngonkeu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diégane Diouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEMS Microbiology Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 96 (6), pp.fiaa067. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/femsec/fiaa067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02941967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep modifications of the microbiome of rice roots infected by the parasitic nematode Meloidogyne graminicola in highly infested fields in Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hai Ho Bich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hue Nguyen Thi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Czernic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEMS Microbiology Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 96 (7), pp.fiaa099. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/femsec/fiaa099⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02770824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An extended root phenotype: the rhizosphere, its formation and impacts on plant fitness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla de La Fuente Cantó</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eoghan King</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malcolm Bennett</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Plant Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 14 p. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/tpj.14781⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02779134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rare microbial taxa emerge when communities collide: freshwater and marine microbiome responses to experimental mixing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jennifer Rocca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emily S Bernhardt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alex D Washburne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justin P Wright</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 101 (3), </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ecy.2956⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02958363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Copper and Gold Nanoparticles Increase Nutrient Excretion Rates of Primary Consumers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brittany G Perrotta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeffrey A Back</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven M Anderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrid Avellan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 54 (16), pp.10170-10180. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.0c02197⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02958354v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential Reactivity of Copper- and Gold-Based Nanomaterials Controls Their Seasonal Biogeochemical Cycling and Fate in a Freshwater Wetland Mesocosm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrid Avellan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven M Anderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas K Geitner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Bossa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 54 (3), pp.1533-1544. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.9b05097⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02958362v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Harmonizing Across Environmental Nanomaterial Testing Media for Increased Comparability of Nanomaterial Datasets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas K Geitner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Ogilvie Hendren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geert Cornelis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ralf Kaegi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamie Lead</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental science‎.Nano</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/C9EN00448C⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02376852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Size-Based Differential Transport, Uptake, and Mass Distribution of Ceria (CeO 2 ) Nanoparticles in Wetland Mesocosms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicholas Geitner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jane Cooper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrid Avellan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Castellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brittany Perrotta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 52 (17), pp.9768-9776. </w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.8b02040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03707279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gold nanoparticle biodissolution by a freshwater macrophyte and its associated microbiome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Astrid Avellan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Mcgivney</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Bossa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eleanor Spielman-Sun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Nanotechnology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 13 (11), pp.1072-1077. </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41565-018-0231-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03707302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Negative Effects of Copper Oxide Nanoparticles on Carbon and Nitrogen Cycle Microbial Activities in Contrasting Agricultural Soils and in Presence of Plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie A. M. Cantarel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Crouzet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Gervaix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Mf Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Microbiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmicb.2018.03102⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02479075v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Engineered nanoparticles interact with nutrients to intensify eutrophication in a wetland ecosystem experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin P Colman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Steven M Anderson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ryan S King</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthew Ruis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecological Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 28 (6), pp.1435-1449. </w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/eap.1742⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03707300v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Short-term responses and resistance of soil microbial community structure to elevated CO2 and N addition in grassland mesocosms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naoise Nunan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Bloor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Pouteau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Niboyet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEMS Microbiology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 364 (9), </w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/femsle/fnx077⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01525344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toxicity of TiO2 nanoparticles on soil nitrification at environmentally relevant concentrations: Lack of classical dose-response relationships</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean M. F. Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaelle Uzu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Calas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nanotoxicology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 11 (2), pp.247 - 255. </w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17435390.2017.1290845⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01602574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Titanium dioxide nanoparticles strongly impact soil microbial function by affecting archaeal nitrifiers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Richaume-Jolion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien P. Guyonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Dubost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean M. F. Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6, pp.1-10. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep33643⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01602239v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined study of titanium dioxide nanoparticle transport and toxicity on microbial nitrifying communities under single and repeated exposures in soil columns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean M. F. Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Uzu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erwann Vince</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Richaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 50 (19), pp.10693-10699. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.est.6b02415⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01604452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coupling Between and Among Ammonia Oxidizers and Nitrite Oxidizers in Grassland Mesocosms Submitted to Elevated CO2 and Nitrogen Supply</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Le Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Poly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Lerondelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruce A. Hungate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Microbial ecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 70 (3), pp.809-818. </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00248-015-0604-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01569713v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of soil properties on the toxicity of TiO₂ nanoparticles on carbon mineralization and bacterial abundance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien P. Guyonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean M. F. Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morgane Ginot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Richaume-Jolion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hazardous Materials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 283, pp.529-535. </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jhazmat.2014.10.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01197005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of engineered nanoparticles on the activity, abundance, and diversity of soil microbial communities: a review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Richaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science and Pollution Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 22 (18), pp.13710-13723. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11356-015-4171-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01602179v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">SeqDetectVeg: a major project to develop a NGS tool for multi-target detection of bacterial and fungal pathogens transmitted by vegetable seeds.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mylène Ruh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Denancé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Serandat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Lê Van</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaiana Malabarba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34th ISTA Seed Symposium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Christchurch, New Zealand, New Zealand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05515835v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A view on the soil food web to understand parasitic nematodes reduction in rice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Liesse Vermeire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bellafiore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nematology Conference 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05101901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modifications of the bacterial community of rice roots infected by a plant parasitic nematode in infested fields</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Bellafiore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Moulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Czernic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14. Rencontres Plantes-Bactéries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Aussois, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05101924v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterisation of the spermosphere of the common bean seed (Phaseolus vulgaris)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chandrodhay Saccaram</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Boutet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Brosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracy François</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée annuelle des Jeunes Chercheuses et Chercheurs (JJC) 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04528599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of floral transmission to the assembly and health impact of bacterial communities in watermelon seeds</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gillian Bergmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kacie Lui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carina Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Velasco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05293161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating the legacy of drought exposure on root and rhizosphere bacterial microbiomes over two plant generations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Fina Bintarti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abby Sulesky-Grieb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Colovas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Marolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Boureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05290191v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthetic Community Inoculation on Seeds Revealed its Transient Colonization Capacity but Legacy Effects on Plant Microbiota Assembly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gontran Arnault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louna Colaert-Sentenac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Sarniguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05292992v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating the legacy of drought exposure on root and rhizosphere bacterial microbiomes over two plant generations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Fina Bintarti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abby Sulesky-Grieb</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Colovas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brice Marolleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Boureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05481592v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single seed microbiota: assembly and transmission from parent plant to seedling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Chesneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Laroche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Préveaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Briand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03299438v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asymmetric outcome of community coalescence of seed and soil microbiota during early seedling growth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Rochefort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Marais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Yvonne Guillerm-Erckelboudt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Barret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03045727v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique, réactivité et écotoxicité des nanoparticules d’oxydes métalliques dans les sols : impact sur les fonctions et la diversité des communautés microbiennes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ecotoxicologie. Université Claude Bernard - Lyon I, 2015. Français. </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2015LYO10164⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01272111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pilotage du microbiote des graines pour améliorer la santé des plantes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'environnement. Université d'Angers, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04688332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cours (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le microbiote des plantes - De son rôle dans la survie végétale à son ingénierie pour une agriculture durable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Masson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Simonin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">École thématique. Lycée Adam de Craponne, Salon-de-provence, France. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Cours</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04852994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId288"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05081372v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Joubert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gontran Arnault" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Barret" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Simonin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2024.09.004" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05535812v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Logan Suteau" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louna Colaert-Sentenac" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Law" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mib.2025.102664" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05081398v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elijah Mehlferber" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bishnu Joshi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laila Partida-Martinez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathryn Patras" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-024-01827-2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04688341v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Garin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Brin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pr&#233;veaux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Brault" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Briand" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mpp.13412" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579728v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhao Wang" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Bergemann" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Avellan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phoebe Kiburi" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2024.118603" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04688340v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abby Sulesky-Grieb" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fina Bintarti" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Marolleau" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.00951-24" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04688333v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Marais" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Poisson" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsec/fiae027" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05293005v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1101/2024.07.22.604635" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04111816v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brittany G Perrotta" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin P Colman" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven M Anderson" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ethan Baruch" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.3c00620" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04097465v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Rumschlag" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Mahon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Devin Jones" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Battaglin" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonny Behrens" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adf4896" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04292325v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley Helton" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Morse" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Sudduth" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Ard&#243;n" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raven Bier" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2023.129251" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04494294v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik de Laender" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Carpentier" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoteo Carletti" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuliang Song" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.14278" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04688330v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.329" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208811v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brittany Perrotta" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Bernhardt" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.3c01839" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03773237v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Barro" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issa Wonni" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abalo Itolou Kassankogno" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Klonowska" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsec/fiac085" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04688338v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lingrong Jin" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline R Gerson" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer D Rocca" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily S Bernhardt" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.150189" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03701557v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer D.. Rocca" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Yammine" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean P. Gibert" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.847964" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03607685v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Masson" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Liesse Vermeire" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vira Leng" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Tivet" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2022.107913" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03834661v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chesneau" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Laroche" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.01648-22" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194267v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Mofini" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdala Diedhiou" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald Tchouomo Dondjou" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Pignoly" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-05899-0" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03576717v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-04097-8" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03299446v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Rochefort" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.18037" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03313219v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Rocca" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Gerson" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Moore" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Brooks" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eap.2389" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03301328v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean M.F. Martins" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Uzu" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Spadini" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Navel" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.146952" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03220658v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Graham" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Averill" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Bond-Lamberty" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Knelman" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Krause" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2021.588940" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03238365v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludek Sehnal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Brammer-Robbins" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Wormington" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludek Blaha" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Bisesi" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.567408" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03299428v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Yvonne Guillerm-Erckelboudt" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.00446-21" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03541580v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Muscarella" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Peralta" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dandan Izabel-Shen" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSystems.00538-21" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02945106v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren N Carley" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renuka Panchagavi" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Song" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sade Davenport" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina M Bergemann" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.0c00510" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798110v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Naslund" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecy.3093" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02941967v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Dasilva" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Terzi" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy L M Ngonkeu" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Di&#233;gane Diouf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsec/fiaa067" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02770824v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Ho Bich" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hue Nguyen Thi" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Czernic" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsec/fiaa099" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02958363v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex D Washburne" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin P Wright" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecy.2956" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02779134v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla de La Fuente Cant&#243;" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eoghan King" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Moulin" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malcolm Bennett" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.14781" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02958354v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey A Back" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.0c02197" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02958362v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas K Geitner" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Bossa" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.9b05097" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376852v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Ogilvie Hendren" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geert Cornelis" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Kaegi" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie Lead" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9EN00448C" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03707279v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Geitner" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Cooper" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Castellon" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.8b02040" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03707302v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mcgivney" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleanor Spielman-Sun" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41565-018-0231-y" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02479075v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie A. M. Cantarel" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Crouzet" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Gervaix" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Mf Martins" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.03102" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03707300v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan S King" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Ruis" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eap.1742" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525344v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoise Nunan" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bloor" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Pouteau" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Niboyet" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsle/fnx077" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602574v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean M. F. Martins" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Roux" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Uzu" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Calas" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17435390.2017.1290845" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602239v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Richaume-Jolion" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien P. Guyonnet" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Dubost" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep33643" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604452v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Vince" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Richaume" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.6b02415" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01569713v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Poly" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lerondelle" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce A. Hungate" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-015-0604-9" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197005v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Ginot" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2014.10.004" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6FK6DL3N-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602179v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-015-4171-x" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-05515835v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Ruh" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Denanc&#233;" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Serandat" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine L&#234; Van" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaiana Malabarba" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101901v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bellafiore" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101924v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528599v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chandrodhay Saccaram" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Boutet" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Brosse" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tracy Fran&#231;ois" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293161v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gillian Bergmann" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kacie Lui" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carina Lopez" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Velasco" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290191v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Colovas" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Boureau" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05292992v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Sarniguet" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05481592v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Fina Bintarti" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03299438v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03045727v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01272111v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015LYO10164" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-04688332v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04852994v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05556397v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Gerna" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Chadelaud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lamouche" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Barret" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Darrasse" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.01140-25" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05533608v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chandrodhay Saccaram" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Simonin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Boutet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Brosse" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuang Peng" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.00707-25" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05081372v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Joubert" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gontran Arnault" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2024.09.004" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05535812v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Logan Suteau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louna Colaert-Sentenac" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Law" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mib.2025.102664" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05293005v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany Garin" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Brault" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Marais" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Briand" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pr&#233;veaux" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.00457-25" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05081398v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elijah Mehlferber" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bishnu Joshi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laila Partida-Martinez" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kathryn Patras" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41564-024-01827-2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04688341v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrystelle Brin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mpp.13412" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04579728v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhao Wang" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Bergemann" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Avellan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phoebe Kiburi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2024.118603" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04688340v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abby Sulesky-Grieb" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fina Bintarti" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Marolleau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.00951-24" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04688333v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Poisson" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsec/fiae027" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04111816v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brittany G Perrotta" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin P Colman" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steven M Anderson" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ethan Baruch" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.3c00620" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04097465v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Rumschlag" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Mahon" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Devin Jones" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Battaglin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonny Behrens" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adf4896" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04292325v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley Helton" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Morse" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Sudduth" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcelo Ard&#243;n" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raven Bier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhydrol.2023.129251" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04494294v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederik de Laender" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Carpentier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoteo Carletti" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chuliang Song" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ele.14278" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04688330v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.329" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208811v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brittany Perrotta" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Bernhardt" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.3c01839" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03773237v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Barro" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issa Wonni" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abalo Itolou Kassankogno" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnieszka Klonowska" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsec/fiac085" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04688338v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lingrong Jin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline R Gerson" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer D Rocca" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily S Bernhardt" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.150189" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03701557v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer D.. Rocca" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Yammine" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean P. Gibert" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2022.847964" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03607685v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Masson" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Liesse Vermeire" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vira Leng" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Tivet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agee.2022.107913" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03834661v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chesneau" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Laroche" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.01648-22" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03576717v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Mofini" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdala Diedhiou" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donald Tchouomo Dondjou" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Pignoly" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-04097-8" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05194267v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-05899-0" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03299446v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Rochefort" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/nph.18037" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03313219v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Rocca" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Gerson" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Moore" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Brooks" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eap.2389" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03301328v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean M.F. Martins" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Uzu" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Spadini" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Navel" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.146952" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03238365v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludek Sehnal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Brammer-Robbins" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Wormington" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludek Blaha" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Bisesi" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2021.567408" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03220658v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Graham" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin Averill" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Bond-Lamberty" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Knelman" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Krause" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fevo.2021.588940" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03299428v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Yvonne Guillerm-Erckelboudt" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/msystems.00446-21" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03541580v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Muscarella" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Peralta" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dandan Izabel-Shen" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSystems.00538-21" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02945106v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauren N Carley" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renuka Panchagavi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Song" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sade Davenport" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina M Bergemann" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.0c00510" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02798110v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Naslund" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecy.3093" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02941967v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Dasilva" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Terzi" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eddy L M Ngonkeu" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Di&#233;gane Diouf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsec/fiaa067" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02770824v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Ho Bich" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hue Nguyen Thi" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Czernic" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsec/fiaa099" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02779134v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla de La Fuente Cant&#243;" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eoghan King" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Moulin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malcolm Bennett" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.14781" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02958363v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex D Washburne" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin P Wright" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ecy.2956" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02958354v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey A Back" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.0c02197" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02958362v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas K Geitner" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Bossa" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.9b05097" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376852v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Ogilvie Hendren" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geert Cornelis" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Kaegi" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie Lead" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9EN00448C" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03707279v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Geitner" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Cooper" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Castellon" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.8b02040" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03707302v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mcgivney" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleanor Spielman-Sun" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41565-018-0231-y" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02479075v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie A. M. Cantarel" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Crouzet" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Gervaix" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Mf Martins" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2018.03102" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03707300v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ryan S King" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Ruis" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/eap.1742" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01525344v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naoise Nunan" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Bloor" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Pouteau" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Niboyet" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/femsle/fnx077" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602574v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean M. F. Martins" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Roux" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Uzu" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Calas" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17435390.2017.1290845" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602239v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Richaume-Jolion" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien P. Guyonnet" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Dubost" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep33643" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604452v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwann Vince" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Richaume" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.6b02415" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01569713v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Poly" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lerondelle" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruce A. Hungate" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00248-015-0604-9" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197005v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Ginot" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2014.10.004" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6FK6DL3N-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01602179v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-015-4171-x" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-05515835v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Ruh" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Denanc&#233;" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Serandat" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine L&#234; Van" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaiana Malabarba" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101901v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Bellafiore" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05101924v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528599v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tracy Fran&#231;ois" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05293161v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gillian Bergmann" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kacie Lui" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carina Lopez" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Velasco" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290191v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Colovas" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Boureau" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05292992v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Sarniguet" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05481592v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Fina Bintarti" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03299438v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03045727v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01272111v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015LYO10164" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-04688332v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04852994v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>