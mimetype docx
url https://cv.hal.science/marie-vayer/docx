--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -785,555 +785,555 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04087153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Leveraging the Hydroarylation of α-(Trifluoromethyl)styrenes to Access Trifluoromethylated All-Carbon Quaternary Centers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Synthesis of Unprotected β‐Arylethylamines by Iron(II)‐Catalyzed 1,2‐Aminoarylation of Alkenes in Hexafluoroisopropanol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentyn Pozhydaiev</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Vayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Robert Josef Mayer</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Fave</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Moran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lebœuf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Catalysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acscatal.2c03330⟩</w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 62 (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.202215257⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04078018v1</w:t>
+                <w:t xml:space="preserve">hal-04022395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potassium Carbonate to Unlock a GaCl 3 -Catalyzed C-H Propargylation of Arenes</w:t>
+                <w:t xml:space="preserve">Leveraging the Hydroarylation of α-(Trifluoromethyl)styrenes to Access Trifluoromethylated All-Carbon Quaternary Centers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Vayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Josef Mayer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joseph Moran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Lebœuf</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Catalysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 12 (1), pp.305-315. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acscatal.1c03014⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 12 (17), pp.10995-11001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acscatal.2c03330⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03722704v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04078018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid and Mild Metal-Free Reduction of Epoxides to Primary Alcohols Mediated by HFIP</w:t>
+                <w:t xml:space="preserve">Potassium Carbonate to Unlock a GaCl 3 -Catalyzed C-H Propargylation of Arenes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Vayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Rodrigues</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Miaskiewicz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Gatineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Gimbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACS Catalysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 12 (6), pp.3309-3316. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acscatal.2c00216⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 12 (1), pp.305-315. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acscatal.1c03014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03622355v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03722704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of Unprotected β‐Arylethylamines by Iron(II)‐Catalyzed 1,2‐Aminoarylation of Alkenes in Hexafluoroisopropanol</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rapid and Mild Metal-Free Reduction of Epoxides to Primary Alcohols Mediated by HFIP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Vayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Claire Fave</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shaofei Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joseph Moran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Lebœuf</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/anie.202215257⟩</w:t>
+              <w:t xml:space="preserve">ACS Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (6), pp.3309-3316. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acscatal.2c00216⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04022395v1</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03622355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unlocking the Friedel-Crafts arylation of primary aliphatic alcohols and epoxides driven by hexafluoroisopropanol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaofei Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Vayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1893,274 +1893,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02331912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iron-Catalyzed Reductive Ethylation of Imines with Ethanol</w:t>
+                <w:t xml:space="preserve">Synthesis of 3-Substituted 3-Bromo-1-phenylallenes from Alkynylcycloheptatrienes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Vayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jennifer Dupont</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Guillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Gandon</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Bour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/anie.201800328⟩</w:t>
+              <w:t xml:space="preserve">Journal of Organic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 83 (18), pp.11309-11317. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.joc.8b01498⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01999387v1</w:t>
+                <w:t xml:space="preserve">hal-05415600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of 3-Substituted 3-Bromo-1-phenylallenes from Alkynylcycloheptatrienes</w:t>
+                <w:t xml:space="preserve">Iron-Catalyzed Reductive Ethylation of Imines with Ethanol</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Vayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Régis Guillot</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Morcillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Dupont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Gandon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bour</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Gandon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Organic Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 83 (18), pp.11309-11317. </w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 57 (12), pp.3228-3232. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.joc.8b01498⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/anie.201800328⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05415600v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01999387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revealing the Activity of π‐Acid Catalysts using a 7‐Alkynyl Cycloheptatriene</w:t>
               </w:r>
@@ -2789,51 +2789,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05351020v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vayer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05351029v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078006v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyprien Muller" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip Horky" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Golushko" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Leb&#339;uf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2SC06692K" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762389v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Force" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert J Mayer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3cc00695f" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04241330v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentyn Pozhydaiev" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Fave" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Moran" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202215257" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087153v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Bortolato" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Simionato" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Rosso" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Paoloni" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.2c11364" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078018v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Josef Mayer" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.2c03330" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03722704v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rodrigues" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Miaskiewicz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gatineau" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gimbert" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.1c03014" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622355v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaofei Zhang" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.2c00216" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022395v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468221v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent No&#235;l" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vuk D. Vukovi&#263;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chempr.2021.10.023" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097839v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiaxin Tian" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Chen" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Djurovic" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Guillot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202001376" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595699v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bour" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gandon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202000623" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477990v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331912v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhilong Li" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre J.-P. Baltaze" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.9b03240" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01999387v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Morcillo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Dupont" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201800328" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-05415600v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.8b01498" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-05415407v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Guillot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201703817" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-05415398v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weizhen Fang" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bezzenine-Lafoll&#233;e" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6OB02122K" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-05440069v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02352683v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018SACLS444" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05351020v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vayer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05351029v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078006v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyprien Muller" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip Horky" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrei Golushko" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Leb&#339;uf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D2SC06692K" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762389v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Force" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert J Mayer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3cc00695f" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-paris.hal.science/hal-04241330v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentyn Pozhydaiev" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Fave" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joseph Moran" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202215257" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04087153v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Bortolato" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Simionato" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristian Rosso" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Paoloni" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jacs.2c11364" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04022395v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078018v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Josef Mayer" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.2c03330" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03722704v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Rodrigues" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Miaskiewicz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gatineau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Gimbert" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.1c03014" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622355v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaofei Zhang" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acscatal.2c00216" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03468221v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent No&#235;l" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vuk D. Vukovi&#263;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chempr.2021.10.023" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03097839v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiaxin Tian" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan Chen" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Djurovic" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Guillot" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.202001376" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04595699v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bour" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gandon" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejoc.202000623" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04477990v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02331912v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhilong Li" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre J.-P. Baltaze" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.orglett.9b03240" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-05415600v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.joc.8b01498" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01999387v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Morcillo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Dupont" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.201800328" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-05415407v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Regis Guillot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201703817" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-05415398v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weizhen Fang" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Bezzenine-Lafoll&#233;e" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6OB02122K" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-05440069v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02352683v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018SACLS444" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>