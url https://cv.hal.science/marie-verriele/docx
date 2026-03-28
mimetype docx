--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -24,51 +24,51 @@
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:spacing w:after="20"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:150px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;">
             <w10:wrap type="tight" anchorx="margin"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Marie VERRIELE DUNCIANU </w:t>
+        <w:t xml:space="preserve"> Marie VERRIELE </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Identifiants chercheurs</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
@@ -177,12367 +177,12626 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (37)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (38)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formaldehyde releasers in cleaning products: Mapping an indoor issue</w:t>
+                <w:t xml:space="preserve">Assessing Volatile Organic Compound Emissions from Passive Indoor Laundry Drying: Experimental Evidence and Health Gaps</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Thevenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriel Rossignol</w:t>
+                <w:t xml:space="preserve">Florent Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Angulo-Milhem</w:t>
+                <w:t xml:space="preserve">Aurelie Della-Puppa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Melanie Nicolas</w:t>
+                <w:t xml:space="preserve">Vincent Gaudion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Verriele</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Manolis Romanias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, 504, pp.141393. </w:t>
+              <w:t xml:space="preserve">ACS ES&amp;T Air</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jhazmat.2026.141393⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsestair.5c00390⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05502472v1</w:t>
+                <w:t xml:space="preserve">hal-05566457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mitigation of indoor pollution events by lime-cement plasters: Full-scale assessment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Formaldehyde releasers in cleaning products: Mapping an indoor issue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Thevenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Brun</w:t>
+                <w:t xml:space="preserve">Gabriel Rossignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Gaudion</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">S. Angulo-Milhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Melanie Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 343, pp.120997. </w:t>
+              <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 504, pp.141393. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2024.120997⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jhazmat.2026.141393⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05191487v1</w:t>
+                <w:t xml:space="preserve">hal-05502472v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indoor laundry drying: Full-scale determination of water emission rate and impact on thermal comfort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Thevenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Gaudion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Caron</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Mélanie Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Indoor Environments</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 2 (2), pp.100089. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.indenv.2025.100089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05191500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Critical Review of Current Validation Methodologies and Future Developments in CFD‐Based Indoor Environmental Quality Analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mitigation of indoor pollution events by lime-cement plasters: Full-scale assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Gaudion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manolis Romanias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandru Cernei</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marion Chenal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Indoor Air</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1155/ina/6601284⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 343, pp.120997. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2024.120997⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05407285v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05191487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strategy for the monitoring of fungal colonization in buildings -challenges and perspectives</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Critical Review of Current Validation Methodologies and Future Developments in CFD‐Based Indoor Environmental Quality Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Cernei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Thevenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florin Bode</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Perez</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ilinca Nastase</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Biodeterioration &amp; Biodegradation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ibiod.2024.105764⟩</w:t>
+              <w:t xml:space="preserve">Indoor Air</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 2025 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1155/ina/6601284⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04492014v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05407285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Automatic detection of indoor air pollution-related activities using metal-oxide gas sensors and the temporal intrinsic dimensionality estimation of data</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Strategy for the monitoring of fungal colonization in buildings -challenges and perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Tinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Locoge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luiz Miranda</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Bernadette Dorizzi</w:t>
+                <w:t xml:space="preserve">F. Becquart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Indoor Environments</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.indenv.2024.100026⟩</w:t>
+              <w:t xml:space="preserve">International Biodeterioration &amp; Biodegradation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 189, pp.105764. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ibiod.2024.105764⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05300884v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04492014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental assessment of modelling VOC emissions from particleboard into a ventilated chamber</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florent Caron</w:t>
+                <w:t xml:space="preserve">Automatic detection of indoor air pollution-related activities using metal-oxide gas sensors and the temporal intrinsic dimensionality estimation of data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Miranda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Duc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Redon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">João Pinheiro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Guichard</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Bernadette Dorizzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2024.120341⟩</w:t>
+              <w:t xml:space="preserve">Indoor Environments</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 1 (3), pp.100026. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.indenv.2024.100026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04382130v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05300884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The metrological qualification of commercial VOC multi-sensor systems: a mandatory step prior to indoor air quality monitoring</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Experimental assessment of modelling VOC emissions from particleboard into a ventilated chamber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Guichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Thevenet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Sensors Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/JSEN.2024.3368285⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.120341. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2024.120341⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04492879v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04382130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uptake and reactivity of formaldehyde on lime-cement-plaster under typical indoor air conditions</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">The metrological qualification of commercial VOC multi-sensor systems: a mandatory step prior to indoor air quality monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marion Chenal</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Umba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelrahman Eid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arnaud Soisson</w:t>
+                <w:t xml:space="preserve">Sabine Crunaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Redon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Building and Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 229, pp.109948. </w:t>
+              <w:t xml:space="preserve">IEEE Sensors Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-1. </w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.buildenv.2022.109948⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/JSEN.2024.3368285⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04000925v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04492879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How the experimental design associated with objectivized sensory analysis can be used to predict odor quality of gaseous mixtures?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Uptake and reactivity of formaldehyde on lime-cement-plaster under typical indoor air conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manolis Romanias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Chenal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charbel Hawko</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Nadine Locoge</w:t>
+                <w:t xml:space="preserve">Arnaud Soisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemometrics and Intelligent Laboratory Systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chemolab.2023.104780⟩</w:t>
+              <w:t xml:space="preserve">Building and Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 229, pp.109948. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.buildenv.2022.109948⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04125973v1</w:t>
+                <w:t xml:space="preserve">hal-04000925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Full-scale determination of essential oil diffusion: Impact on indoor air quality</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">How the experimental design associated with objectivized sensory analysis can be used to predict odor quality of gaseous mixtures?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charbel Hawko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Hucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Crunaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Leger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shadia Angulo-Milhem</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nadine Locoge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, pp.120141. </w:t>
+              <w:t xml:space="preserve">Chemometrics and Intelligent Laboratory Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 235, pp.104780. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2023.120141⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.chemolab.2023.104780⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04241093v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04125973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The indoor fate of terpenes: Quantification of the limonene uptake by materials</w:t>
+                <w:t xml:space="preserve">Full-scale determination of essential oil diffusion: Impact on indoor air quality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Thevenet</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Shadia Angulo-Milhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Thevenet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Building and Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.buildenv.2020.107433⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.120141. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2023.120141⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04251879v1</w:t>
+                <w:t xml:space="preserve">hal-04241093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A review of environmental odor quantification and qualification methods: The question of objectivity in sensory analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Hawko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Hucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Crunaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Leger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science of the Total Environment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 795, pp.148862. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2021.148862⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04125968v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Indoor use of essential oil-based cleaning products: Emission rate and indoor air quality impact assessment based on a realistic application methodology</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The indoor fate of terpenes: Quantification of the limonene uptake by materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Thevenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Harb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Thlaijeh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Angulo Milhem</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">R. Brun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2020.118060⟩</w:t>
+              <w:t xml:space="preserve">Building and Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 188, pp.107433. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.buildenv.2020.107433⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03203304v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04251879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of the chemical composition of aerosols from heated tobacco products, electronic cigarettes and tobacco cigarettes and their toxic impacts on the human bronchial epithelial BEAS-2B cells</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Indoor use of essential oil-based cleaning products: Emission rate and indoor air quality impact assessment based on a realistic application methodology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Angulo Milhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Romain Dusautoir</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">M. Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Thevenet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jhazmat.2020.123417⟩</w:t>
+              <w:t xml:space="preserve">Atmospheric Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 246, pp.118060. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2020.118060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03142597v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03203304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Objective odor analysis of incidentally emitted compounds using the Langage des Nez® method: application to the industrial zone of Le Havre</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Comparison of the chemical composition of aerosols from heated tobacco products, electronic cigarettes and tobacco cigarettes and their toxic impacts on the human bronchial epithelial BEAS-2B cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Dusautoir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gianni Zarcone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Céline Leger</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Garçon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Fronval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11356-021-12899-6⟩</w:t>
+              <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 401, pp.123417. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jhazmat.2020.123417⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03197649v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03142597v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Indoor use of essential oils: Emission rates, exposure time and impact on air quality</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Objective odor analysis of incidentally emitted compounds using the Langage des Nez® method: application to the industrial zone of Le Havre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charbel Hawko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Hucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Crunaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Leger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Environment</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 28, pp.34852-34866. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11356-021-12899-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2020.117863⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02943190v1</w:t>
+                <w:t xml:space="preserve">hal-03197649v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling the Quality of Odour Mixtures in Environment: A New Approach using the Experimental Mixture Design Combined with the Langage Des Nez ®</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Indoor use of essential oils: Emission rates, exposure time and impact on air quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shadia Angulo-Milhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Thevenet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Engineering Transactions</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Atmospheric Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 244, pp.117863. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2020.117863⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3303/CET2185018⟩</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-04199478v1</w:t>
+                <w:t xml:space="preserve">hal-02943190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Behaviour of individual VOCs in indoor environments: How ventilation affects emission from materials</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Modelling the Quality of Odour Mixtures in Environment: A New Approach using the Experimental Mixture Design Combined with the Langage Des Nez ®</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charbel Hawko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Hucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Crunaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Leger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmospheric Environment</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chemical Engineering Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 85, pp.103-108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3303/CET2185018⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2020.117713⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03040782v1</w:t>
+                <w:t xml:space="preserve">hal-04199478v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Method development and validation for the determination of sulfites and sulfates on the surface of mineral atmospheric samples using reverse-phase liquid chromatography</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Behaviour of individual VOCs in indoor environments: How ventilation affects emission from materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Guichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Thevenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Talanta</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 219, pp.121318. </w:t>
+              <w:t xml:space="preserve">Atmospheric Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 243, pp.117713. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.talanta.2020.121318⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.atmosenv.2020.117713⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02914905v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03040782v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does the ubiquitous use of essential oil-based products promote indoor air quality? A critical literature review</w:t>
+                <w:t xml:space="preserve">Method development and validation for the determination of sulfites and sulfates on the surface of mineral atmospheric samples using reverse-phase liquid chromatography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shadia Angulo Milhem</w:t>
+                <w:t xml:space="preserve">Darya Urupina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Gaudion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Manolis Romanias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Thevenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 27 (13), pp.14365-14411. </w:t>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 219, pp.121318. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11356-020-08150-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2020.121318⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02913608v1</w:t>
+                <w:t xml:space="preserve">hal-02914905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of ventilation on indoor air quality: Singular behaviour of formaldehyde</w:t>
+                <w:t xml:space="preserve">Does the ubiquitous use of essential oil-based products promote indoor air quality? A critical literature review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Caron</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">F. Thevenet</w:t>
+                <w:t xml:space="preserve">Shadia Angulo Milhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Thevenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Engineering Transactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3303/CET1974167⟩</w:t>
+              <w:t xml:space="preserve">Environmental Science and Pollution Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 27 (13), pp.14365-14411. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11356-020-08150-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03314904v1</w:t>
+                <w:t xml:space="preserve">hal-02913608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of puffing conditions on the carbonyl composition of e-cigarette aerosols</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of ventilation on indoor air quality: Singular behaviour of formaldehyde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Guichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Beauval</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">M. Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Thevenet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Hygiene and Environmental Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijheh.2018.08.015⟩</w:t>
+              <w:t xml:space="preserve">Chemical Engineering Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 74, pp.997-1002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3303/CET1974167⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03109866v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03314904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of an experimental method for determining the three key parameters of VOC emissions from solid materials</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Influence of puffing conditions on the carbonyl composition of e-cigarette aerosols</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Beauval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Garat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Fronval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Dusautoir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IOP Conference Series: Materials Science and Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/1757-899X/609/3/032034⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Hygiene and Environmental Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 222 (1), pp.136-146. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijheh.2018.08.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02913585v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03109866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">VOC uptakes on gypsum boards: Sorption performances and impact on indoor air quality</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Assessment of an experimental method for determining the three key parameters of VOC emissions from solid materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Guichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Thevenet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Building and Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.buildenv.2018.04.011⟩</w:t>
+              <w:t xml:space="preserve">IOP Conference Series: Materials Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 609, pp.032034. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1757-899X/609/3/032034⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02914102v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02913585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of material emissions and sorption of volatile organic compounds on indoor air quality in a low energy building: Field measurements and modeling</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Dusanter</w:t>
+                <w:t xml:space="preserve">VOC uptakes on gypsum boards: Sorption performances and impact on indoor air quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Thevenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Debono</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rizk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Indoor Air</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ina.12493⟩</w:t>
+              <w:t xml:space="preserve">Building and Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 137, pp.138-146. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.buildenv.2018.04.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02398719v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02914102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A preconcentration method based on a new sorbent for the measurement of selected reduced sulfur compounds at ppb level in ambient air</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of material emissions and sorption of volatile organic compounds on indoor air quality in a low energy building: Field measurements and modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malak Rizk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fangfang Guo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Ward</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Merlen</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">P. Kaluzny</w:t>
+                <w:t xml:space="preserve">Sébastien Dusanter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microchemical Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.microc.2018.07.020⟩</w:t>
+              <w:t xml:space="preserve">Indoor Air</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 28 (6), pp.924-935. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ina.12493⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03314908v1</w:t>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02398719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative or only qualitative measurements of sulfur compounds in ambient air at ppb level? Uncertainties assessment for active sampling with Tenax TA®</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Pascal Kaluzny</w:t>
+                <w:t xml:space="preserve">A preconcentration method based on a new sorbent for the measurement of selected reduced sulfur compounds at ppb level in ambient air</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Merlen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Crunaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Ricard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Kaluzny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microchemical Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 132, pp.143-153. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.microc.2017.01.014⟩</w:t>
+              <w:t xml:space="preserve">, 2018, 143, pp.47-54. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.microc.2018.07.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03142670v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03314908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast sorption measurements of volatile organic compounds on building materials: Part 1 – Methodology developed for field applications</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Quantitative or only qualitative measurements of sulfur compounds in ambient air at ppb level? Uncertainties assessment for active sampling with Tenax TA®</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécilia Merlen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Le Calvé</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Crunaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Ricard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Kaluzny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Building and Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.buildenv.2015.12.017⟩</w:t>
+              <w:t xml:space="preserve">Microchemical Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 132, pp.143-153. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.microc.2017.01.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02303729v1</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03142670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast sorption measurements of volatile organic compounds on building materials: Part 1 – Methodology developed for field applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">M. Verriele</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malak Rizk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Dusanter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Schoemaecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Dusanter</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">S. Le Calvé</w:t>
+                <w:t xml:space="preserve">Stéphane Le Calvé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data in Brief</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.dib.2016.01.011⟩</w:t>
+              <w:t xml:space="preserve">Building and Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 99, pp.200-209. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.buildenv.2015.12.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02424698v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02303729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast sorption measurements of VOCs on building materials: Part 2 – Comparison between FLEC and CLIMPAQ methods</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie Verriele</w:t>
+                <w:t xml:space="preserve">Fast sorption measurements of volatile organic compounds on building materials: Part 1 – Methodology developed for field applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rizk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Dusanter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Schoemaecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxence Mendez</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Dusanter</w:t>
+                <w:t xml:space="preserve">S. Le Calvé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Building and Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.buildenv.2015.12.016⟩</w:t>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 6, pp.953-958. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2016.01.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02298645v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02424698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The MERMAID study: indoor and outdoor average pollutant concentrations in 10 low‐energy school buildings in France</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">S. Germain</w:t>
+                <w:t xml:space="preserve">Fast sorption measurements of VOCs on building materials: Part 2 – Comparison between FLEC and CLIMPAQ methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malak Rizk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence Mendez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Blond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Dusanter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Indoor Air</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ina.12258⟩</w:t>
+              <w:t xml:space="preserve">Building and Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 99, pp.239-251. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.buildenv.2015.12.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03143920v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02298645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data on comparison between FLEC and CLIMPAQ methods used for fast sorption measurements of VOCs on building materials</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Dusanter</w:t>
+                <w:t xml:space="preserve">The MERMAID study: indoor and outdoor average pollutant concentrations in 10 low‐energy school buildings in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Schoemaecker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Hanoune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Germain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data in Brief</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 7, pp.518-523. </w:t>
+              <w:t xml:space="preserve">Indoor Air</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 26 (5), pp.702-713. </w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.dib.2016.02.072⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/ina.12258⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02298647v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03143920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In-situ measurements of sorption parameters with a Field and Laboratory Emission Cell (FLEC): a comparison to the test emission chamber method</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
+                <w:t xml:space="preserve">Data on comparison between FLEC and CLIMPAQ methods used for fast sorption measurements of VOCs on building materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malak Rizk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxence Mendez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Blond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dusanter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WIT Transactions on Ecology and the Environment</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7, pp.518-523. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2016.02.072⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2495/AIR150281⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02303737v1</w:t>
+                <w:t xml:space="preserve">hal-02298647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improvement in 8h-sampling rate assessment considering meteorological parameters variability for biogas VOC passive measurements in the surroundings of a French landfill</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">In-situ measurements of sorption parameters with a Field and Laboratory Emission Cell (FLEC): a comparison to the test emission chamber method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malak Rizk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence Mendez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Blond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Dusanter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Talanta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.talanta.2015.05.083⟩</w:t>
+              <w:t xml:space="preserve">WIT Transactions on Ecology and the Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7, pp.329-335. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2495/AIR150281⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01260871v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02303737v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of 14 amines in air samples using midget impingers sampling followed by analysis with ion chromatography in tandem with mass spectrometry</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Improvement in 8h-sampling rate assessment considering meteorological parameters variability for biogas VOC passive measurements in the surroundings of a French landfill</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Allam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Depelchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Plaisance</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
+                <w:t xml:space="preserve">Laurence Le Coq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Locoge</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Monitoring and Analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c2em10636a⟩</w:t>
+              <w:t xml:space="preserve">Talanta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 144, pp.294--302. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.talanta.2015.05.083⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04251834v1</w:t>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01260871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Determination of 14 amines in air samples using midget impingers sampling followed by analysis with ion chromatography in tandem with mass spectrometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Plaisance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Depelchin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samia Benchabane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Locoge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Journal of Environmental Monitoring and Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 14 (2), pp.402. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c2em10636a⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04251834v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">ODOR EVALUATION AND DISCRIMINATION OF CAR CABIN AND ITS COMPONENTS: APPLICATION OF THE “FIELD OF ODORS” APPROACH IN A SENSORY DESCRIPTIVE ANALYSIS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve Plaisance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Vandenbilcke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Locoge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Noël Jaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sensory Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 27 (2), pp.102-110. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1745-459X.2012.00371.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04251812v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (64)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (65)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring microplastics sources in indoor environments, an emerging pollutant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Astrid Dutoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liselotte Tinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Healthy Buildings 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISIAQ, Jun 2025, Rejkavik, Iceland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05117034v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation de l'exposition aux microplastiques dans les environnements intérieurs par Pyrolyse-GC-MS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Astrid Dutoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liselotte Tinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38ième Congrès Français sur les Aérosols</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Française d'Etudes et de Recherches sur les Aérosols, Mar 2025, Paris, France. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.25576/ASFERA-CFA2025-43936⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05066237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of human thermal plume to microenvironmental distribution of indoor particles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandru Cernei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matei-Razvan Razvan Georgescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Danca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florin Bode</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Thevenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Healthy Buildings 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISIAQ, Jun 2025, Rejkavik, Iceland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05117060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What is the impact of indoor laundry drying on thermal comfort ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Thevenet</w:t>
+                <w:t xml:space="preserve">Microplastics in indoor environment and their influence on indoor air quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liselotte Tinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Subhadarsi Nayak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Astrid Dutoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Caron</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Mélanie Nicolas</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Healthy Buildings 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ISIAQ, Jun 2025, Rejkavik, Iceland</w:t>
+              <w:t xml:space="preserve">Séminaire Plastics is in the air</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Groupe de Recherche Plastiques Environnement Santé, Nov 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05117029v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05546406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tackling the indoor exposure to H2S emissions from Sargassum seaweeds stranding by an operational assessment of dwelling ventilation strategy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">What is the impact of indoor laundry drying on thermal comfort ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Thevenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Healthy Buildings 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISIAQ, Jun 2025, Rejkavik, Iceland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05117046v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05117029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The PHARAON project: new bases for a transverse standard to assess indoor air mitigation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yves Andres</w:t>
+                <w:t xml:space="preserve">Tackling the indoor exposure to H2S emissions from Sargassum seaweeds stranding by an operational assessment of dwelling ventilation strategy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrice Blondeau</w:t>
+                <w:t xml:space="preserve">Sahar Masmoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Gaudion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ala Bouhanguel</w:t>
+                <w:t xml:space="preserve">Jean Gimberteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Delaby</w:t>
+                <w:t xml:space="preserve">Carole Boullanger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Healthy Buildings 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISIAQ, Jun 2025, Rejkavik, Iceland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05116988v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05117046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La contamination en microplastiques des environnements intérieurs. De la caractérisation à l'évaluation et la prévention des risques sanitaires : comment susciter des approches interdisciplinaires ?</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">The PHARAON project: new bases for a transverse standard to assess indoor air mitigation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Thevenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Andres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Blondeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala Bouhanguel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Delaby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de la Recherche du CSTB</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Centre Scientifique et Technique du Bâtiment, May 2025, Paris, France</w:t>
+              <w:t xml:space="preserve">Healthy Buildings 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISIAQ, Jun 2025, Rejkavik, Iceland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05429313v1</w:t>
+                <w:t xml:space="preserve">hal-05116988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Episode : Exposition aux microPlastiques dans les environnements Intérieurs, caractérisation de leurs SOurces et étude de leur DEvenir.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId178" w:history="1">
+                <w:t xml:space="preserve">La contamination en microplastiques des environnements intérieurs. De la caractérisation à l'évaluation et la prévention des risques sanitaires : comment susciter des approches interdisciplinaires ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Astrid Dutoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liselotte Tinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Delaby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Micro et Nano Plastiques (NMP) ADEME</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Agence de la transition écologique (ADEME), Dec 2024, Paris, France</w:t>
+              <w:t xml:space="preserve">Journée de la Recherche du CSTB</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Centre Scientifique et Technique du Bâtiment, May 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04911457v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05429313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abécédaire des Odeurs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Episode : Exposition aux microPlastiques dans les environnements Intérieurs, caractérisation de leurs SOurces et étude de leur DEvenir.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liselotte Tinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manolis N. Romanias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine De Swardt</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Victoria-Anne Michel</w:t>
+                <w:t xml:space="preserve">Stéphane Delaby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Odeurs Capitales</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Atmo Normandie, Sep 2024, Rouen, France</w:t>
+              <w:t xml:space="preserve">Journées Micro et Nano Plastiques (NMP) ADEME</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Agence de la transition écologique (ADEME), Dec 2024, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId197" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04673879v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04911457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Why do floor-cleaners with no formaldehyde in their compositions are indoor sources of formaldehyde?</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Abécédaire des Odeurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Frederic Thevenet</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine De Swardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Victoria-Anne Michel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Indoor Air</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Honolulu (Hawaii), United States</w:t>
+              <w:t xml:space="preserve">Les Odeurs Capitales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Atmo Normandie, Sep 2024, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04637925v1</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04673879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement de nouvelles méthodes de caractérisation des micro et nanoplastiques dans les environnements intérieurs</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+                <w:t xml:space="preserve">Why do floor-cleaners with no formaldehyde in their compositions are indoor sources of formaldehyde?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Gaudion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marie Verriele</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Thevenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop NanomesureFrance</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, NanomesureFrance, Jun 2024, Palaiseau (91), France</w:t>
+              <w:t xml:space="preserve">Indoor Air</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Honolulu (Hawaii), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04609130v1</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04637925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EXPERIMENTAL AND NUMERICAL STUDIES OF MOISTURE AND TOLUENE BUFFERING CAPACITY OF HEMP CONCRETE</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Développement de nouvelles méthodes de caractérisation des micro et nanoplastiques dans les environnements intérieurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Astrid Dutoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liselotte Tinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th ACI/RILEM International Conference on Cementitious Materials and Alternative Binders for Sustainable Concrete (ICCM 2024)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Toulouse, France</w:t>
+              <w:t xml:space="preserve">Workshop NanomesureFrance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, NanomesureFrance, Jun 2024, Palaiseau (91), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04528980v1</w:t>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04609130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Innovative thermal manikin for assessing local thermal comfort - development of a new hardware architecture</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">EXPERIMENTAL AND NUMERICAL STUDIES OF MOISTURE AND TOLUENE BUFFERING CAPACITY OF HEMP CONCRETE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anh Dung Tran Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matei Razvan Georgescu</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Marie Verriele</w:t>
+                <w:t xml:space="preserve">Fathia Dahir Igue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bing Beverly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jianshun S. Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhenlei Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RoomVent 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2024, Stockholm, France</w:t>
+              <w:t xml:space="preserve">12th ACI/RILEM International Conference on Cementitious Materials and Alternative Binders for Sustainable Concrete (ICCM 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04444584v1</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04528980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la nuisance olfactive aux parfums d'ambiance: une approche chimiométrique pour la modélisation des interactions odorantes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Hawko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Hucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Crunaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geraldine Savary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres annuelles GDR O3</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CNRS GDR O3, Oct 2024, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04731805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qualité de l’air et activités domestiques : influence du séchage du linge sur le confort hygrothermique et les concentrations en polluants dans l’habitat</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Innovative thermal manikin for assessing local thermal comfort - development of a new hardware architecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matei Razvan Georgescu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Danca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Cernei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Thevenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Audition GT ANSES Produits de consommation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ANSES, Sep 2023, Online, France</w:t>
+              <w:t xml:space="preserve">RoomVent 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Stockholm, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04251001v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04444584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pollution activity detection based on metal-oxide gas sensors and intrinsic dimensionality estimation for indoor air quality applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luiz Miranda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Redon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernadette Dorizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque en TéléSANté et dispositifs biomédicaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04251112v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blurred-eyed sensor, show me my exposure to indoor air pollutants</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Qualité de l’air et activités domestiques : influence du séchage du linge sur le confort hygrothermique et les concentrations en polluants dans l’habitat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Thevenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th Healthy Buildings Europe 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, University Hospital RWTH Aachen; RWTH Aachen University, Jun 2023, AACHEN, Germany</w:t>
+              <w:t xml:space="preserve">Audition GT ANSES Produits de consommation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ANSES, Sep 2023, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04221422v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04251001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évaluation de l’impact des activités domestiques sur la QAI : de la composition des produits à la mise en œuvre de l’activité à l’échelle 1 :1</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Blurred-eyed sensor, show me my exposure to indoor air pollutants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Redon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Umba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Pinto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Crunaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontre scientifique Air et Santé : des connaissances pour soutenir l'action</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ADEME; ANSES, Jun 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">18th Healthy Buildings Europe 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University Hospital RWTH Aachen; RWTH Aachen University, Jun 2023, AACHEN, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04250979v1</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04221422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diffusion d'huiles essentielles en air intérieur et épisode de pollution à l'ozone : quel impact sur les particules ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Évaluation de l’impact des activités domestiques sur la QAI : de la composition des produits à la mise en œuvre de l’activité à l’échelle 1 :1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Thevenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">36ème Congrès Français sur les Aérosols</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ASFERA, Mar 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">Rencontre scientifique Air et Santé : des connaissances pour soutenir l'action</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ADEME; ANSES, Jun 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04251068v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04250979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Développement d’outIls de geStion des nuisanCes odorantEs en milieu uRbain dense : cartographie prédictive de propagation de panache odorant et formation de NEZ-citoyens »</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Diffusion d'huiles essentielles en air intérieur et épisode de pollution à l'ozone : quel impact sur les particules ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manolis N Romanias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Thevenet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Techniques de l'Air</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Atmo Grand Est, Mar 2023, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">36ème Congrès Français sur les Aérosols</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ASFERA, Mar 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04251052v1</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04251068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qualité des Environnements Intérieurs : Métrologie et cartographie des polluants, exposition des occupants et perception</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Développement d’outIls de geStion des nuisanCes odorantEs en milieu uRbain dense : cartographie prédictive de propagation de panache odorant et formation de NEZ-citoyens »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Crunaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charbel Hawko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Savary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Hucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Séminaire interne</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, URCOM, Jan 2023, Le Havre, France</w:t>
+              <w:t xml:space="preserve">Journées Techniques de l'Air</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Atmo Grand Est, Mar 2023, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04250924v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04251052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intergrate bio-based concrete in wall panels: is it a practicable solution from an olfactive point of view?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Qualité des Environnements Intérieurs : Métrologie et cartographie des polluants, exposition des occupants et perception</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th Healthy buildings europe conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Aachen, Germany</w:t>
+              <w:t xml:space="preserve">Séminaire interne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, URCOM, Jan 2023, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04336293v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04250924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methods and models regarding the experimental and numerical study of the indoor environmental quality</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Intergrate bio-based concrete in wall panels: is it a practicable solution from an olfactive point of view?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Aubourg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Lors</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Becquart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th Conference of the UTCB Doctoral School</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UTCB, Oct 2023, Bucarest, Romania</w:t>
+              <w:t xml:space="preserve">18th Healthy buildings europe conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Aachen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04259625v1</w:t>
+                <w:t xml:space="preserve">hal-04336293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Q-wASH : Qualité de l’air intérieur et séchage du linge</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Methods and models regarding the experimental and numerical study of the indoor environmental quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Cernei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Thevenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Frederic Thevenet</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilinca Nastase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de restitution CORTEA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ADEME, Nov 2023, Online, France</w:t>
+              <w:t xml:space="preserve">6th Conference of the UTCB Doctoral School</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UTCB, Oct 2023, Bucarest, Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04251083v1</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04259625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What’s new in formaldehyde emissions from household activities? Impact of biocidal formaldehyde releasers from cleaning products on IAQ</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Q-wASH : Qualité de l’air intérieur et séchage du linge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Thevenet</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Thevenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Healthy Buildings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Aachen, Netherlands</w:t>
+              <w:t xml:space="preserve">Journée de restitution CORTEA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ADEME, Nov 2023, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId229" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04250897v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04251083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to address the question of IAQ from the occupant point of view?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">What’s new in formaldehyde emissions from household activities? Impact of biocidal formaldehyde releasers from cleaning products on IAQ</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Thevenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th Conference of the UTCB Doctoral School</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UTCB, Oct 2023, Bucarest, Romania</w:t>
+              <w:t xml:space="preserve">Healthy Buildings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Aachen, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId230" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04259617v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04250897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of relative humidity on uptake and release of indoor VOCs by fabrics</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">How to address the question of IAQ from the occupant point of view?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Thevenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Healthy Buildings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Aachen, Netherlands</w:t>
+              <w:t xml:space="preserve">6th Conference of the UTCB Doctoral School</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UTCB, Oct 2023, Bucarest, Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04250901v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04259617v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methods and models regarding the experimental and numerical study of the indoor environmental quality</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Impact of relative humidity on uptake and release of indoor VOCs by fabrics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ilinca Nastase</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Thevenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6th Conference of the UTCB Doctoral School</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, UTCB, Oct 2023, Bucharest (RO), Romania</w:t>
+              <w:t xml:space="preserve">Healthy Buildings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Aachen, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04291323v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04250901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blurred-eyed sensor, show me my exposure to indoor air</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Methods and models regarding the experimental and numerical study of the indoor environmental quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandru Cernei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilinca Nastase</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th Healthy Buildings Europe Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Aachen, Germany</w:t>
+              <w:t xml:space="preserve">6th Conference of the UTCB Doctoral School</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, UTCB, Oct 2023, Bucharest (RO), Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04194029v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04291323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laundry drying: a major interface of gas-surface exchanges indoors</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Blurred-eyed sensor, show me my exposure to indoor air</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Umba Kalala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Pinto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Crunaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Frere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Healthy Buildings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, Aachen, Netherlands</w:t>
+              <w:t xml:space="preserve">18th Healthy Buildings Europe Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Aachen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04250905v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04194029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Indoor air quality indices confronted to sensors measurement from field campaign</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Laundry drying: a major interface of gas-surface exchanges indoors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Thevenet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Heathy Buildings 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2023, AACHEN, Germany</w:t>
+              <w:t xml:space="preserve">Healthy Buildings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Aachen, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId238" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04221431v1</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04250905v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation de l’impact d’un béton végétal autoclavé sur la qualité de l’air (QAI) intérieur</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Indoor air quality indices confronted to sensors measurement from field campaign</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiz Miranda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Duc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Umba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Frederic Becquart</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Crunaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">40ème Rencontres Universitaires de Génie Civil</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IMT Nord Europe; AUGC; LGCgE, May 2022, Lille, France</w:t>
+              <w:t xml:space="preserve">Heathy Buildings 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, AACHEN, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04221548v1</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04221431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The QALIPSO project at a glance: changing the paradigm on IAQ</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Evaluation de l’impact d’un béton végétal autoclavé sur la qualité de l’air (QAI) intérieur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liselotte Tinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Locoge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Laure Roussel</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Becquart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Indoor Air 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ISIAQ, Jun 2022, Kuopio, Finland</w:t>
+              <w:t xml:space="preserve">40ème Rencontres Universitaires de Génie Civil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IMT Nord Europe; AUGC; LGCgE, May 2022, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04260201v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04221548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Qualité de l’Air dans les Logements Individuels et analyse Psycho-Sociologique du comportement des Occupants</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">The QALIPSO project at a glance: changing the paradigm on IAQ</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Redon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Crunaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Umba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de restitution DIQACC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IMT Nord Europe, Apr 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">Indoor Air 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISIAQ, Jun 2022, Kuopio, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04260158v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04260201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The transposition of mixture design to sensory analysis: a new approach to study odor mixtures</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Qualité de l’Air dans les Logements Individuels et analyse Psycho-Sociologique du comportement des Occupants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Redon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Crunaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marie Verriele</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Umba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Roussel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Symposium on Olfaction and Electronic Nose</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IEEE, May 2022, Aveiro, Portugal</w:t>
+              <w:t xml:space="preserve">Journée de restitution DIQACC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IMT Nord Europe, Apr 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04259903v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04260158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Management des nuisances odorantes dans l’environnement</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">The transposition of mixture design to sensory analysis: a new approach to study odor mixtures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charbel Hawko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Hucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Crunaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Leger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de la commission « Air, odeurs et bruit »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SPPPI Côte d'Opale Flandres, Jun 2022, Cappelle-la-grande, France</w:t>
+              <w:t xml:space="preserve">IEEE International Symposium on Olfaction and Electronic Nose</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, May 2022, Aveiro, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04259852v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04259903v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ESSENTIEL: Emissions et transformations des COV odorants terpéniques : impact sur la qualité de l'air intérieur</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Management des nuisances odorantes dans l’environnement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Frederic Thevenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de restitution CORTEA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ADEME, Jan 2022, Online, France</w:t>
+              <w:t xml:space="preserve">Journée de la commission « Air, odeurs et bruit »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SPPPI Côte d'Opale Flandres, Jun 2022, Cappelle-la-grande, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04259892v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04259852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of formaldehyde on IAQ : quantification in household products</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gabriel Rossignol</w:t>
+                <w:t xml:space="preserve">ESSENTIEL: Emissions et transformations des COV odorants terpéniques : impact sur la qualité de l'air intérieur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Thevenet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Indoor Air</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Kuopio, Finland</w:t>
+              <w:t xml:space="preserve">Journée de restitution CORTEA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ADEME, Jan 2022, Online, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04637916v1</w:t>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04259892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation de l'impact d'un béton végétal autoclavé sur la qualité de l'air intérieur</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Impact of formaldehyde on IAQ : quantification in household products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Rossignol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Thevenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">40ème Rencontres Universitaires de Génie Civil de l'AUGC (RUGC 2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AUGC, May 2022, Lille, France</w:t>
+              <w:t xml:space="preserve">Indoor Air</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Kuopio, Finland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04336279v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04637916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Restitution publique du projet QALIPSO</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Evaluation de l'impact d'un béton végétal autoclavé sur la qualité de l'air intérieur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Lors</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Tinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Laure Roussel</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Locoge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Restitution publique du projet QALIPSO</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IMT Nord Europe, Dec 2021, Douai, France</w:t>
+              <w:t xml:space="preserve">40ème Rencontres Universitaires de Génie Civil de l'AUGC (RUGC 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AUGC, May 2022, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04260143v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04336279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temporal Dynamics and Emission Rates of Terpenes from Essential Oil Diffusers in a Real Scale Room</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Restitution publique du projet QALIPSO</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Redon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Crunaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Umba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Roussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INDOOR AIR</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2020, Seoul, South Korea</w:t>
+              <w:t xml:space="preserve">Restitution publique du projet QALIPSO</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IMT Nord Europe, Dec 2021, Douai, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03144018v1</w:t>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04260143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real Consumer Use Patterns of Essential-Oil-Based Household Products: Emission Rate Assessment and Impact on Indoor Air Quality</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId251" w:history="1">
+                <w:t xml:space="preserve">Temporal Dynamics and Emission Rates of Terpenes from Essential Oil Diffusers in a Real Scale Room</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Angulo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Thevenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INDOOR AIR</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Nov 2020, Séoul, South Korea</w:t>
+              <w:t xml:space="preserve">, Nov 2020, Seoul, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03144009v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03144018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What are the main non-reactive sinks of terpenes? Comparison of various indoor surfaces</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
+                <w:t xml:space="preserve">Real Consumer Use Patterns of Essential-Oil-Based Household Products: Emission Rate Assessment and Impact on Indoor Air Quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Angulo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Thevenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">INDOOR AIR</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Nov 2020, Seoul, South Korea</w:t>
+              <w:t xml:space="preserve">, Nov 2020, Séoul, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03144191v1</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03144009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CFD prediction of VOC emission from a solid material in an experimental chamber</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">What are the main non-reactive sinks of terpenes? Comparison of various indoor surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Harb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Angulo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Thevenet</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">L. Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th IAQVEC 2019 - International Conference on Indoor Air Quality, Ventilation and Energy Conservation in Buildings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Bari, Italy</w:t>
+              <w:t xml:space="preserve">INDOOR AIR</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2020, Seoul, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03144297v1</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03144191v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CFD prediction of VOC emission from a solid material in an experimental chamber</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Thevenet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">F. Thevenet</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Guichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Robert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th international conference on multiphase flow (ICMF), Brazil, May 19-24, 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Rio de Janeiro, Brazil</w:t>
+              <w:t xml:space="preserve">10th IAQVEC 2019 - International Conference on Indoor Air Quality, Ventilation and Energy Conservation in Buildings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Bari, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03144291v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03144297v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does natural and ecological certified household products promote indoor air quality ? : From liquid composition to test chamber emission evaluation</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">CFD prediction of VOC emission from a solid material in an experimental chamber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">F. Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Robert1</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Guichard1</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">M. Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Thevenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISES ISIAQ Joint Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2019, Kaunas, Lithuania</w:t>
+              <w:t xml:space="preserve">10th international conference on multiphase flow (ICMF), Brazil, May 19-24, 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Rio de Janeiro, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03144239v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03144291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Can we really promote air quality by essential oil diffusion ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
+                <w:t xml:space="preserve">Does natural and ecological certified household products promote indoor air quality ? : From liquid composition to test chamber emission evaluation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Angulo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Thevenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISES ISIAQ Joint Annual Meeting, Lithuania, August 18-22, 2019</w:t>
+              <w:t xml:space="preserve">ISES ISIAQ Joint Annual Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Kaunas, Lithuania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03145258v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03144239v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of essential-oil-based cleaning products on indoor air quality: From liquid composition to test emission chamber</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
+                <w:t xml:space="preserve">Can we really promote air quality by essential oil diffusion ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Angulo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Thevenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IAQVEC 2019, 10th International conference on indoor air quality ventilation &amp; energy conservation in buildings</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ISES ISIAQ Joint Annual Meeting, Lithuania, August 18-22, 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Kaunas, Lithuania</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId260" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02913586v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03145258v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of essential-oil-based cleaning products on indoor air quality: From liquid composition to chamber emission evaluation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
+                <w:t xml:space="preserve">Impact of essential-oil-based cleaning products on indoor air quality: From liquid composition to test emission chamber</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Angulo Milhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Thevenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th IAQVEC 2019 - International Conference on Indoor Air Quality, Ventilation and Energy Conservation in Buildings</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IAQVEC 2019, 10th International conference on indoor air quality ventilation &amp; energy conservation in buildings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Bari, Italy. pp.042095, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/1757-899X/609/4/042095⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03144250v1</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02913586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of ventilation on VOC emissions in indoor environments : the singular behavior of formaldehyde</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
+                <w:t xml:space="preserve">Impact of essential-oil-based cleaning products on indoor air quality: From liquid composition to chamber emission evaluation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Angulo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Thevenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">iCheap 14 / 14th International Conference on Chemical and Process Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Bologna, Italy</w:t>
+              <w:t xml:space="preserve">10th IAQVEC 2019 - International Conference on Indoor Air Quality, Ventilation and Energy Conservation in Buildings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Bari, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03144284v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03144250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On-line hourly VOC monitoring in a low energy building: impact of building material emissions, outdoor sources and ventilation on ambient concentrations</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Nadine Locoge</w:t>
+                <w:t xml:space="preserve">Impact of ventilation on VOC emissions in indoor environments : the singular behavior of formaldehyde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Guichard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Robert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Thevenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Indoor Air</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Gant, Belgium</w:t>
+              <w:t xml:space="preserve">iCheap 14 / 14th International Conference on Chemical and Process Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Bologna, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04630952v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03144284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The impact of ventilation on indoor air quality in a low energy school: the respective roles of indoor and outdoor sources and of chemistry</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId138" w:history="1">
+                <w:t xml:space="preserve">On-line hourly VOC monitoring in a low energy building: impact of building material emissions, outdoor sources and ventilation on ambient concentrations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Leonardis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Dusanter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Schoemaecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Locoge</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IAQVEC 2016, 9th International Conference on Indoor Air Quality, Ventilation and Energy Conservation in Buildings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Songdo, South Korea</w:t>
+              <w:t xml:space="preserve">Indoor Air</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Gant, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02298748v1</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04630952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In-Situ measurements of sorption parameters with Field and Laboratory Emission Cell (FLEC): comparison to the test emission chamber method</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
+                <w:t xml:space="preserve">The impact of ventilation on indoor air quality in a low energy school: the respective roles of indoor and outdoor sources and of chemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Schoemaecker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Blocquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malak Rizk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Coralie Schoemaecker</w:t>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Ward</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Trocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd International Conference on Modelling, Monitoring and Management of Air Pollution</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Valencia, Spain</w:t>
+              <w:t xml:space="preserve">IAQVEC 2016, 9th International Conference on Indoor Air Quality, Ventilation and Energy Conservation in Buildings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Songdo, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04631008v1</w:t>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02298748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IAQ determinants in a Low Energy school through time-resolved measurements: outdoor and indoor contributions to the indoor chemistry</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId138" w:history="1">
+                <w:t xml:space="preserve">In-Situ measurements of sorption parameters with Field and Laboratory Emission Cell (FLEC): comparison to the test emission chamber method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malak Rizk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxence Mendez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Dusanter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Schoemaecker</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Guglielmino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Healthy Buildings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, Eindhoven, Netherlands</w:t>
+              <w:t xml:space="preserve">23rd International Conference on Modelling, Monitoring and Management of Air Pollution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Valencia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04631025v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04631008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On-line monitoring of volatile organic compounds in a low energy building: The roles of material emissions, outdoor sources and ventilation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Thierry Leonardis</w:t>
+                <w:t xml:space="preserve">IAQ determinants in a Low Energy school through time-resolved measurements: outdoor and indoor contributions to the indoor chemistry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Schoemaecker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Blocquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Dusanter</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Malak Rizk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Ward</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Guglielmino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Healthy Buildings Europe 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, Einhoven, Netherlands</w:t>
+              <w:t xml:space="preserve">Healthy Buildings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Eindhoven, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId273" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04251852v1</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04631025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formation, origin, fate and health impact of atmospheric pollutants: A few perspectives</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId122" w:history="1">
+                <w:t xml:space="preserve">On-line monitoring of volatile organic compounds in a low energy building: The roles of material emissions, outdoor sources and ventilation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Leonardis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dusanter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Schoemaecker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Locoge</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop “Environmentally friendly technologies for reducing and controlling the GHG emissions from human activities (EfTechGHG)”</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2015, Djakarta, Indonesia</w:t>
+              <w:t xml:space="preserve">Healthy Buildings Europe 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Einhoven, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04638823v1</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04251852v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In-situ measurements of volatile organic compound sorption coefficients on building materials: first field campaign in a low energy building</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId122" w:history="1">
+                <w:t xml:space="preserve">Formation, origin, fate and health impact of atmospheric pollutants: A few perspectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Alleman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Coddeville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Crunaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Dusanter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Le Calvé</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Locoge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Healthy Buildings</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2015, Eindhoven, Netherlands</w:t>
+              <w:t xml:space="preserve">Workshop “Environmentally friendly technologies for reducing and controlling the GHG emissions from human activities (EfTechGHG)”</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Djakarta, Indonesia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04631003v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04638823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wood plastic composite materials made from recycled waste wood and plastic: Assessment of formaldehyde and VOC emissions</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">In-situ measurements of volatile organic compound sorption coefficients on building materials: first field campaign in a low energy building</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malak Rizk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Dusanter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Schoemaecker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Le Calvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Indoor Air 2014 - 13th International Conference on Indoor Air Quality and Climate</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ISIAQ, Jul 2014, Hong Kong, China</w:t>
+              <w:t xml:space="preserve">Healthy Buildings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, Eindhoven, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04251867v1</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04631003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental and modeling characterizations of indoor air quality in low energy public buildings in France - the MERMAID program</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">B. Hanoune</w:t>
+                <w:t xml:space="preserve">Wood plastic composite materials made from recycled waste wood and plastic: Assessment of formaldehyde and VOC emissions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabrine Tlili</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Crunaire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Locoge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D. Petitprez</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Patrice Coddeville</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Indoor Air 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Hong Kong, Hong Kong SAR China. pp.000-008</w:t>
+              <w:t xml:space="preserve">Indoor Air 2014 - 13th International Conference on Indoor Air Quality and Climate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISIAQ, Jul 2014, Hong Kong, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01017584v1</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04251867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do low energy public buildings (LEPB) comply with the recent IAQ regulations in france? What about unregulated VOC?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId143" w:history="1">
+                <w:t xml:space="preserve">Experimental and modeling characterizations of indoor air quality in low energy public buildings in France - the MERMAID program</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Schoemaecker</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Hanoune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Petitprez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Indoor Air 2014 - 13th International Conference on Indoor Air Quality and Climate</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ISIAQ, Jul 2014, Hong Kong, China</w:t>
+              <w:t xml:space="preserve">Indoor Air 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Hong Kong, Hong Kong SAR China. pp.000-008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04251806v1</w:t>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01017584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId283" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sorption of Organic gases onto Building Materials: Development of a new device for In-situ Measurements</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId17" w:history="1">
+                <w:t xml:space="preserve">Do low energy public buildings (LEPB) comply with the recent IAQ regulations in france? What about unregulated VOC?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Schoemaecker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Hanoune</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Leclerc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Locoge</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th International Conference on Indoor Air Quality and Climate</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Hong Kong, China</w:t>
+              <w:t xml:space="preserve">Indoor Air 2014 - 13th International Conference on Indoor Air Quality and Climate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISIAQ, Jul 2014, Hong Kong, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId283" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04631050v1</w:t>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04251806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methodology to estimate methane surface emission in a landfill site</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Mireille Batton-Hubert</w:t>
+                <w:t xml:space="preserve">Sorption of Organic gases onto Building Materials: Development of a new device for In-situ Measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Malak Rizk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Dusanter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Ward</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Le Calve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sardinia 2013 14th International waste managment and manfill symposium</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Forte village - Sa Margherita di Pila, Italy</w:t>
+              <w:t xml:space="preserve">13th International Conference on Indoor Air Quality and Climate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Hong Kong, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-00862319v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04631050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthodologie d'évaluation des émissions surfaciques de biogaz d'un centre de stockage de déchets non dangereux</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
+                <w:t xml:space="preserve">Methodology to estimate methane surface emission in a landfill site</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Allam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K. Chaillou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Rospars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mireille Batton-Hubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SFGP2013 - XIVe congrès de la Société Française de Génie des Procédés</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Lyon, France</w:t>
+              <w:t xml:space="preserve">Sardinia 2013 14th International waste managment and manfill symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Forte village - Sa Margherita di Pila, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">emse-00915118v1</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-00862319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Méthodologie d'évaluation des émissions surfaciques de biogaz d'un centre de stockage de déchets non dangereux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Allam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Chaillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Rospars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Batton-Hubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SFGP2013 - XIVe congrès de la Société Française de Génie des Procédés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">emse-00915118v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Car cabin air quality: Application of the «field of odors®» approach for the odor evaluation of car components</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve Plaisance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Vandenbilcke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Locoge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Noël Jaubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th International Conference on Indoor Air Quality and Climate 2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ISIAQ, Jun 2011, Austin, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04251832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12547,1979 +12806,1979 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment renseigner l’exposition aux microplastiques dans les environnements intérieurs ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Astrid Dutoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liselotte Tinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée des doctorants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05429113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The dimensionality of MOX sensors in Air quality assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luiz Miranda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Redon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jugurta Montalvão</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eurosensors 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2025, Wroclaw, Poland, Poland. 2025, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId296" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5162/EUROSENSORS2025/MP44⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05300871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microplastics characterization in indoor environments : technical challenges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Astrid Dutoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liselotte Tinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire Plastics is in the air</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2025, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05429184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The performance of air remediation solutions as seen through the prism of olfactory comfort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Justine Marin-Curtoud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Hawko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Hucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Thevenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Healthy Buildings 2025</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2025, Rejkavik, Iceland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05117066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring the impact of clothing insulation on thermal comfort using thermal manikin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandru Cernei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tom Lacassagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Fagniez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matei Razvan Georgescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EU-CONEXUS EENVIRO Research Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2024, Bucarest, Romania</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04760433v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indoor laundry drying: a full-scale characterization of water emission</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Gaudion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Thevenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Indoor Air 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Honolulu (Hawaii), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04673866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advanced thermal manikin for assessing local thermal comfort development of a new generation of hardware architecture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matei Razvan Georgescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Danca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandru Cernei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Thevenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASHRAE Winter conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2024, Chicago, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04415071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How does human thermal plume impact pollutant distribution indoors?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandru Cernei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matei Razvan Georgescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Danca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Thevenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Indoor Air 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Honololu, Hawaii, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04673844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Full-scale comparison between passive and active removal of indoor VOCs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaël Brun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Gaudion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Verriele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Verriele</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Manolis Romanias</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Chenal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Indoor Air 2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Honolulu (Hawaii), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04673858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ILINQA : Impact des libérateurs de formaldéhyde dans la formulation des produits ménagers sur la qualité de l’air intérieur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriel Rossignol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Thevenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée des Doctorants</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04250990v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are particle sensors able to correctly report different indoor air particle emission scenarios?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Umba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Locoge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Crunaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miranda, Luiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Duc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Heathy Buildings 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, AACHEN, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04221362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrate bio-based concrete wall panels: is it a practicable solution from an olfactive point of view?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liselotte Tinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lors</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Becquart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Locoge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Healthy Buildings 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Aachen (Aix la Chapelle), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04221447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">THE EXPERIMENTAL MIXTURE DESIGN: AN EFFICIENT TOOL TO MODEL THE ODOR QUALITY OF COMPLEX MIXTURES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charbel Hawko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Hucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Crunaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Leger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chimiométrie 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04259874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Properties of new vegetal concretes from an IAQ point of view</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lors</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liselotte Tinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Becquart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Indoor Air 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Kuopio, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04221515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chemical characterization and in vitro toxicology study of Heated Tobacco Product and electronic cigarette aerosols: comparison with conventional cigarette smoke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Dusautoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gianni Zarcone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Garçon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Fronval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès annuel de la Société Française de Toxicologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03147014v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental and Modeling Characterizations of Indoor Air Quality in Low Energy Public Buildings in France - the MERMAID program (Mesures Expérimentales Représentatives et Modélisation Air Intérieur Détaillée - Representative Experimental Measurements and Detailed Indoor Air Modeling)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Ward</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Hanoune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Petitprez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Leclerc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Indoor Air</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2014, Hong Kong, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04634518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14529,163 +14788,163 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental-Numerical Studies of Moisture-Toluene Buffering Capacity of HLC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anh Dung Tran Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jianshun S. Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId207" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhenlei Liu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fathia Dahir Igue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId319" w:history="1">
+            <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guo, Bing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SP-362: ICCM2024</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Toulouse, France. SP-362, American Concrete Institute, pp.701 - 709, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.14359/51742003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05191481v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14695,130 +14954,130 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Procédé de préparation d’un adsorbant pour composés organiques volatils, procédé de quantification de composés organiques volatils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Merlen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Crunaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadine Locoge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: 1760296. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04474368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14828,156 +15087,156 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId322" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Report on the 17th Indoor Air conference</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minh-Tien Tran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId324" w:history="1">
+            <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Alessandrini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId325" w:history="1">
+            <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Collignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ambre Delater</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Desvignes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023, pp.66-71. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1684/ers.2023.1701⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId327" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04146194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -14987,349 +15246,349 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qualité de l'air intérieur et produits de consommation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Thevenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Melanie Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ADEME. 2025, pp.45</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05241144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[Q-Wash] Qualité de l'air intérieur et séchage du linge : influence du séchage du linge sur le confort hygrothermique et les concentrations en polluants dans l'habitat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Marion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Caron</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Mélanie Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Thevenet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">ADEME. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05318299v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">[Projet ESSENTIEL : Emissions et transformations de composés organiques volatiles terpéniques issus de produits ménagers] Huiles essentielles et qualité de l'air intérieur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Thevenet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Nicolas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shadia Angulo Milhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pamela Harb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Centre scientifique et technique du bâtiment (CSTB), 84 avenue Jean Jaures BP2, 77447 Marne-la-Vallée cedex 2. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05318219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -15339,105 +15598,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Qualité de l’air et nuisances olfactives : Métrologie et cartographie des polluants gazeux, exposition et perception</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Verriele</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chimie analytique. Université de Lille, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId334" w:history="1">
+            <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-04250971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId335"/>
+      <w:footerReference w:type="default" r:id="rId340"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -15505,51 +15764,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="09709307"/>
+    <w:nsid w:val="7428C739"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15736,51 +15995,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marie-verriele" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3043-1915" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/185339255" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/AAD-8744-2021" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502472v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Thevenet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Rossignol" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Angulo-Milhem" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Nicolas" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Verriele" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2026.141393" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191487v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Brun" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gaudion" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manolis Romanias" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Chenal" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2024.120997" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191500v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Thevenet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Caron" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Nicolas" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indenv.2025.100089" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407285v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Cernei" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florin Bode" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilinca Nastase" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/ina/6601284" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492014v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Perez" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tinel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Locoge" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Becquart" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ibiod.2024.105764" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300884v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Miranda" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Duc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Redon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Pinheiro" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Dorizzi" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indenv.2024.100026" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382130v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Guichard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Robert" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2024.120341" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492879v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Umba" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelrahman Eid" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Crunaire" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2024.3368285" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000925v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Soisson" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2022.109948" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04125973v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Hawko" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hucher" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Leger" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Locoge" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemolab.2023.104780" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241093v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shadia Angulo-Milhem" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2023.120141" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251879v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Thevenet" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Harb" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Thlaijeh" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Brun" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2020.107433" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04125968v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.148862" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203304v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Angulo Milhem" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nicolas" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2020.118060" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142597v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dusautoir" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianni Zarcone" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gar&#231;on" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fronval" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2020.123417" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197649v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-021-12899-6" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943190v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2020.117863" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04199478v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET2185018" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040782v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2020.117713" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914905v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darya Urupina" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2020.121318" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913608v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shadia Angulo Milhem" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-020-08150-3" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314904v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Caron" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Guichard" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Robert" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Verriele" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1974167" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109866v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Beauval" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Garat" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheh.2018.08.015" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913585v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/609/3/032034" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914102v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Debono" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rizk" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2018.04.011" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PGWTHLWP-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398719v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malak Rizk" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fangfang Guo" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Ward" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dusanter" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ina.12493" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314908v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Merlen" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Crunaire" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ricard" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kaluzny" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microc.2018.07.020" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VM98B8GK-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142670v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Merlen" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ricard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Kaluzny" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microc.2017.01.014" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P8DGTN7N-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303729v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Schoemaecker" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Le Calv&#233;" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2015.12.017" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424698v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dusanter" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schoemaecker" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Calv&#233;" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2016.01.011" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-02298645v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Mendez" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Blond" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2015.12.016" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HCJNCSLG-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143920v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hanoune" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Leclerc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Germain" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ina.12258" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-5NFC0K23-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-02298647v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2016.02.072" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303737v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2495/AIR150281" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01260871v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Allam" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Depelchin" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Le Coq" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2015.05.083" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251834v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Plaisance" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Benchabane" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2em10636a" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251812v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Plaisance" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Vandenbilcke" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean No&#235;l Jaubert" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1745-459X.2012.00371.x" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZM2T035R-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117034v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Astrid Dutoit" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liselotte Tinel" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066237v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25576/ASFERA-CFA2025-43936" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117060v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matei-Razvan Razvan Georgescu" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Danca" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117029v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117046v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Masmoudi" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gimberteau" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Boullanger" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116988v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Andres" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Blondeau" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ala Bouhanguel" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Delaby" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429313v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911457v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manolis N. Romanias" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673879v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine De Swardt" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria-Anne Michel" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637925v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609130v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528980v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh Dung Tran Le" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fathia Dahir Igue" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bing Beverly" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianshun S. Zhang" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenlei Liu" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04444584v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matei Razvan Georgescu" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731805v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Savary" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251001v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251112v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221422v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Pinto" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250979v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251068v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manolis N Romanias" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251052v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Savary" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250924v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336293v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aubourg" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. P&#233;rez" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lors" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Becquart" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259625v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251083v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250897v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259617v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250901v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291323v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194029v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Umba Kalala" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Pinto" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Frere" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250905v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221431v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221548v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Perez" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260201v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Roussel" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260158v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259903v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259852v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259892v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637916v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336279v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260143v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144018v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Angulo" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144009v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144191v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144297v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144291v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Robert1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Guichard1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144239v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145258v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913586v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/609/4/042095" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144250v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144284v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630952v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Leonardis" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-02298748v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Blocquet" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ward" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Trocquet" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631008v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631025v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Guglielmino" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251852v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638823v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Alleman" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Coddeville" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631003v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251867v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrine Tlili" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01017584v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Petitprez" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251806v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631050v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Le Calve" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00862319v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Chaillou" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rospars" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Batton-Hubert" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00915118v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Allam" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251832v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Jaubert" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429113v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300871v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jugurta Montalv&#227;o" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5162/EUROSENSORS2025/MP44" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429184v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117066v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Marin-Curtoud" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760433v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Lacassagne" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fagniez" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673866v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415071v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673844v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673858v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250990v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221362v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miranda, Luiz" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221447v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259874v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221515v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147014v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634518v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Hanoune" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Petitprez" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Leclerc" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191481v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guo, Bing" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14359/51742003" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474368v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146194v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Tien Tran" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Alessandrini" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Collignan" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Delater" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Desvignes" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ers.2023.1701" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05241144v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318299v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Marion" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318219v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Harb" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04250971v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marie-verriele" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3043-1915" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/185339255" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/AAD-8744-2021" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05566457v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Thevenet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Caron" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Della-Puppa" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gaudion" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manolis Romanias" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsestair.5c00390" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502472v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Rossignol" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Angulo-Milhem" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Nicolas" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Verriele" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2026.141393" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191500v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Thevenet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Nicolas" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indenv.2025.100089" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191487v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Brun" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Chenal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2024.120997" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05407285v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandru Cernei" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florin Bode" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilinca Nastase" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/ina/6601284" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492014v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Perez" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Tinel" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Locoge" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Becquart" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ibiod.2024.105764" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300884v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Miranda" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Duc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Redon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Pinheiro" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Dorizzi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indenv.2024.100026" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04382130v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Guichard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Robert" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2024.120341" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04492879v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Umba" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelrahman Eid" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Crunaire" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSEN.2024.3368285" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04000925v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Soisson" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2022.109948" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04125973v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charbel Hawko" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hucher" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Leger" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Locoge" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chemolab.2023.104780" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241093v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shadia Angulo-Milhem" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2023.120141" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04125968v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2021.148862" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251879v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Thevenet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Harb" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Thlaijeh" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Brun" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2020.107433" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203304v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Angulo Milhem" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nicolas" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2020.118060" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142597v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Dusautoir" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianni Zarcone" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gar&#231;on" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Fronval" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2020.123417" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197649v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-021-12899-6" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943190v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2020.117863" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-nord-europe.hal.science/hal-04199478v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET2185018" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03040782v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atmosenv.2020.117713" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914905v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darya Urupina" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2020.121318" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913608v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shadia Angulo Milhem" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11356-020-08150-3" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314904v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Caron" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Guichard" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Robert" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Verriele" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1974167" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109866v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Beauval" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Garat" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheh.2018.08.015" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913585v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/609/3/032034" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914102v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Debono" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rizk" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2018.04.011" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PGWTHLWP-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02398719v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malak Rizk" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fangfang Guo" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Ward" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Dusanter" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ina.12493" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03314908v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Merlen" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Crunaire" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ricard" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kaluzny" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microc.2018.07.020" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-VM98B8GK-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03142670v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Merlen" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ricard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Kaluzny" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.microc.2017.01.014" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P8DGTN7N-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303729v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Schoemaecker" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Le Calv&#233;" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2015.12.017" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02424698v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Dusanter" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Schoemaecker" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Calv&#233;" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2016.01.011" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-02298645v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Mendez" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Blond" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2015.12.016" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HCJNCSLG-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03143920v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Hanoune" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Leclerc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Germain" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ina.12258" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-5NFC0K23-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-02298647v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2016.02.072" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02303737v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2495/AIR150281" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-01260871v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Allam" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Depelchin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Le Coq" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.talanta.2015.05.083" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251834v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Plaisance" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samia Benchabane" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2em10636a" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251812v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Plaisance" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Vandenbilcke" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean No&#235;l Jaubert" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1745-459X.2012.00371.x" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-ZM2T035R-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117034v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Astrid Dutoit" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liselotte Tinel" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066237v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25576/ASFERA-CFA2025-43936" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117060v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matei-Razvan Razvan Georgescu" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Danca" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05546406v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Subhadarsi Nayak" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117029v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117046v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Masmoudi" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gimberteau" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Boullanger" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05116988v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Andres" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Blondeau" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ala Bouhanguel" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Delaby" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429313v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911457v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manolis N. Romanias" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673879v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine De Swardt" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria-Anne Michel" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637925v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04609130v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04528980v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh Dung Tran Le" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fathia Dahir Igue" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bing Beverly" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jianshun S. Zhang" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenlei Liu" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731805v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine Savary" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04444584v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matei Razvan Georgescu" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251112v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251001v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221422v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Pinto" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250979v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251068v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manolis N Romanias" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251052v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Savary" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250924v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336293v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aubourg" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. P&#233;rez" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lors" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Becquart" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259625v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251083v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250897v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259617v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250901v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04291323v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194029v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Umba Kalala" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Pinto" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Frere" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250905v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221431v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221548v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Perez" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260201v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Roussel" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260158v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259903v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259852v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259892v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637916v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336279v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04260143v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144018v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Angulo" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144009v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144191v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144297v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144291v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Robert1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Guichard1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144239v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03145258v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913586v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/609/4/042095" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144250v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03144284v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04630952v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Leonardis" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rochelle.hal.science/hal-02298748v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Blocquet" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ward" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Trocquet" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631008v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631025v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Guglielmino" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251852v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638823v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Alleman" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Coddeville" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631003v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251867v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrine Tlili" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01017584v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Petitprez" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251806v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04631050v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Le Calve" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00862319v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Chaillou" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rospars" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Batton-Hubert" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-00915118v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Allam" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251832v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Jaubert" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429113v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05300871v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jugurta Montalv&#227;o" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5162/EUROSENSORS2025/MP44" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05429184v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05117066v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Marin-Curtoud" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04760433v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Lacassagne" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Fagniez" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673866v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415071v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673844v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673858v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250990v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221362v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miranda, Luiz" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221447v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04259874v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04221515v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03147014v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634518v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Hanoune" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Petitprez" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Leclerc" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05191481v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guo, Bing" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14359/51742003" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04474368v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04146194v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Tien Tran" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Alessandrini" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Collignan" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambre Delater" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Desvignes" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1684/ers.2023.1701" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05241144v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318299v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Marion" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05318219v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pamela Harb" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04250971v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -16033,39 +16292,39 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>PHPWord</Application>
   <Company>CCSD</Company>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>CCSD</dc:creator>
-  <dc:title>Marie VERRIELE DUNCIANU</dc:title>
+  <dc:title>Marie VERRIELE</dc:title>
   <dc:description>CV</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>