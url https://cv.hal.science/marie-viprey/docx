--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -900,1181 +900,1181 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05142620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compliance with the pregnancy prevention program among women initiating isotretinoin treatment between 2014 and 2021: A nationwide cohort study on the French Health Data System ( SNDS )</w:t>
+                <w:t xml:space="preserve">Health care resource utilization preceding death or lung transplantation in people with cystic fibrosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Havet</w:t>
+                <w:t xml:space="preserve">Erika Guyot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Bouvard</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">M. Chanelière</w:t>
+                <w:t xml:space="preserve">Quitterie Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Massardier</w:t>
+                <w:t xml:space="preserve">Manon Belhassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Bérard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clémence Dehillotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the European Academy of Dermatology and Venereology</w:t>
+              <w:t xml:space="preserve">Journal of Cystic Fibrosis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/jdv.20073⟩</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcf.2024.03.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04655456v1</w:t>
+                <w:t xml:space="preserve">hal-04655467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determinants of adherence to post‐stroke/transient ischemic attack secondary prevention medications: A cohort study</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Implementing Indicators and Trajectories of Return to Work After Breast Cancer Diagnosis: A Mixed-Methods Study Using the French National Healthcare Insurance Database and Stakeholder Consultation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Termoz</w:t>
+                <w:t xml:space="preserve">Romain Varnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Moskal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Violaine Fernandez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie Rambure</w:t>
+                <w:t xml:space="preserve">Céline Bodelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Lamort-Bouché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Neurology</w:t>
+              <w:t xml:space="preserve">Clinical Breast Cancer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ene.16395⟩</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.clbc.2024.04.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04655446v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04655466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementing Indicators and Trajectories of Return to Work After Breast Cancer Diagnosis: A Mixed-Methods Study Using the French National Healthcare Insurance Database and Stakeholder Consultation</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Compliance with the pregnancy prevention program among women initiating isotretinoin treatment between 2014 and 2021: A nationwide cohort study on the French Health Data System ( SNDS )</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Péron</w:t>
+                <w:t xml:space="preserve">A. Havet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marion Lamort-Bouché</w:t>
+                <w:t xml:space="preserve">C. Bouvard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Moskal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Chanelière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Massardier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Breast Cancer</w:t>
+              <w:t xml:space="preserve">Journal of the European Academy of Dermatology and Venereology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.clbc.2024.04.004⟩</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/jdv.20073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04655466v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04655456v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Health care resource utilization preceding death or lung transplantation in people with cystic fibrosis</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Determinants of adherence to post‐stroke/transient ischemic attack secondary prevention medications: A cohort study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quitterie Reynaud</w:t>
+                <w:t xml:space="preserve">Damien Hoarau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Belhassen</w:t>
+                <w:t xml:space="preserve">Inès Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marjorie Bérard</w:t>
+                <w:t xml:space="preserve">Anne Termoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clémence Dehillotte</w:t>
+                <w:t xml:space="preserve">Violaine Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Rambure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Cystic Fibrosis</w:t>
+              <w:t xml:space="preserve">European Journal of Neurology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jcf.2024.03.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/ene.16395⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04655467v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04655446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Se former à l’entretien motivationnel pour mieux soutenir l’adhésion thérapeutique des patients</w:t>
+                <w:t xml:space="preserve">Real-world data and evidence in health technology assessment: When are they complementary, substitutes, or the only sources of data compared to clinical trials?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Teddy Novais</w:t>
+                <w:t xml:space="preserve">Gerard De Pouvourville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cristiana Fortini</w:t>
+                <w:t xml:space="preserve">Xavier Armoiry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandra Dima</w:t>
+                <w:t xml:space="preserve">Aurelie Lavorel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Marie Schott</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie Viprey</w:t>
+                <w:t xml:space="preserve">Pascal Bilbault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Maugendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue médicale suisse</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.53738/REVMED.2023.19.823.777⟩</w:t>
+              <w:t xml:space="preserve">Therapies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 78 (1), pp.81-94. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.therap.2022.11.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04329760v1</w:t>
+                <w:t xml:space="preserve">hal-04194590v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determinants of adherence and consequences of the transition from adolescence to adulthood among young people with severe haemophilia (TRANSHEMO): A multicentric French national observational cross‐sectional study based on the FranceCoag registry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ngoc Anh Thu Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Auquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Any Beltran Anzola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Harroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Castet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Haemophilia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 29 (5), pp.1202-1218. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/hae.14841⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04357404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-world data and evidence in health technology assessment: When are they complementary, substitutes, or the only sources of data compared to clinical trials?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gerard De Pouvourville</w:t>
+                <w:t xml:space="preserve">A Participatory Approach Involving Patients with Cystic Fibrosis and Healthcare Professionals for the Co-Design of an Adherence-Enhancing Intervention Toolkit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Armoiry</w:t>
+                <w:t xml:space="preserve">Frédéric Mougeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurelie Lavorel</w:t>
+                <w:t xml:space="preserve">Alexandra Lelia Dima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Bilbault</w:t>
+                <w:t xml:space="preserve">Julie Haesebaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Maugendre</w:t>
+                <w:t xml:space="preserve">Pauline Occelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Therapies</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 78 (1), pp.81-94. </w:t>
+              <w:t xml:space="preserve">Patient Preference and Adherence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, Volume 17, pp.995-1004. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.therap.2022.11.001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2147/PPA.S389792⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04194590v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04745958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Participatory Approach Involving Patients with Cystic Fibrosis and Healthcare Professionals for the Co-Design of an Adherence-Enhancing Intervention Toolkit</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Se former à l’entretien motivationnel pour mieux soutenir l’adhésion thérapeutique des patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teddy Novais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristiana Fortini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Dima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Schott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Viprey</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pauline Occelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Patient Preference and Adherence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, Volume 17, pp.995-1004. </w:t>
+              <w:t xml:space="preserve">Revue médicale suisse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 19 (823), pp.777-781. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2147/PPA.S389792⟩</w:t>
+                <w:t xml:space="preserve">⟨10.53738/REVMED.2023.19.823.777⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-04745958v1</w:t>
+                <w:t xml:space="preserve">hal-04329760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Participatory Approach Involving Patients with Cystic Fibrosis and Healthcare Professionals for the Co-Design of an Adherence-Enhancing Intervention Toolkit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Mougeot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Lelia Dima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Haesebaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Occelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Patient Preference and Adherence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Volume17, pp.995 - 1004. </w:t>
@@ -2125,90 +2125,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Données et preuves en vie réelle dans l’évaluation des technologies de santé : dans quels cas sont-elles complémentaires, substitutives, ou les seules sources de données par rapport aux essais cliniques ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard de Pouvourville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Armoiry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Lavorel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Bilbault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Maugendre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Therapies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 78 (1), pp.66-80. </w:t>
@@ -2285,51 +2285,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Allemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Schott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dan Dediu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2393,51 +2393,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chronic pain and vitamin D: A randomized controlled trial in primary care medecine in France, the Dovid study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blandine Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Haesebaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2795,77 +2795,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Motivational interviewing to support medication adherence in adults with chronic conditions: Systematic review of randomized controlled trials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlène Papus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Dima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Marie Schott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Paule Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3210,77 +3210,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Durieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faustine Dalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quitterie Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Lemonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Dehillotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Cystic Fibrosis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 21 (1), pp.88-95. </w:t>
@@ -3344,77 +3344,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Rousset-Jablonski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faustine Dalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quitterie Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lydie Lemonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clémence Dehillotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Public Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 10, </w:t>
@@ -3478,64 +3478,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Della Vecchia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Haesebaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Termoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Giroudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3580,831 +3580,831 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03939335v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prevalence of low health literacy levels in decompensated heart failure compared with acute myocardial infarction patients</w:t>
+                <w:t xml:space="preserve">Stroke patients' support: evaluation of knowledge, practices and training needs of French community pharmacists</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Perrin</w:t>
+                <w:t xml:space="preserve">S. Khettar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Viprey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Haesebaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Abdalla</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M. Viprey</w:t>
+                <w:t xml:space="preserve">S. Jacquin-Courtois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Delahaye</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">N. Mewton</w:t>
+                <w:t xml:space="preserve">J. Luaute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESC Heart Failure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ehf2.13230⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Clinical Pharmacy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 43 (4), pp.980-989. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11096-020-01204-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-03282706v1</w:t>
+                <w:t xml:space="preserve">inserm-03327673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abnormal bleeding phenotype for mild haemophilia B patients with the p.Ile112Thr variation on the gene for factor IX</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Meunier</w:t>
+                <w:t xml:space="preserve">Contextual determinants of participation after stroke: a systematic review of quantitative and qualitative studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Della Vecchia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Viprey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Haesebaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Termoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Giroudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Haemophilia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/hae.14146⟩</w:t>
+              <w:t xml:space="preserve">Disability and Rehabilitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 43 (13), pp.1786-1798. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09638288.2019.1679897⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03156932v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02613373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contextual determinants of participation after stroke: a systematic review of quantitative and qualitative studies</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Caroline Giroudon</w:t>
+                <w:t xml:space="preserve">Abnormal bleeding phenotype for mild haemophilia B patients with the p.Ile112Thr variation on the gene for factor IX</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Row</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Chamouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Berger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Lienhart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Meunier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Disability and Rehabilitation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/09638288.2019.1679897⟩</w:t>
+              <w:t xml:space="preserve">Haemophilia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 27 (4), pp.e462-e465. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/hae.14146⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02613373v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03156932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stroke patients' support: evaluation of knowledge, practices and training needs of French community pharmacists</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prevalence of low health literacy levels in decompensated heart failure compared with acute myocardial infarction patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Khettar</w:t>
+                <w:t xml:space="preserve">G. Abdalla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Jacquin-Courtois</w:t>
+                <w:t xml:space="preserve">F. Delahaye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Luaute</w:t>
+                <w:t xml:space="preserve">N. Mewton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Clinical Pharmacy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 43 (4), pp.980-989. </w:t>
+              <w:t xml:space="preserve">ESC Heart Failure</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 8 (2), pp.1446-1459. </w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11096-020-01204-z⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ehf2.13230⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03327673v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03282706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">End of life breast cancer care in women with severe mental illnesses</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Development and Validation of a Predictive Model of Hypovitaminosis D in General Adult Population: SCOPYD Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Viprey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blandine Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Fond</w:t>
+                <w:t xml:space="preserve">Benjamin Riche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Pauly</w:t>
+                <w:t xml:space="preserve">Julie Freyssenge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Duba</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marie Viprey</w:t>
+                <w:t xml:space="preserve">Pascal Rippert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-021-89726-y⟩</w:t>
+              <w:t xml:space="preserve">Nutrients</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 ((8)), 16 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nu13082526⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04329547v1</w:t>
+                <w:t xml:space="preserve">hal-03364364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development and Validation of a Predictive Model of Hypovitaminosis D in General Adult Population: SCOPYD Study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">End of life breast cancer care in women with severe mental illnesses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Pauly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Duba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Salas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Viprey</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pascal Rippert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nutrients</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 13 (8), pp.2526. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 11 (1), pp.10167. </w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/nu13082526⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-021-89726-y⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04971651v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04329547v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development and Validation of a Predictive Model of Hypovitaminosis D in General Adult Population: SCOPYD Study</w:t>
               </w:r>
@@ -4416,129 +4416,129 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blandine Merle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Riche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Freyssenge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Rippert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nutrients</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 13 ((8)), 16 p. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId184" w:history="1">
+              <w:t xml:space="preserve">, 2021, 13 (8), pp.2526. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/nu13082526⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03364364v1</w:t>
+                <w:t xml:space="preserve">hal-04971651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Algorithmes d’identification des rhumatismes inflammatoires chroniques et du psoriasis dans les bases médico-administratives : revue de la littérature</w:t>
               </w:r>
@@ -4652,1769 +4652,1769 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04329492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unplanned readmission and survival after video-assisted thoracic surgery and open thoracotomy in patients with non-small-cell lung cancer: a 12-month nationwide cohort study</w:t>
+                <w:t xml:space="preserve">Short and long-term impact of four sets of actions on acute ischemic stroke management in Rhône County, a population based before-and-after prospective study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ilies Bouabdallah</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marie Viprey</w:t>
+                <w:t xml:space="preserve">A. Schott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Termoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Viprey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Tazarourte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Veronica Orleans</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Fond</w:t>
+                <w:t xml:space="preserve">C. Della Vecchia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Cardio-Thoracic Surgery</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 59 (5), pp.987-995. </w:t>
+              <w:t xml:space="preserve">BMC Health Services Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (1), pp.12. </w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/ejcts/ezaa421⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12913-020-05982-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04329414v1</w:t>
+                <w:t xml:space="preserve">hal-03519038v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Short and long-term impact of four sets of actions on acute ischemic stroke management in Rhône County, a population based before-and-after prospective study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Are there socio-economic inequities in access to reperfusion therapy: The stroke 69 cohort</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Schott</w:t>
+                <w:t xml:space="preserve">J. Freyssenge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Haesebaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Tazarourte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Termoz</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">C. Della Vecchia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Health Services Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12913-020-05982-0⟩</w:t>
+              <w:t xml:space="preserve">Revue Neurologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 177 (9), pp.1168-1175. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neurol.2021.02.394⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03519038v2</w:t>
+                <w:t xml:space="preserve">hal-03312744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Are there socio-economic inequities in access to reperfusion therapy: The stroke 69 cohort</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Perrin</w:t>
+                <w:t xml:space="preserve">Unplanned readmission and survival after video-assisted thoracic surgery and open thoracotomy in patients with non-small-cell lung cancer: a 12-month nationwide cohort study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilies Bouabdallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Pauly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Freyssenge</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">A. Termoz</w:t>
+                <w:t xml:space="preserve">Veronica Orleans</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Fond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Neurologique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 177 (9), pp.1168-1175. </w:t>
+              <w:t xml:space="preserve">European Journal of Cardio-Thoracic Surgery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 59 (5), pp.987-995. </w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neurol.2021.02.394⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/ejcts/ezaa421⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03312744v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04329414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adherence with brand versus generic bisphosphonates among osteoporosis patients: a new-user cohort study in the French National Healthcare Insurance database</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Interventions to improve osteoporosis care: a systematic review and meta-analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yufeng Xue</w:t>
+                <w:t xml:space="preserve">J. Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Rousseau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Cécile Payet</w:t>
+                <w:t xml:space="preserve">B. Castagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roland Chapurlat</w:t>
+                <w:t xml:space="preserve">B. Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Giroudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 10 (1), pp.7446. </w:t>
+              <w:t xml:space="preserve">Osteoporosis International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 31 (3), pp.429-446. </w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-020-64214-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00198-020-05308-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-02863930v1</w:t>
+                <w:t xml:space="preserve">hal-04329200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Qualitative Study of Barriers and Facilitators to Adherence to Secondary Prevention Medications Among French Patients Suffering from Stroke and Transient Ischemic Attack</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Choice of Initial Brain Imaging in Patients with Suspected Acute Stroke: STROKE69, a Population-Based Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yufeng Xue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Haesebaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Derex</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Termoz</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Claire Della Vecchia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Patient Preference and Adherence</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 14, pp.1213-1223. </w:t>
+              <w:t xml:space="preserve">Cerebrovascular Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 49 (1), pp.110-118. </w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2147/ppa.s257323⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1159/000505960⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04300428v1</w:t>
+                <w:t xml:space="preserve">hal-03519125v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Palliative and high-intensity end-of-life care in schizophrenia patients with lung cancer: results from a French national population-based study</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Data-Driven Chronic Care Delivery Pathways Visualization Methods: Protocol for a Systematic Review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karine Baumstarck</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Veronica Orleans</w:t>
+                <w:t xml:space="preserve">L Siqueira Do Prado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Allemann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Viprey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A-M Schott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dan Dediu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Archives of Psychiatry and Clinical Neuroscience</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00406-020-01186-z⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 30 (Supplement_5), pp.ckaa166.029. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/eurpub/ckaa166.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04329465v1</w:t>
+                <w:t xml:space="preserve">hal-04705981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patients' productivity losses and informal care costs related to ischemic stroke: a French population‐based study</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Repeated bullying at the workplace in medical students and young doctors: the MESSIAEN national study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Colin</w:t>
+                <w:t xml:space="preserve">M. Messiaen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Duba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Boulangeat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Boucekine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bourbon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Neurology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/ene.14585⟩</w:t>
+              <w:t xml:space="preserve">European Archives of Psychiatry and Clinical Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 271 (6), pp.1123-1131. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00406-020-01144-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04329400v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04329424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Data-Driven Chronic Care Delivery Pathways Visualization Methods: Protocol for a Systematic Review</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Dan Dediu</w:t>
+                <w:t xml:space="preserve">A Qualitative Study of Barriers and Facilitators to Adherence to Secondary Prevention Medications Among French Patients Suffering from Stroke and Transient Ischemic Attack</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Viprey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maïlys Gouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Costanza Puppo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Termoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Della Vecchia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/eurpub/ckaa166.029⟩</w:t>
+              <w:t xml:space="preserve">Patient Preference and Adherence</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 14, pp.1213-1223. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2147/ppa.s257323⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId221" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04705981v1</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04300428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interventions to improve osteoporosis care: a systematic review and meta-analysis</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">B. Castagne</w:t>
+                <w:t xml:space="preserve">Adherence with brand versus generic bisphosphonates among osteoporosis patients: a new-user cohort study in the French National Healthcare Insurance database</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Viprey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yufeng Xue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Merle</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Caroline Giroudon</w:t>
+                <w:t xml:space="preserve">Aurélie Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Payet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Chapurlat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Osteoporosis International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00198-020-05308-0⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (1), pp.7446. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-020-64214-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04329200v1</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02863930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Choice of Initial Brain Imaging in Patients with Suspected Acute Stroke: STROKE69, a Population-Based Study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anne Termoz</w:t>
+                <w:t xml:space="preserve">Patients' productivity losses and informal care costs related to ischemic stroke: a French population‐based study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Barral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Rabier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Termoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Serrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cerebrovascular Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1159/000505960⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Neurology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 28 (2), pp.548-557. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/ene.14585⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03519125v1</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04329400v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Repeated bullying at the workplace in medical students and young doctors: the MESSIAEN national study</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">M. Boucekine</w:t>
+                <w:t xml:space="preserve">Palliative and high-intensity end-of-life care in schizophrenia patients with lung cancer: results from a French national population-based study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Viprey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vanessa Pauly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sebastien Salas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Bourbon</w:t>
+                <w:t xml:space="preserve">Karine Baumstarck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronica Orleans</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Archives of Psychiatry and Clinical Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 271 (6), pp.1123-1131. </w:t>
+              <w:t xml:space="preserve">, 2020, 271 (8), pp.1571-1578. </w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00406-020-01144-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00406-020-01186-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04329424v1</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04329465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cost-effectiveness analyses of interventions to improve osteoporosis care in France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julie Martin</w:t>
+                <w:t xml:space="preserve">Quantification and visualisation methods of data-driven chronic care delivery pathways: protocol for a systematic review and content analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luiza Siqueira Do Prado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Allemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Roland Chapurlat</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Schott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dan Dediu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives of Osteoporosis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11657-020-00720-9⟩</w:t>
+              <w:t xml:space="preserve">BMJ Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 10 (3), pp.e033573. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/bmjopen-2019-033573⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04329223v1</w:t>
+                <w:t xml:space="preserve">hal-04329185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification and visualisation methods of data-driven chronic care delivery pathways: protocol for a systematic review and content analysis</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Samuel Allemann</w:t>
+                <w:t xml:space="preserve">Cost-effectiveness analyses of interventions to improve osteoporosis care in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Dan Dediu</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Castagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Barral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Chapurlat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMJ Open</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 10 (3), pp.e033573. </w:t>
+              <w:t xml:space="preserve">Archives of Osteoporosis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 15 (1), pp.42. </w:t>
             </w:r>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1136/bmjopen-2019-033573⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11657-020-00720-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04329185v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04329223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Early Detection of Patients at Risk of Developing a Post-Traumatic Stress Disorder After an ICU Stay*</w:t>
               </w:r>
@@ -6802,130 +6802,130 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Repeated bullying at the workplace in medical students and young doctors: the MESSIAEN national study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Messiaen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Duba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Boulangeat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Boucekine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bourbon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Archives of Psychiatry and Clinical Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 271 (6), pp.1123-1131. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s00406-020-01144-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04329290v1</w:t>
@@ -6936,90 +6936,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Myocardial infarction: Economic, health, and social impacts on informal caregivers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Rabier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Serrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. M. Schott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Mewton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Margier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7083,77 +7083,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Qualitative Study of Barriers and Facilitators to Adherence to Secondary Prevention Medications Among French Patients Suffering from Stroke and Transient Ischemic Attack</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maïlys Gouillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Costanza Puppo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Termoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Della Vecchia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7243,51 +7243,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samuel Allemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Dima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Caillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7377,51 +7377,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Magaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammad-Hashim Wafa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Haesebaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Leaune</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7466,563 +7466,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04011471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cardiovascular safety of tocilizumab: A systematic review and network meta-analysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Illness beliefs and emotional responses in mildly disabled stroke survivors: A qualitative study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Della Vecchia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Benjamin Castagné</w:t>
+                <w:t xml:space="preserve">Marie Préau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camille Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Michel Cucherat</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Haesebaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 14 (8), pp.e0220178. </w:t>
+              <w:t xml:space="preserve">, 2019, 14 (10), pp.e0223681. </w:t>
             </w:r>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0220178⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0223681⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04329176v1</w:t>
+                <w:t xml:space="preserve">inserm-02417981v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Illness beliefs and emotional responses in mildly disabled stroke survivors: A qualitative study</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cardiovascular safety of tocilizumab: A systematic review and network meta-analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Préau</w:t>
+                <w:t xml:space="preserve">Benjamin Castagné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Viprey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Schott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Carpentier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Julie Haesebaert</w:t>
+                <w:t xml:space="preserve">Michel Cucherat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 14 (10), pp.e0223681. </w:t>
+              <w:t xml:space="preserve">, 2019, 14 (8), pp.e0220178. </w:t>
             </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0223681⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0220178⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-02417981v1</w:t>
+                <w:t xml:space="preserve">hal-04329176v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endoscopic mucosal resection with anchoring of the snare tip: multicenter retrospective evaluation of effectiveness and safety</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cost-effectiveness of stent-retriever thrombectomy in large vessel occlusion strokes of the anterior circulation: Analysis from the French societal perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Barral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathieu Pioche</w:t>
+                <w:t xml:space="preserve">X. Armoiry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timothée Wallenhorst</w:t>
+                <w:t xml:space="preserve">S. Boudour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugo Lepetit</w:t>
+                <w:t xml:space="preserve">G. Aulagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Lépilliez</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Rivory</w:t>
+                <w:t xml:space="preserve">A.-M. Schott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Endoscopy International Open</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1055/a-0990-9068⟩</w:t>
+              <w:t xml:space="preserve">Revue Neurologique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 176 (3), pp.180-188. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neurol.2019.06.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03195498v1</w:t>
+                <w:t xml:space="preserve">hal-02405502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cost-effectiveness of stent-retriever thrombectomy in large vessel occlusion strokes of the anterior circulation: Analysis from the French societal perspective</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Barral</w:t>
+                <w:t xml:space="preserve">Endoscopic mucosal resection with anchoring of the snare tip: multicenter retrospective evaluation of effectiveness and safety</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Pioche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X. Armoiry</w:t>
+                <w:t xml:space="preserve">Timothée Wallenhorst</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Boudour</w:t>
+                <w:t xml:space="preserve">Hugo Lepetit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Aulagner</w:t>
+                <w:t xml:space="preserve">Vincent Lépilliez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.-M. Schott</w:t>
+                <w:t xml:space="preserve">Jérôme Rivory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Neurologique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 176 (3), pp.180-188. </w:t>
+              <w:t xml:space="preserve">Endoscopy International Open</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 07, pp.E1496 - E1502. </w:t>
             </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neurol.2019.06.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1055/a-0990-9068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02405502v1</w:t>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03195498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Personal determinants of participation restriction after stroke - a systematic review of observational and qualitative studies</w:t>
               </w:r>
@@ -8133,103 +8133,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stent retriever thrombectomy for acute ischemic stroke: A systematic review and meta-analysis of randomized controlled trials, including THRACE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Barral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boudour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Giroudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Aulagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Neurologique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 174 (5), pp.319-326. </w:t>
@@ -8280,90 +8280,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Secondary Prevention Three and Six Years after Stroke Using the French National Insurance Healthcare System Database</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Mechtouff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Haesebaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Tainturier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Termoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Neurology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 79 (5-6), pp.272-280. </w:t>
@@ -8401,103 +8401,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A systematic review of economic evaluations on stent-retriever thrombectomy for acute ischemic stroke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Boudour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Barral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Gory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Giroudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Aulagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neurology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 265 (7), pp.1511-1520. </w:t>
@@ -8663,278 +8663,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01804233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Algorithms for the identification of hospital stays due to osteoporotic femoral neck fractures in European medical administrative databases using ICD-10 codes: A non-systematic review of the literature</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Increase of vitamin D assays prescriptions and associated factors: a population-based cohort study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Caillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Caillet</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anne Goyer-Joos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Viprey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Schott</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epidemiology and Public Health = Revue d'Epidémiologie et de Santé Publique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.respe.2017.04.058⟩</w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (1), pp.10361. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-10263-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04329127v1</w:t>
+                <w:t xml:space="preserve">hal-04329103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId329" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Increase of vitamin D assays prescriptions and associated factors: a population-based cohort study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascal Caillet</w:t>
+                <w:t xml:space="preserve">Algorithms for the identification of hospital stays due to osteoporotic femoral neck fractures in European medical administrative databases using ICD-10 codes: A non-systematic review of the literature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Caillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Oberlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Monnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Guillon-Grammatico</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Goyer-Joos</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">P. Métral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 7 (1), pp.10361. </w:t>
+              <w:t xml:space="preserve">Epidemiology and Public Health = Revue d'Epidémiologie et de Santé Publique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 65, pp.S198-S208. </w:t>
             </w:r>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-017-10263-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.respe.2017.04.058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId329" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04329103v1</w:t>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04329127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low Osteoporosis Treatment Initiation Rate in Women after Distal Forearm or Proximal Humerus Fracture: A Healthcare Database Nested Cohort Study</w:t>
               </w:r>
@@ -8972,51 +8972,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Canat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Susan Jaglal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Haesebaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 10 (12), pp.e0143842. </w:t>
@@ -9305,51 +9305,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Potential interest of a new absorbable collagen membrane in the prevention of adhesions in paediatric cardiac surgery: A feasibility study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Armoiry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9756,51 +9756,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Payet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X Muller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Moskal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10349,277 +10349,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04417288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Return to work after early breast cancer diagnosis: a mixed-methods study on the French National Healthcare Insurance Database.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">C Bodelet</w:t>
+                <w:t xml:space="preserve">Obstacle: Determinants Of Adherence To Secondary Prevention Medications Among Patients With Stroke/Transient Ischemic Attack</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Hoarau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I Ramos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Termoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Allemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International scientific conference “Cancer, Work &amp; Employment”, Paris, 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">26th ESPACOMP conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04417681v1</w:t>
+                <w:t xml:space="preserve">hal-04417662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId381" w:history="1">
+            <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Obstacle: Determinants Of Adherence To Secondary Prevention Medications Among Patients With Stroke/Transient Ischemic Attack</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">S Allemann</w:t>
+                <w:t xml:space="preserve">Return to work after early breast cancer diagnosis: a mixed-methods study on the French National Healthcare Insurance Database.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Dima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId379" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Péron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Moskal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Varnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId378" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Bodelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26th ESPACOMP conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">International scientific conference “Cancer, Work &amp; Employment”, Paris, 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId381" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04417662v1</w:t>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04417681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude PHARMA ILIADE : Identification des déterminants de l’adoption des techniques de communication adaptées au niveau de littératie en santé (LES) des patients atteints d’une maladie chronique, par les professionnels exerçant à l’officine.</w:t>
               </w:r>
@@ -10756,64 +10756,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T Novais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId393" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Papus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A-M Schott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mp Schneider</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10868,51 +10868,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude BIRTH, mode de naissance et incidence d’inhibiteur anti-facteur VIII dans la cohorte PUPs de FranceCoag : résultats préliminaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H Maynadié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId397" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Harroche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11242,583 +11242,583 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03170384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application de méthodes mixtes dans l’étude de la restriction de participation après un Accident Vasculaire Cérébral : l’étude TYBRA</w:t>
+                <w:t xml:space="preserve">Secondary prevention treatments after ischemic strokes: Cohort study of 754 patients in Rhône, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Della Vecchia</w:t>
+                <w:t xml:space="preserve">J Amiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Viprey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Termoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Bravant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Préau</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">F Merson</w:t>
+                <w:t xml:space="preserve">N Perreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Xème congrès francophone de psychologie de la santé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Metz, France</w:t>
+              <w:t xml:space="preserve">27th European Stroke Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Athenes, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04417181v1</w:t>
+                <w:t xml:space="preserve">hal-04417524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resources and costs associated with technical aids for stroke survivors: a cross-sectional survey alongside population-based cohorts study on Rhône area of France</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId224" w:history="1">
+                <w:t xml:space="preserve">Persistence with brand versus generic oral bisphosphonates among newly treated osteoporosis patients: a retrospective cohort study in the French claims database.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId384" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">J Amiot</w:t>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y Xue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Abbas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Dima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11th World Stroke Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Montreal, Canada</w:t>
+              <w:t xml:space="preserve">European Congress of Epidemiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId418" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04417575v1</w:t>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04417550v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Secondary prevention treatments after ischemic strokes: Cohort study of 754 patients in Rhône, France</w:t>
+                <w:t xml:space="preserve">Resources and costs associated with technical aids for stroke survivors: a cross-sectional survey alongside population-based cohorts study on Rhône area of France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">M Barral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Viprey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Termoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Bravant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">J Amiot</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">N Perreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27th European Stroke Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, Athenes, Greece</w:t>
+              <w:t xml:space="preserve">11th World Stroke Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId421" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04417524v1</w:t>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04417575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId423" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Persistence with brand versus generic oral bisphosphonates among newly treated osteoporosis patients: a retrospective cohort study in the French claims database.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M Viprey</w:t>
+                <w:t xml:space="preserve">Application de méthodes mixtes dans l’étude de la restriction de participation après un Accident Vasculaire Cérébral : l’étude TYBRA</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Della Vecchia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Préau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y Xue</w:t>
+                <w:t xml:space="preserve">Al Dima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Rousseau</w:t>
+                <w:t xml:space="preserve">C Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F Abbas</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A Dima</w:t>
+                <w:t xml:space="preserve">F Merson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Congress of Epidemiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Lyon, France</w:t>
+              <w:t xml:space="preserve">Xème congrès francophone de psychologie de la santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId423" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04417550v1</w:t>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04417181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId427" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adherence to cystic fibrosis medication in France: accounting for prescribing, dispensing and hospitalization data.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H Rouzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Allemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Dima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11873,103 +11873,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Personal determinants of participation restriction after stroke: A systematic review of observational and qualitative studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Della Vecchia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Préau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Dima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Merson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27th European Stroke Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Athenes, Greece</w:t>
@@ -12011,51 +12011,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A systematic review of economic evaluations on Stent-Retriever Thrombectomy for Acute Ischemic Stroke.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Boudour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Barral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId433" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B Gory</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12248,64 +12248,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId442" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence des horaires d'admission sur la prise en charge et le devenir des AVC thrombolysés -Données 2010-2016 d'un registre multicentrique des AVC thrombolysés</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Termoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Haesebaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12399,51 +12399,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Diaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V Raverot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Haesebaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12498,64 +12498,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of admission-hour on 3 months outcome in thrombolysed stroke patients – Results from a stroke registry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Termoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Haesebaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12748,51 +12748,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low osteoporosis treatment initiation rate in women after distal forearm or proximal humerus fracture: a healthcare database nested cohort study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Caillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12869,51 +12869,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charge ressentie par les aidants familiaux de patients âgés pris en charge en consultation mémoire.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Omrani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Moutet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12981,51 +12981,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude comparative de coût entre une dispensation journalière individuelle nominative à délivrance robotisée et une délivrance globale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Burgos Leon-Djian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13089,51 +13089,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of unit dose drug dispensing system on medication administration errors.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Burgos Leon-Djian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13223,277 +13223,277 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Compliance of oral isotretinoin use with prescription and delivery guidelines between 2014 and 2021 in France.</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Use of baclofen for the treatment of alcohol use disorders between 2014 and 2021 in France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marc Chanelière</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Massardier</w:t>
+                <w:t xml:space="preserve">Antoine Ardillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annaëlle Testud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Violaine Fernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId470" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maryse Lapeyre-Mestre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId471" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Michel Delile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">39th International Conference on Pharmacoepidemiology &amp; Therapeutic Risk Management (ICPE)</w:t>
+              <w:t xml:space="preserve">39th ICPE 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Halifax (Canada), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04192412v1</w:t>
+                <w:t xml:space="preserve">hal-04192894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Use of baclofen for the treatment of alcohol use disorders between 2014 and 2021 in France</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Maryse Lapeyre-Mestre</w:t>
+                <w:t xml:space="preserve">Compliance of oral isotretinoin use with prescription and delivery guidelines between 2014 and 2021 in France.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Bouvard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anaïs Havet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Moskal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Michel Delile</w:t>
+                <w:t xml:space="preserve">Marc Chanelière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Massardier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">39th ICPE 2023</w:t>
+              <w:t xml:space="preserve">39th International Conference on Pharmacoepidemiology &amp; Therapeutic Risk Management (ICPE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Halifax (Canada), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId470" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04192894v1</w:t>
+            <w:hyperlink r:id="rId472" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04192412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Return to work trajectories after early breast cancer diagnosis: A population-based cohort study in the French National Healthcare Insurance database.</w:t>
               </w:r>
@@ -13751,77 +13751,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Psycho-emotional impact and patient’s beliefs on medication after an ishemic stroke</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Baroan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Termoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Haesebaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Allemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Derex</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13857,846 +13857,846 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04337285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timely initiation of second prevention treatment after hospital discharge following acute stroke in French patients.</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ischemic stroke: evolution of secondary prevention treatments during the first year.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ma Cerfon</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId384" w:history="1">
+                <w:t xml:space="preserve">A Rochefolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Viprey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Termoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId438" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">J Haesebaert</w:t>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Amiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L Mechtouff</w:t>
+                <w:t xml:space="preserve">M Chakir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESPACOMP Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Porto, Portugal</w:t>
+              <w:t xml:space="preserve">European Stroke Organisation Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04337211v1</w:t>
+                <w:t xml:space="preserve">hal-04336081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cost-effectiveness analyses of interventions to improve osteoporosis management.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adherence to cystic fibrosis medication in France: accounting for prescribing, dispensing and hospitalization data.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Rouzé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Viprey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Allemann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Dima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J Martin</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">R Chapurlat</w:t>
+                <w:t xml:space="preserve">A Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Congress on Osteoporosis, osteoarthritis and musculoskeletal diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">42nd European Cystic Fibrosis Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Liverpool, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04336009v1</w:t>
+                <w:t xml:space="preserve">hal-04336137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ischemic stroke: evolution of secondary prevention treatments during the first year.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Involving patients and healthcare professionals in intervention development: a participatory approach to improving medication adherence in cystic fibrosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Mougeot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Viprey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId486" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Occelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Rochefolle</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">M Chakir</w:t>
+                <w:t xml:space="preserve">I Durieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Rouzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Stroke Organisation Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Milan, Italy</w:t>
+              <w:t xml:space="preserve">23rd ESPACOMP conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId486" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04336081v1</w:t>
+            <w:hyperlink r:id="rId485" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04331046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adherence to cystic fibrosis medication in France: accounting for prescribing, dispensing and hospitalization data.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId224" w:history="1">
+                <w:t xml:space="preserve">Cost-effectiveness analyses of interventions to improve osteoporosis management.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId489" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Denis</w:t>
+                <w:t xml:space="preserve">B Castagné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Barral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId458" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Chapurlat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">42nd European Cystic Fibrosis Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Liverpool, United Kingdom</w:t>
+              <w:t xml:space="preserve">World Congress on Osteoporosis, osteoarthritis and musculoskeletal diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId489" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04336137v1</w:t>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04336009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Involving patients and healthcare professionals in intervention development: a participatory approach to improving medication adherence in cystic fibrosis</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId224" w:history="1">
+                <w:t xml:space="preserve">Preventing participation restrictions after stroke: investigation of coping behaviors strategies used by patients as determinants of participation after mild and moderate/severe stroke</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Della Vecchia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Préau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Termoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Haesebaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">H Rouzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd ESPACOMP conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Porto, Portugal</w:t>
+              <w:t xml:space="preserve">European Stroke Organisation Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04331046v1</w:t>
+                <w:t xml:space="preserve">hal-04336057v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId494" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preventing participation restrictions after stroke: investigation of coping behaviors strategies used by patients as determinants of participation after mild and moderate/severe stroke</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId384" w:history="1">
+                <w:t xml:space="preserve">Timely initiation of second prevention treatment after hospital discharge following acute stroke in French patients.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Allemann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId493" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ma Cerfon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Termoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Haesebaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">M Viprey</w:t>
+            <w:hyperlink r:id="rId494" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Mechtouff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Stroke Organisation Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Milan, Italy</w:t>
+              <w:t xml:space="preserve">ESPACOMP Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId494" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04336057v1</w:t>
+            <w:hyperlink r:id="rId492" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04337211v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Customized adherence estimation for polypharmacy: Validation of new algorithms to combine dispensing, prescription, and hospitalization data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Allemann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H Rouzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I Durieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Touzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14738,103 +14738,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId497" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patients' productivity losses and informal care cost related to ischemic stroke in Rhone area, France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Barral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Rabier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Termoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hassan Serrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Haesebaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISPOR Europe</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Copenhague, Denmark</w:t>
@@ -14857,359 +14857,359 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04337130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A qualitative study of barriers and facilitators to medication adherence among stroke and transient ischemic attack French patients</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId224" w:history="1">
+                <w:t xml:space="preserve">Gender inequities in stroke, does thrombectomy change the deal?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Haesebaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Termoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId501" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">C Della Vecchia</w:t>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Bravant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Perreton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd ESPACOMP conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Porto, Portugal</w:t>
+              <w:t xml:space="preserve">European Stroke Organisation Conference,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Milan, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId500" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04331074v1</w:t>
+                <w:t xml:space="preserve">hal-04336036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId503" w:history="1">
+            <w:hyperlink r:id="rId501" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gender inequities in stroke, does thrombectomy change the deal?</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId384" w:history="1">
+                <w:t xml:space="preserve">A qualitative study of barriers and facilitators to medication adherence among stroke and transient ischemic attack French patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Viprey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Gouillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId503" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Puppo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Termoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N Perreton</w:t>
+                <w:t xml:space="preserve">C Della Vecchia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Stroke Organisation Conference,</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Milan, Italy</w:t>
+              <w:t xml:space="preserve">23rd ESPACOMP conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Porto, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId503" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04336036v1</w:t>
+            <w:hyperlink r:id="rId501" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04331074v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is there an association between access to a stroke reperfusion strategy and social deprivation? French population-based cohort study.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adèle Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Freyssenge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Termoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Haesebaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th European Stroke Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Milan, Italy. 4 (1_suppl), pp.150-276, 2019, </w:t>
@@ -15241,1118 +15241,1118 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02704996v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Environmental determinants of participation restriction after stroke: A systematic review of observational and qualitative studies.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId224" w:history="1">
+                <w:t xml:space="preserve">DRAMATIC IMPROVEMENT OF ACUTE ISCHAEMIC STROKE MANAGEMENT IN THE RHONE AREA BETWEEN 2007 AND 2016: A POPULATION BASED BEFORE AFTER PROSPECTIVE STUDY</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId507" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.M Schott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Termoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Haesebaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId384" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">A Dima</w:t>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Chakir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Congress of Epidemiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Lyon, France</w:t>
+              <w:t xml:space="preserve">4th European Stroke Organisation Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Goteborg,, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04335722v1</w:t>
+                <w:t xml:space="preserve">hal-04335671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId507" w:history="1">
+            <w:hyperlink r:id="rId508" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Algorithmes d’identification des Rhumatismes Inflammatoires Chroniques et du Psoriasis dans les bases médico-administratives internationales utilisant la CIM-10 : revue de la littérature.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">G Desjeux</w:t>
+                <w:t xml:space="preserve">Post-stroke participation: A quantitative insight using the International Classification of Functioning, Disability and Health framework.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Della Vecchia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Préau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Termoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Haesebaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Merson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31e Congrès français de rhumatologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">4th European Stroke Organisation Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Goteborg Sweden, Sweden. 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId509" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.26226/morressier.5ab8f564d462b8029238d2dc⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId507" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04337678v1</w:t>
+            <w:hyperlink r:id="rId508" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04335592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Post-stroke participation: A quantitative insight using the International Classification of Functioning, Disability and Health framework.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">F Merson</w:t>
+                <w:t xml:space="preserve">Algorithmes d’identification des Rhumatismes Inflammatoires Chroniques et du Psoriasis dans les bases médico-administratives internationales utilisant la CIM-10 : revue de la littérature.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId490" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Castagné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Viprey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId457" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Caillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId511" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Belhassen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId512" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Desjeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th European Stroke Organisation Conference</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">31e Congrès français de rhumatologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04335592v1</w:t>
+                <w:t xml:space="preserve">hal-04337678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId512" w:history="1">
+            <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DRAMATIC IMPROVEMENT OF ACUTE ISCHAEMIC STROKE MANAGEMENT IN THE RHONE AREA BETWEEN 2007 AND 2016: A POPULATION BASED BEFORE AFTER PROSPECTIVE STUDY</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId224" w:history="1">
+                <w:t xml:space="preserve">Les interventions visant à améliorer la prise en charge de l’ostéoporose : revue systématique et méta-analyse.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId489" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId384" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">M Chakir</w:t>
+            <w:hyperlink r:id="rId490" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Castagné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Giroudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th European Stroke Organisation Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Goteborg,, Sweden</w:t>
+              <w:t xml:space="preserve">31e Congrès français de rhumatologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId512" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04335671v1</w:t>
+            <w:hyperlink r:id="rId513" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04337522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les interventions visant à améliorer la prise en charge de l’ostéoporose : revue systématique et méta-analyse.</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId224" w:history="1">
+                <w:t xml:space="preserve">Adherence with brand versus generic bisphosphonates among newly treated osteoporosis patients: a retrospective cohort study in the French claims database</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId485" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">C Giroudon</w:t>
+            <w:hyperlink r:id="rId515" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y Xu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Abbas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Dima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31e Congrès français de rhumatologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">22nd ESPACOMP conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Dublin, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId514" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04337522v1</w:t>
+                <w:t xml:space="preserve">hal-04330955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId515" w:history="1">
+            <w:hyperlink r:id="rId516" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adherence with brand versus generic bisphosphonates among newly treated osteoporosis patients: a retrospective cohort study in the French claims database</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A Dima</w:t>
+                <w:t xml:space="preserve">Défaveur sociale et accès aux stratégies de reperfusion: étude de cohorte populationnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adèle Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Freyssenge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Termoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Viprey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Haesebaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22nd ESPACOMP conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Dublin, Ireland</w:t>
+              <w:t xml:space="preserve">23èmes journées de la Société Française Neuro-Vasculaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId515" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04330955v1</w:t>
+            <w:hyperlink r:id="rId516" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02705166v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Défaveur sociale et accès aux stratégies de reperfusion: étude de cohorte populationnelle</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Julie Haesebaert</w:t>
+                <w:t xml:space="preserve">Chronic pain and Vitamin D: the dovid study, a randomized controlled trial in primary care medecine in france.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Merle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Haesebaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Viprey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Bellouere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Comtat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23èmes journées de la Société Française Neuro-Vasculaire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Paris, France</w:t>
+              <w:t xml:space="preserve">Congress on Osteoporosis, Osteoarthritis and Musculoskeletal diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2018, Cracovie (PL), Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId517" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02705166v1</w:t>
+                <w:t xml:space="preserve">hal-04335532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronic pain and Vitamin D: the dovid study, a randomized controlled trial in primary care medecine in france.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">B Merle</w:t>
+                <w:t xml:space="preserve">Environmental determinants of participation restriction after stroke: A systematic review of observational and qualitative studies.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Della Vecchia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Haesebaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">J Comtat</w:t>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Termoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Dima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congress on Osteoporosis, Osteoarthritis and Musculoskeletal diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2018, Cracovie (PL), Poland</w:t>
+              <w:t xml:space="preserve">European Congress of Epidemiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId518" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04335532v1</w:t>
+                <w:t xml:space="preserve">hal-04335722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId519" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution de la prise en charge de l'AVC à la phase aiguë en Rhône-Alpes: Etude populationnelle avant-après</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A M Schott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Termoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Haesebaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId488" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Chakir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">23e journées de la Société Française Neuro-Vasculaire</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Palais des Congrès d’Issy-les-Moulineau, France</w:t>
@@ -16381,90 +16381,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet cardio-vasculaire du tocilizumab: une revue systématique avec méta-analyse.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B Castagné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId484" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId513" w:history="1">
+            <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.M Schott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId522" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Cucherat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -16500,286 +16500,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04337717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial stroke inequalities revealed thanks to Geographic Information System: data from STROKE 69 cohort.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julie Freyssenge</w:t>
+                <w:t xml:space="preserve">Factors influencing adherence to secondary prevention medication after ischemic stroke: a prospective population-based cohort study in Rhône area of France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId524" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renard Florent</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Julie Haesebaert</w:t>
+                <w:t xml:space="preserve">C Fokoun-Matchikou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Termoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Haesebaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId482" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Chakir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th European Stroke Congress</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">4th European Stroke Organisation Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Gothenburg (Sweden), Sweden</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId523" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02705998v1</w:t>
+                <w:t xml:space="preserve">hal-04330794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId527" w:history="1">
+            <w:hyperlink r:id="rId525" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Factors influencing adherence to secondary prevention medication after ischemic stroke: a prospective population-based cohort study in Rhône area of France</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M Chakir</w:t>
+                <w:t xml:space="preserve">Spatial stroke inequalities revealed thanks to Geographic Information System: data from STROKE 69 cohort.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Freyssenge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId526" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renard Florent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId527" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Tazarourte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Termoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Haesebaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th European Stroke Organisation Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">4th European Stroke Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Gothenburg, Sweden. 3 (1_suppl), pp.3-204, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId528" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/2396987318770127⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId527" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04330794v1</w:t>
+            <w:hyperlink r:id="rId525" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02705998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId529" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adherence to secondary prevention medications after a stroke: a systematic review</w:t>
               </w:r>
@@ -16791,51 +16791,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Fokoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId531" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Pinte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Termoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Giroudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16890,103 +16890,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId532" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">“It hits us over the head you don’t know, you don’t understand”: the role of patients’ illness representations in improving health post-stroke outcomes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId413" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Della Vecchia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Préau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Merson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th European Stroke Organisation Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Goteborg Sweden, Sweden. 2018, </w:t>
@@ -17024,103 +17024,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId534" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">PRODUCTIVITY LOSSES OF ISCHEMIC STROKE SURVIVORS: A CROSS SECTIONAL SURVEY ALONGSIDE POPULATION-BASED COHORT STUDY IN RHONE AREA, FRANCE With the support of the « Association des Internes et des Anciens Internes en Pharmacie des Hôpitaux de Lyon »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Barral</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Termoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E Bravant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Amiot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th World Stroke Congress - WSC 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Montreal, Canada</w:t>
@@ -17143,734 +17143,734 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04335865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pronostic à 3 mois après thrombolyse IV dans l'AVC chez le patient jeune</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId224" w:history="1">
+                <w:t xml:space="preserve">STROKE 69 – Registre ponctuel des AVC dans le Rhône : Résultats préliminaires sur les AVC Ischémiques.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId520" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A M Schott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId438" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">J Haesebaert</w:t>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Termoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E Bravant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F Maziere</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A-E Vallet</w:t>
+                <w:t xml:space="preserve">N Nighoghossian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Urgences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">22èmes Journées de la SFNV</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Palais des congrès - Issy les Moulineaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId535" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04416746v1</w:t>
+                <w:t xml:space="preserve">hal-04338140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId538" w:history="1">
+            <w:hyperlink r:id="rId537" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Outcome at three months after Thrombolysis in Young Adults with Ischemic Stroke - Results from a stroke registry.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId224" w:history="1">
+                <w:t xml:space="preserve">Restriction de participation après un Accident Vasculaire Cérébral, Application de méthodes mixtes à une cohorte : l’étude TYBRA, Résultats préliminaires</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Della Vecchia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Préau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Merson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId531" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Termoz</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">F Mazière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26th European Stroke Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2017, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">Colloque 10 ANS DE L'IRESP - Journées de l'IRESP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId538" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04332006v1</w:t>
+            <w:hyperlink r:id="rId537" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04338025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId540" w:history="1">
+            <w:hyperlink r:id="rId538" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">STROKE 69 – Registre ponctuel des AVC dans le Rhône : Résultats préliminaires sur les AVC Ischémiques.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">N Nighoghossian</w:t>
+                <w:t xml:space="preserve">Contextual determinants of post-stroke participation: A systematic review of observational and qualitative studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Della Vecchia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Préau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Dima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Carpentier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Merson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22èmes Journées de la SFNV</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Palais des congrès - Issy les Moulineaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId540" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04338140v1</w:t>
+            <w:hyperlink r:id="rId538" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04338073v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId542" w:history="1">
+            <w:hyperlink r:id="rId539" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Restriction de participation après un Accident Vasculaire Cérébral, Application de méthodes mixtes à une cohorte : l’étude TYBRA, Résultats préliminaires</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId224" w:history="1">
+                <w:t xml:space="preserve">Pronostic à 3 mois après thrombolyse IV dans l'AVC chez le patient jeune</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId531" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Pinte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId384" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A Termoz</w:t>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Haesebaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId540" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Maziere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId541" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A-E Vallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque 10 ANS DE L'IRESP - Journées de l'IRESP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">Congrès Urgences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId542" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04338025v1</w:t>
+            <w:hyperlink r:id="rId539" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04416746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId543" w:history="1">
+            <w:hyperlink r:id="rId542" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contextual determinants of post-stroke participation: A systematic review of observational and qualitative studies</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">F Merson</w:t>
+                <w:t xml:space="preserve">Outcome at three months after Thrombolysis in Young Adults with Ischemic Stroke - Results from a stroke registry.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Viprey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId531" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G Pinte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Termoz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId438" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Haesebaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId543" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Mazière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22èmes Journées de la SFNV</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Palais des congrès - Issy les Moulineaux, France</w:t>
+              <w:t xml:space="preserve">26th European Stroke Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2017, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId543" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04338073v1</w:t>
+            <w:hyperlink r:id="rId542" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04332006v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId544" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les déterminants psychosociaux du recours à une association : une étude qualitative exploratoire auprès des patients aphasiques à la suite d'un AVC.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Dima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Merson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId383" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Termoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque 10 ANS DE L'IRESP - Journées de l'IRESP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2017, Paris, France</w:t>
@@ -17893,320 +17893,320 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04338048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revue systématique des études médico-économiques sur la thrombectomiemécanique par stentretriever dans l'infarctus cérébral par occlusion proximale de la circulation antérieure</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">B Gory</w:t>
+                <w:t xml:space="preserve">Description des situations de thrombolyse hors AMM. Données 2010-2016 d'un registre multicentrique des AVC thrombolysés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId546" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Ohannessian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Am Schott</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">M Viprey</w:t>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L Fraticelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId547" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Serre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">22e Journées de la SFN</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Palais des congrès - Issy les Moulineaux, France</w:t>
+              <w:t xml:space="preserve">Congrès Urgences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId545" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04330655v1</w:t>
+                <w:t xml:space="preserve">hal-04416671v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId546" w:history="1">
+            <w:hyperlink r:id="rId548" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Description des situations de thrombolyse hors AMM. Données 2010-2016 d'un registre multicentrique des AVC thrombolysés</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId224" w:history="1">
+                <w:t xml:space="preserve">Revue systématique des études médico-économiques sur la thrombectomiemécanique par stentretriever dans l'infarctus cérébral par occlusion proximale de la circulation antérieure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId432" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Boudour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Barral</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B Gory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Am Schott</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">P Serre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès Urgences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Paris, France</w:t>
+              <w:t xml:space="preserve">22e Journées de la SFN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Palais des congrès - Issy les Moulineaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId546" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04416671v1</w:t>
+            <w:hyperlink r:id="rId548" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04330655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId549" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cost of care for 242 adults and children with cystic fibrosis followed up in four reference medical centers in France.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I Durieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H Rouzé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18399,51 +18399,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId552" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Initiation d'un traitement anti-ostéoporotique après fracture de l'avant-bras ou de l'humérus chez la femme de plus de 50 ans : étude de cohorte rétrospective.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Caillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18520,51 +18520,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Approche innovante d’une prise en charge en suivi pharmaceutique des patients âgés en unité de soins longue durée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId555" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Diebold</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18641,51 +18641,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId559" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intégration du pharmacien clinicien dans l’optimisation thérapeutique des patients âgés déments pris en charge en unité cognitivo-comportementale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId560" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R Aknin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -18881,463 +18881,463 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04331892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audit des pratiques de lavage des dispositifs médicaux réutilisables en service de stérilisation centrale</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bon usage des anti-infectieux : bilan 2012 des interventions pharmaceutiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId566" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F Raymond</w:t>
+                <w:t xml:space="preserve">Viprey M.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId567" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Joos</w:t>
+                <w:t xml:space="preserve">Raymond F.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId568" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S Cuzin-Rambaud</w:t>
+                <w:t xml:space="preserve">Joos A.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Clève</w:t>
+                <w:t xml:space="preserve">Clève M.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId570" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meunier F.</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">35èmes Journées Nationales d’Etudes sur la Stérilisation dans les établissements de sant</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2013, Marseille (13), France</w:t>
+              <w:t xml:space="preserve">Congrès National des Pharmaciens des Hôpitaux - HOPIPHARM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId565" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04415149v1</w:t>
+                <w:t xml:space="preserve">hal-04416023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId570" w:history="1">
+            <w:hyperlink r:id="rId571" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Effect of a Robotic Unit Dose Drug Dispensing System on Medicines Administration Errors and the Cost of Drug Dispensing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Burgos Leon-Djian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">X Dode</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId571" w:history="1">
+            <w:hyperlink r:id="rId572" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G Aulagne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th Congress of the EAHP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2013, Paris - Palais des congrès de la MaillotPorte, France. 20, pp.A85.3 - A86, 2013, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId572" w:history="1">
+            <w:hyperlink r:id="rId573" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1136/ejhpharm-2013-000276.239⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId570" w:history="1">
+            <w:hyperlink r:id="rId571" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04331952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId573" w:history="1">
+            <w:hyperlink r:id="rId574" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bon usage des anti-infectieux : bilan 2012 des interventions pharmaceutiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Viprey M.</w:t>
+                <w:t xml:space="preserve">Audit des pratiques de lavage des dispositifs médicaux réutilisables en service de stérilisation centrale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId575" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raymond F.</w:t>
+                <w:t xml:space="preserve">F Raymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId576" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joos A.</w:t>
+                <w:t xml:space="preserve">A Joos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId577" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clève M.</w:t>
+                <w:t xml:space="preserve">S Cuzin-Rambaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meunier F.</w:t>
+                <w:t xml:space="preserve">M Clève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès National des Pharmaciens des Hôpitaux - HOPIPHARM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Lyon, France</w:t>
+              <w:t xml:space="preserve">35èmes Journées Nationales d’Etudes sur la Stérilisation dans les établissements de sant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Marseille (13), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId573" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04416023v1</w:t>
+            <w:hyperlink r:id="rId574" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04415149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId579" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dispositif de fermeture bidirectionnel à système micro-barbé : utilisation dans la dermolipectomie abdominale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId580" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J Chateau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId566" w:history="1">
+            <w:hyperlink r:id="rId575" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Raymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId569" w:history="1">
+            <w:hyperlink r:id="rId578" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Clève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId581" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Voulliaume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -19379,51 +19379,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId582" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audit de procédure évaluant la conformité des pratiques d’antibioprophylaxie périopératoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId583" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Bourne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19504,51 +19504,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId587" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact de la mise en place d’une Dispensation Journalière à Délivrance Robotisée nominative sur l’analyse pharmaceutique des prescriptions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Burgos Leon-Djian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19612,51 +19612,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId588" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation du circuit du médicament en Dispensation avec Délivrance Globalisée dans une Unité de Soins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Burgos Leon-Djian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19720,51 +19720,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId589" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse des prescriptions de voriconazole intraveineux en pneumologie et cardiologie sur l’année 2010.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C Burgos Leon-Djian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19828,51 +19828,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId590" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse technique des micro-cathéters utilisés en neuroradiologie interventionnelle au Groupement Hospitalier Est des Hospices Civils de Lyon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Viprey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId591" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P Vasselon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -20346,51 +20346,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-05538179v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Rambure" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Perrin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Rossello" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Chenet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Marchal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hsr2.71806" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527438v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octavia Pingault" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Moskal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Bouvard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Payet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Havet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2025-108897" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917236v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rigoureau Julie" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Busnel Yael" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Havet Ana&#239;s" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Termoz Anne" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haesebaert Julie" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pds.70080" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-05144787v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Massardier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Lebrun-Vignes" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13555-025-01409-y" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009886v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Payet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Fernandez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moskal" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chaneli&#232;re" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lebrun-Vignes" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jdv.20627" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-05142620v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Tourasse" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna&#235;lle Testud" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Colin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Viprey" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Letrilliart" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/fampra/cmaf008" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655456v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Havet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bouvard" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Massardier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jdv.20073" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655446v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Hoarau" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Ramos" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Termoz" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Fernandez" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ene.16395" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655466v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Varnier" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bodelet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien P&#233;ron" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lamort-Bouch&#233;" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clbc.2024.04.004" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655467v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Guyot" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quitterie Reynaud" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Belhassen" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie B&#233;rard" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Dehillotte" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcf.2024.03.001" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329760v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Novais" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiana Fortini" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Dima" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Schott" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53738/REVMED.2023.19.823.777" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357404v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Anh Thu Nguyen" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Auquier" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Any Beltran Anzola" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Harroche" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Castet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/hae.14841" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194590v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard De Pouvourville" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Armoiry" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Lavorel" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bilbault" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Maugendre" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2022.11.001" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04745958v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mougeot" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Lelia Dima" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Haesebaert" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Occelli" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/PPA.S389792" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329744v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/ppa.s389792" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329718v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard de Pouvourville" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lavorel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2022.10.067" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352458v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiza Siqueira Do Prado" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Allemann" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Dediu" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/49996" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329783v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Merle" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Bellouere" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Champiat" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1756-185X.14582" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04432152v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mechtouff" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Balanca" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jung" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bourgeois-Vionnet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dumot" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0142159x.2023.2244146" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329586v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Sens" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Piriou" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Peix" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Herquelot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/PTS.0000000000000954" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329672v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Papus" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Paule Schneider" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pec.2022.06.013" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811709v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Varnier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Dima" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bodelet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Peron" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annonc.2022.07.1923" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03754189v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Isnard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Termoz" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Haesebaert" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Viprey" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Tazarourte" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000520840" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329570v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Durieu" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Dalon" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Lemonnier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcf.2021.03.025" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329661v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Rousset-Jablonski" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2022.1043691" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939335v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Della Vecchia" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Giroudon" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2022.101686" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03282706v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Perrin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Abdalla" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Delahaye" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mewton" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ehf2.13230" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03156932v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Row" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chamouni" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Berger" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lienhart" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Meunier" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/hae.14146" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02613373v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09638288.2019.1679897" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03327673v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Khettar" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jacquin-Courtois" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Luaute" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11096-020-01204-z" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329547v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fond" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Pauly" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Duba" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Salas" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-89726-y" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971651v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Riche" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Freyssenge" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Rippert" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu13082526" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364364v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329492v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Castagn&#233;" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Caillet-Pascal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Belhassen" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Desjeux" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2021.02.002" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329414v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilies Bouabdallah" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Orleans" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ejcts/ezaa421" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519038v2" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Schott" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Della Vecchia" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12913-020-05982-0" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03312744v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Freyssenge" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2021.02.394" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02863930v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yufeng Xue" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Rousseau" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Chapurlat" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-64214-x" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300428v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;lys Gouillet" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costanza Puppo" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/ppa.s257323" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329465v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Baumstarck" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00406-020-01186-z" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329400v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Barral" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rabier" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Serrier" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Colin" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ene.14585" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04705981v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Siqueira Do Prado" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Allemann" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Viprey" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A-M Schott" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/ckaa166.029" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329200v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Martin" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Castagne" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Merle" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00198-020-05308-0" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519125v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Derex" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000505960" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329424v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Messiaen" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Duba" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boulangeat" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boucekine" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bourbon" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00406-020-01144-9" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329223v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Martin" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Castagne" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Barral" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11657-020-00720-9" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329185v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2019-033573" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179684v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Wawer" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Floccard" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Saoud" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Subtil" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CCM.0000000000004551" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329245v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Duba" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Messiaen" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Boulangeat" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Boucekine" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bourbon" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jad.2020.05.100" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329270v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Korchia" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Lan&#231;on" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jad.2020.05.155" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329290v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902521v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Schott" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Margier" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0266462320000148" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969953v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/PPA.S257323" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328754v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Rouz&#233;" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Caillet" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/PPA.S211769" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011471v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Magaud" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad-Hashim Wafa" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Leaune" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12888-019-2154-z" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329176v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Castagn&#233;" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cucherat" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0220178" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02417981v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pr&#233;au" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Carpentier" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0223681" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195498v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Pioche" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Wallenhorst" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lepetit" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent L&#233;pilliez" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rivory" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-0990-9068" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405502v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Armoiry" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boudour" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Aulagner" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-M. Schott" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2019.06.007" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02146905v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Carpentier" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Merson" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916266v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Giroudon" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2017.09.009" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329147v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Mechtouff" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Tainturier" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000488450" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916305v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gory" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-018-8760-8" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804233v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Jeannin" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Piriou" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chevalier" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Michel" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jcpt.12473" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329127v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Caillet" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Oberlin" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Monnet" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Guillon-Grammatico" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. M&#233;tral" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2017.04.058" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329103v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Goyer-Joos" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-10263-8" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328855v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Canat" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Jaglal" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0143842" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416431v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ottomani" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Loue" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mouchoux" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12612-014-0385-7" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416387v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bezel" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12612-014-0381-y" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814476v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Constant" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Aulagner" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline S. Roux" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acvd.2013.05.003" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698367v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bergeron" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dauwalder" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manolo Gouy" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Freydiere" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Bes" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10096-010-1091-z" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560096v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Havet" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Moskal" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bouvard" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Chaneliere" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Massardier" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560082v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Payet" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Muller" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Polazzi" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560087v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Testud" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ardillon" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Fernandez" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lapeyre-Mestre" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Delile" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560102v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560201v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Chaneli&#232;re" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417288v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Varnier" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Dima" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bodelet" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J P&#233;ron" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417681v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417662v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Hoarau" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Ramos" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Termoz" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417268v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Rambure" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Perrin" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Marchal" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am Schott" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Bravant" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417638v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Novais" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Papus" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mp Schneider" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417247v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Maynadi&#233;" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Harroche" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Hochart" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Huguenin" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737365v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Castet" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lienhart" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pan Petesch" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Frotscher" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/hae.13910" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03170384v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Volot" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Falaise" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mourey" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gillet" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/hae.13941" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417181v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Della Vecchia" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Pr&#233;au" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Al Dima" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Carpentier" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Merson" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417575v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Barral" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Amiot" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417524v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Perreton" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417550v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Xue" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Rousseau" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Abbas" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417593v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Rouz&#233;" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q Reynaud" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417475v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417497v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Boudour" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Gory" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Giroudon" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Aulagner" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417151v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Merle" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Haesebaert" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bellouere" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Comtat" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Champiat" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416717v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Fraticelli" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bischoff" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417092v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Diaine" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Raverot" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Gronfier" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417448v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417069v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Lancelot" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Pelloux" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G de Courville" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bac" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Labouret" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417434v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Caillet" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Chapurlat" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416621v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Omrani" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Moutet" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Delphin-Combe" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Krolak-Salmon" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416601v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Burgos Leon-Djian" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Dode" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417323v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04192412v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Chaneli&#232;re" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04192894v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Ardillon" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Lapeyre-Mestre" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Delile" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337450v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annonc.2022.07.1921" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337319v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337285v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Baroan" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Derex" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337211v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma Cerfon" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Mechtouff" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336009v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Martin" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Castagn&#233;" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336081v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Rochefolle" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Chakir" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336137v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Denis" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331046v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Occelli" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Durieu" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336057v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335905v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Touzet" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337130v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Rabier" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Serrier" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331074v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Gouillet" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Puppo" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336036v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02704996v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2396987319845581" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335722v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337678v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Belhassen" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Desjeux" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335592v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26226/morressier.5ab8f564d462b8029238d2dc" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335671v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M Schott" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337522v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330955v1" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Xu" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02705166v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335532v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331626v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A M Schott" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337717v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Cucherat" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02705998v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renard Florent" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Tazarourte" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2396987318770127" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330794v1" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Fokoun-Matchikou" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330982v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Fokoun" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Pinte" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335560v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26226/morressier.5ab8f563d462b8029238d05b" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335865v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416746v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Maziere" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A-E Vallet" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332006v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Mazi&#232;re" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338140v1" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Nighoghossian" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338025v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338073v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338048v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330655v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416671v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Ohannessian" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Serre" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332101v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Poupon-Bourdy" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338181v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338262v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Schott" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415100v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Diebold" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Ottomani" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Loue" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Mouchoux" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414970v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Aknin" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Martin-Gaujard" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331892v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moutet" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dauphinot" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415149v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Raymond" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Joos" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Cuzin-Rambaud" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Cl&#232;ve" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331952v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Aulagne" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/ejhpharm-2013-000276.239" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416023v1" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viprey M." TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond F." TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joos A." TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#232;ve M." TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meunier F." TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415179v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Chateau" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Voulliaume" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416041v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bourne" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Guersing" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Delattre-Silve" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Roubille" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416086v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416150v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416156v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416126v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Vasselon" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Paysant" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Constant" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416227v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bergeron" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bes" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Gardon" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Courtier" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Meugnier" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02089992v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018LYSE1334" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-05538179v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Rambure" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Perrin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Rossello" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Chenet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Marchal" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hsr2.71806" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05527438v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Octavia Pingault" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Moskal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Bouvard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Payet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Havet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2025-108897" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917236v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rigoureau Julie" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Busnel Yael" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Havet Ana&#239;s" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Termoz Anne" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haesebaert Julie" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pds.70080" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-05144787v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Massardier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Lebrun-Vignes" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13555-025-01409-y" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05009886v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Payet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Fernandez" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Moskal" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Chaneli&#232;re" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lebrun-Vignes" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jdv.20627" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-05142620v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Tourasse" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna&#235;lle Testud" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Colin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Viprey" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Letrilliart" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/fampra/cmaf008" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655467v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika Guyot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quitterie Reynaud" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Belhassen" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie B&#233;rard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Dehillotte" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcf.2024.03.001" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655466v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Varnier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Bodelet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien P&#233;ron" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Lamort-Bouch&#233;" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.clbc.2024.04.004" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655456v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Havet" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bouvard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Massardier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jdv.20073" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655446v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Hoarau" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Ramos" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Termoz" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Fernandez" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ene.16395" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04194590v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard De Pouvourville" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Armoiry" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Lavorel" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Bilbault" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Maugendre" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2022.11.001" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04357404v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Anh Thu Nguyen" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Auquier" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Any Beltran Anzola" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Harroche" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Castet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/hae.14841" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04745958v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Mougeot" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Lelia Dima" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Haesebaert" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Occelli" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/PPA.S389792" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329760v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Novais" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristiana Fortini" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Dima" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Schott" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.53738/REVMED.2023.19.823.777" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329744v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/ppa.s389792" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329718v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard de Pouvourville" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lavorel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2022.10.067" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352458v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiza Siqueira Do Prado" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Allemann" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan Dediu" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/49996" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329783v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Merle" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Bellouere" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Champiat" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1756-185X.14582" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04432152v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Mechtouff" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Balanca" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Jung" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bourgeois-Vionnet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dumot" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0142159x.2023.2244146" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329586v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Sens" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Piriou" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Peix" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Herquelot" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/PTS.0000000000000954" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329672v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Papus" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Paule Schneider" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pec.2022.06.013" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811709v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Varnier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Dima" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bodelet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Peron" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annonc.2022.07.1923" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03754189v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Isnard" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Termoz" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Haesebaert" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Viprey" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Tazarourte" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000520840" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329570v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Durieu" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faustine Dalon" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Lemonnier" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcf.2021.03.025" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329661v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Rousset-Jablonski" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpubh.2022.1043691" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03939335v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Della Vecchia" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Giroudon" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2022.101686" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03327673v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Khettar" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Jacquin-Courtois" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Luaute" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11096-020-01204-z" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02613373v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09638288.2019.1679897" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03156932v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Row" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Chamouni" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Berger" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lienhart" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Meunier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/hae.14146" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03282706v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Perrin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Abdalla" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Delahaye" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mewton" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ehf2.13230" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03364364v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Riche" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Freyssenge" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Rippert" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu13082526" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329547v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fond" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Pauly" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Duba" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Salas" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-89726-y" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971651v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329492v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Castagn&#233;" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Caillet-Pascal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Belhassen" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Desjeux" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2021.02.002" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519038v2" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Schott" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Della Vecchia" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12913-020-05982-0" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03312744v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Freyssenge" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2021.02.394" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329414v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilies Bouabdallah" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Orleans" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ejcts/ezaa421" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329200v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Martin" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Castagne" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Merle" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00198-020-05308-0" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519125v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yufeng Xue" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Derex" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000505960" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04705981v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Siqueira Do Prado" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Allemann" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Viprey" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A-M Schott" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/eurpub/ckaa166.029" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329424v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Messiaen" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Duba" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Boulangeat" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boucekine" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bourbon" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00406-020-01144-9" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300428v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;lys Gouillet" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Costanza Puppo" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/ppa.s257323" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02863930v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Rousseau" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Chapurlat" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-64214-x" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329400v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Barral" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Rabier" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Serrier" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Colin" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ene.14585" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329465v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Baumstarck" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00406-020-01186-z" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329185v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2019-033573" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329223v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Martin" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Castagne" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Barral" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11657-020-00720-9" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04179684v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Wawer" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Floccard" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Saoud" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Subtil" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CCM.0000000000004551" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329245v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Duba" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Messiaen" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Boulangeat" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Boucekine" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Bourbon" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jad.2020.05.100" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329270v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Korchia" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Lan&#231;on" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jad.2020.05.155" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329290v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02902521v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. M. Schott" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Margier" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/s0266462320000148" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04969953v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/PPA.S257323" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328754v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Rouz&#233;" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Caillet" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2147/PPA.S211769" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04011471v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Magaud" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad-Hashim Wafa" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Leaune" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12888-019-2154-z" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02417981v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pr&#233;au" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Carpentier" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0223681" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329176v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Castagn&#233;" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cucherat" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0220178" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405502v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Armoiry" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Boudour" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Aulagner" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-M. Schott" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2019.06.007" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195498v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Pioche" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Wallenhorst" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Lepetit" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent L&#233;pilliez" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Rivory" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/a-0990-9068" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02146905v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Carpentier" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Merson" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916266v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Giroudon" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurol.2017.09.009" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329147v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Mechtouff" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Tainturier" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000488450" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01916305v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gory" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-018-8760-8" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804233v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Jeannin" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Piriou" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chevalier" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Michel" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jcpt.12473" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329103v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Goyer-Joos" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-10263-8" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04329127v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Caillet" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Oberlin" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Monnet" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Guillon-Grammatico" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. M&#233;tral" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.respe.2017.04.058" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04328855v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Canat" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Jaglal" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0143842" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416431v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ottomani" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Loue" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mouchoux" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12612-014-0385-7" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416387v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bezel" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12612-014-0381-y" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01814476v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Constant" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Aulagner" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline S. Roux" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.acvd.2013.05.003" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00698367v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Bergeron" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Dauwalder" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manolo Gouy" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Freydiere" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Bes" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10096-010-1091-z" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560096v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Havet" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Moskal" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bouvard" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Chaneliere" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Massardier" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560082v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Payet" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Muller" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Polazzi" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560087v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Testud" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Ardillon" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Fernandez" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Lapeyre-Mestre" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Delile" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560102v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560201v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Chaneli&#232;re" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417288v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Varnier" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Dima" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bodelet" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J P&#233;ron" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417662v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Hoarau" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Ramos" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Termoz" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417681v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417268v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Rambure" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Perrin" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Marchal" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am Schott" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Bravant" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417638v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Novais" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Papus" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mp Schneider" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417247v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Maynadi&#233;" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Harroche" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Hochart" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Huguenin" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737365v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Castet" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lienhart" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Pan Petesch" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Frotscher" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/hae.13910" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03170384v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Volot" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Falaise" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mourey" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Gillet" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/hae.13941" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417524v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Amiot" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Perreton" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417550v1" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Xue" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Rousseau" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Abbas" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417575v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Barral" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417181v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Della Vecchia" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Pr&#233;au" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Al Dima" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Carpentier" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Merson" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417593v1" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Rouz&#233;" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q Reynaud" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417475v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417497v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Boudour" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Gory" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Giroudon" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Aulagner" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417151v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Merle" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Haesebaert" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bellouere" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Comtat" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Champiat" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416717v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Fraticelli" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bischoff" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417092v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Diaine" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Raverot" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Gronfier" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417448v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417069v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Lancelot" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Pelloux" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G de Courville" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bac" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Labouret" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417434v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Caillet" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Chapurlat" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416621v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Omrani" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Moutet" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Delphin-Combe" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Krolak-Salmon" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416601v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Burgos Leon-Djian" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Dode" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04417323v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04192894v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Ardillon" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryse Lapeyre-Mestre" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Delile" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-04192412v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Chaneli&#232;re" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337450v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annonc.2022.07.1921" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337319v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337285v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Baroan" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Derex" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336081v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Rochefolle" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Chakir" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336137v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Denis" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331046v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Occelli" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Durieu" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336009v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Martin" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Castagn&#233;" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336057v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337211v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma Cerfon" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Mechtouff" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335905v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Touzet" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337130v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Rabier" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassan Serrier" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336036v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331074v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Gouillet" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Puppo" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02704996v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2396987319845581" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335671v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M Schott" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335592v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26226/morressier.5ab8f564d462b8029238d2dc" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337678v1" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Belhassen" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Desjeux" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337522v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330955v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Xu" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02705166v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335532v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335722v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331626v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A M Schott" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04337717v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Cucherat" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330794v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Fokoun-Matchikou" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02705998v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renard Florent" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Tazarourte" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/2396987318770127" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330982v1" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Fokoun" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Pinte" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335560v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.26226/morressier.5ab8f563d462b8029238d05b" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04335865v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338140v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Nighoghossian" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338025v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338073v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416746v1" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Maziere" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A-E Vallet" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332006v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Mazi&#232;re" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338048v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416671v1" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Ohannessian" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Serre" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04330655v1" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04332101v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Poupon-Bourdy" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338181v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338262v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.M. Schott" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415100v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Diebold" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Ottomani" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Loue" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Mouchoux" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414970v1" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Aknin" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Martin-Gaujard" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331892v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moutet" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Dauphinot" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416023v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viprey M." TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond F." TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joos A." TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#232;ve M." TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meunier F." TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04331952v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Aulagne" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/ejhpharm-2013-000276.239" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415149v1" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Raymond" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Joos" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Cuzin-Rambaud" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Cl&#232;ve" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04415179v1" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Chateau" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Voulliaume" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416041v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Bourne" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Guersing" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Delattre-Silve" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Roubille" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416086v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416150v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416156v1" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416126v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Vasselon" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Paysant" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Constant" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416227v1" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bergeron" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bes" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Gardon" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Courtier" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Meugnier" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02089992v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018LYSE1334" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>