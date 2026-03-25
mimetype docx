--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -713,820 +713,820 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01807209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Thèse (1)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of new statistical methodologies for quantitative proteomics data analysis</w:t>
+                <w:t xml:space="preserve">Using monotone spline smoothing to combine label-free and label-based accurate quantifications with DIA-MS: application to bovine muscle samples</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chion</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Bons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Maumy-Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Carapito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">e-Chimiométrie 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2021, Virtuel, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03577327v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...21 lines deleted...]
-                <w:t xml:space="preserve">tel-03515977v2</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modèle de régression par spline monotone pour données de protéomique quantitative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joanna Bons</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muriel Bonnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myriam Maumy-Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Carapito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées de Statistique 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Virtuel, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03577311v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dealing with imputation-caused variance using moderated t-test</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Carapito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">User! 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2020, Saint Louis (cancelled), United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03577610v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imputation multiple et prise en compte de l'incertitude pour les données de protéomique quantitative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Carapito</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">51èmes Journées de Statistique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Nancy, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02337123v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imputation multiple et prise en compte de l’incertitude pour les données de protéomique quantitative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Carapito</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GDR Stats et Santé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03577359v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dealing with imputation caused variance in quantitative proteomics data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Chion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leslie Muller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Pythoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Carapito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Spectrométrie de Masse et Analyse Protéomique (SMAP) 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Strasbourg, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03577366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (6)</w:t>
+        <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modèle de régression par spline monotone pour données de protéomique quantitative</w:t>
+                <w:t xml:space="preserve">Development of new statistical methodologies for quantitative proteomics data analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Chion</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...510 lines deleted...]
-            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">General Mathematics [math.GM]. Université de Strasbourg, 2021. English. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 2021STRAD025⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...101 lines deleted...]
-                <w:t xml:space="preserve">hal-03577366v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">tel-03515977v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Rapport (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1818,51 +1818,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103217v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chion" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Leroy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442944v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Carapito" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bertrand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-1967-4_7" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03577069v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1010420" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199937v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Bons" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Husson" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Bonnet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Maumy-Bertrand" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.202000214" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807209v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Muller" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Fornecker" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain van Dorsselaer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Cianf&#233;rani" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-26600-4" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03515977v2" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021STRAD025" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03577311v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03577327v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03577610v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337123v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03577359v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03577366v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pythoud" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114552v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Quibel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Helluy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ricka" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05103217v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Chion" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Leroy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03442944v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Carapito" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bertrand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-1967-4_7" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03577069v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pcbi.1010420" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199937v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Bons" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Husson" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Bonnet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Maumy-Bertrand" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.202000214" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01807209v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Muller" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Fornecker" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain van Dorsselaer" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Cianf&#233;rani" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-26600-4" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03577327v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03577311v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03577610v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337123v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03577359v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03577366v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Pythoud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03515977v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021STRAD025" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02114552v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Quibel" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Helluy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ricka" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>