--- v0 (2026-03-04)
+++ v1 (2026-03-31)
@@ -324,299 +324,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04910050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From MS/MS library implementation to molecular networks: Exploring oxylipin diversity with NEO-MSMS</w:t>
+                <w:t xml:space="preserve">Metabolites derived from radical oxidation of PUFA: NEO-PUFAs, promising molecules for health?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anis Elloumi</w:t>
+                <w:t xml:space="preserve">Anna Abramova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lindsay Mas-Normand</w:t>
+                <w:t xml:space="preserve">Jamie Bride</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jamie Bride</w:t>
+                <w:t xml:space="preserve">Camille Oger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Demion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Reversat</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Valérie Bultel-Poncé</w:t>
+                <w:t xml:space="preserve">Jean-Marie Galano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Data </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41597-024-03034-4⟩</w:t>
+              <w:t xml:space="preserve">Atherosclerosis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.118600. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.atherosclerosis.2024.118600⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04456524v1</w:t>
+                <w:t xml:space="preserve">hal-04702263v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolites derived from radical oxidation of PUFA: NEO-PUFAs, promising molecules for health?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">From MS/MS library implementation to molecular networks: Exploring oxylipin diversity with NEO-MSMS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anis Elloumi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Abramova</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+                <w:t xml:space="preserve">Lindsay Mas-Normand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jamie Bride</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Oger</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marie Demion</w:t>
+                <w:t xml:space="preserve">Guillaume Reversat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Marie Galano</w:t>
+                <w:t xml:space="preserve">Valérie Bultel-Poncé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atherosclerosis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, pp.118600. </w:t>
+              <w:t xml:space="preserve">Scientific Data </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 11 (1), pp.193. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.atherosclerosis.2024.118600⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41597-024-03034-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04702263v2</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04456524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The 32nd Ion Channels Meeting, 17th–20th September 2023, Sète, France</w:t>
               </w:r>
@@ -762,51 +762,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Bechard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Arel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jamie Bride</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Louradour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1017,51 +1017,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TREK-1 in the heart: Potential physiological and pathophysiological roles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Bechard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jamie Bride</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Le Guennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1670,51 +1670,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biological activities of non-enzymatic oxygenated metabolites of polyunsaturated fatty acids (NEO-PUFAs) derived from EPA and DHA: New anti-arrhythmic compounds?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Galano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1834,51 +1834,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Fauconnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Farah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2089,51 +2089,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Two sides of the same coin: NEO-PUFAs in Rett syndrome and post-infarction cardiac arrhythmias</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Demion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Vigor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2236,77 +2236,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Roy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Le Guennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Galano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Thireau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Bultel-Poncé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochimie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 120, pp.56 - 61. </w:t>
@@ -3603,64 +3603,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anaïs Bertaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fanny Salmeron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Camille Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Galano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Vigor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3926,51 +3926,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2EC5D833"/>
+    <w:nsid w:val="72C809ED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4157,51 +4157,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mariedemion" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4777-0654" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/113619197" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910050v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Coronas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Demion" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Elbini" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Faucherre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Girault" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/bioe.2024.0050" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456524v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Elloumi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay Mas-Normand" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie Bride" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Reversat" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bultel-Ponc&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-024-03034-4" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702263v2" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Abramova" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Oger" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Galano" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atherosclerosis.2024.118600" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04524426v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Brette" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Rita Cantelmo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Elbini-Dhouib" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/bioe.2024.0010" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634459v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bechard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Arel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Louradour" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bussy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-66192-w" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649835v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Rolland" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Thireau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Torrente" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology11040603" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924848v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Le Guennec" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2022.1095102" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024894v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe H&#233;don" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Lambert" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nourdine Chakouri" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Aimond" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbiomolbio.2020.09.006" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965325v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Lagac&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Hokayem" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamta Dass" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnutbio.2020.108522" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080953v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Finan" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sicard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Guisiano" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bideaux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcp.28461" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01804967v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Thomas" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Fabre" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cassan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2018/7406946" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01789989v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Roy" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Durand" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jetty Chung-Yung Lee" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mam.2018.03.003" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01822214v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fauconnier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Farah" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Angebault" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.freeradbiomed.2016.12.005" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01478283v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gueffier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Zintz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10974-017-9466-8" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01830138v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vigor" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejlt.201600320" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01786233v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2015.06.010" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01786231v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Rieusset" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Paillard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Belaidi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Tubbs" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-015-3829-8" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01761263v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Meschin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cazorla" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceca.2015.08.005" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01945436v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziad Khoueiry" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0115256" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02445668v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Tamouza" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Maurice M Chemouny" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leona Raskova Kafkova" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Berthelot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Flamant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ki.2012.192" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00393981v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Grand" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Norez" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Mettey" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Launay" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/bjp.2008.38" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319956v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoun El Chemaly" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Guinamard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Fares" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Jebara" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2005.12.038" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4HPMVZDB-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024506v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Chatelier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bois" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcm.2006.04.007" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279693v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Magaud" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Potreau" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/01.HYP.0000237864.65019.a5" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024483v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Chatelier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Patri" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2004.063974" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04730251v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Bertaud" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Salmeron" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apha.13389" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774082v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Moha Ou Maati" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mariedemion" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4777-0654" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/113619197" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910050v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Coronas" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Demion" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Elbini" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#232;le Faucherre" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Girault" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/bioe.2024.0050" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04702263v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Abramova" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie Bride" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Oger" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Galano" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atherosclerosis.2024.118600" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456524v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anis Elloumi" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay Mas-Normand" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Reversat" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bultel-Ponc&#233;" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-024-03034-4" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04524426v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Brette" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Rita Cantelmo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Elbini-Dhouib" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/bioe.2024.0010" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634459v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Bechard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Arel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Louradour" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bussy" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-66192-w" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649835v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Rolland" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Thireau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelo Torrente" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biology11040603" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03924848v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Le Guennec" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphys.2022.1095102" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024894v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe H&#233;don" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Lambert" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nourdine Chakouri" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Aimond" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pbiomolbio.2020.09.006" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02965325v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Lagac&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Hokayem" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mamta Dass" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnutbio.2020.108522" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02080953v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Finan" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Sicard" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Guisiano" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Bideaux" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcp.28461" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01804967v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Thomas" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Fabre" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Cassan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2018/7406946" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01789989v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Roy" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Durand" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jetty Chung-Yung Lee" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mam.2018.03.003" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01822214v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fauconnier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Farah" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Angebault" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.freeradbiomed.2016.12.005" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01478283v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Gueffier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justin Zintz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10974-017-9466-8" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01830138v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Vigor" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ejlt.201600320" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01786233v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2015.06.010" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01786231v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Rieusset" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Paillard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Belaidi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Tubbs" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-015-3829-8" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01761263v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Meschin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cazorla" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceca.2015.08.005" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01945436v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ziad Khoueiry" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0115256" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02445668v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Tamouza" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Maurice M Chemouny" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leona Raskova Kafkova" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laureline Berthelot" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Flamant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ki.2012.192" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00393981v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Grand" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Norez" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvette Mettey" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Launay" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/bjp.2008.38" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05319956v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoun El Chemaly" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Guinamard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Fares" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Jebara" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2005.12.038" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4HPMVZDB-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024506v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Chatelier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bois" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcm.2006.04.007" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04279693v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Magaud" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Potreau" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/01.HYP.0000237864.65019.a5" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05024483v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Chatelier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Patri" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1113/jphysiol.2004.063974" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04730251v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Bertaud" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Salmeron" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/apha.13389" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774082v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Moha Ou Maati" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>