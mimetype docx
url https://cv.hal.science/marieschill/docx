--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -412,326 +412,326 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04348942v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consumer responses to environmental corporate social responsibility and luxury</w:t>
+                <w:t xml:space="preserve">Children’s engagement with environmental issues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Schill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Delphine Godefroit-Winkel</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Muratore</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaret Hogg</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Services Marketing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1108/JSM-11-2020-0472⟩</w:t>
+              <w:t xml:space="preserve">Journal of Marketing Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 38 (9-10), pp.866-902. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/0267257X.2022.2046626⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04348947v1</w:t>
+                <w:t xml:space="preserve">hal-03962008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Children’s engagement with environmental issues</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Does environmental corporate social responsibility increase consumer loyalty?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Godefroit-Winkel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Schill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Margaret Hogg</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatou Diop-Sall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Marketing Management</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/0267257X.2022.2046626⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Retail and Distribution Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 50 (4), pp.417-436. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/IJRDM-08-2020-0292⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03962008v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03653124v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does environmental corporate social responsibility increase consumer loyalty?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Consumer responses to environmental corporate social responsibility and luxury</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Schill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Godefroit-Winkel</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fatou Diop-Sall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Retail and Distribution Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 50 (4), pp.417-436. </w:t>
+              <w:t xml:space="preserve">Journal of Services Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 36 (6), pp.769-780. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1108/IJRDM-08-2020-0292⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1108/JSM-11-2020-0472⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03653124v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04348947v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CSR Actions, Brand Value, and Willingness to Pay a Premium Price for Luxury Brands: Does Long-Term Orientation Matter?</w:t>
               </w:r>
@@ -932,235 +932,235 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03023332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How anticipated emotions shape behavioral intentions to fight climate change</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Odou</w:t>
+                <w:t xml:space="preserve">Building City Identities: A Consumer Perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Godefroit-Winkel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Schill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Longo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin Chour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Business Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jbusres.2020.08.047⟩</w:t>
+              <w:t xml:space="preserve">Markets, globalization &amp; development review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 5 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23860/MGDR-2020-05-02-04⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02929920v1</w:t>
+                <w:t xml:space="preserve">hal-03487070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Building City Identities: A Consumer Perspective</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Delphine Godefroit-Winkel</w:t>
+                <w:t xml:space="preserve">How anticipated emotions shape behavioral intentions to fight climate change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Odou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Schill</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Martin Chour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Markets, globalization &amp; development review</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 5 (2), </w:t>
+              <w:t xml:space="preserve">Journal of Business Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 121, pp.243-253. </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.23860/MGDR-2020-05-02-04⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jbusres.2020.08.047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03487070v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02929920v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Young children’s consumer agency: The case of French children and recycling</w:t>
               </w:r>
@@ -2288,204 +2288,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04348952v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ontological hybridities in consumption practices, special session « Biosociality in consumer research »</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Children and climate change: a construal-level theory perspective</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Schill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dorian Marchais</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Marie Schill</w:t>
+                <w:t xml:space="preserve">Pascale Ezan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Consumer Research, Association for Consumer Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2021, Seattle (virtual conference), United States</w:t>
+              <w:t xml:space="preserve">International Society for Markets and Development ISMD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Tiruchirappalli (virtual conference), India</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03487095v1</w:t>
+                <w:t xml:space="preserve">hal-03508700v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Children and climate change: a construal-level theory perspective</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ontological hybridities in consumption practices, special session « Biosociality in consumer research »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dorian Marchais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Schill</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascale Ezan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Society for Markets and Development ISMD</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, Tiruchirappalli (virtual conference), India</w:t>
+              <w:t xml:space="preserve">Advances in Consumer Research, Association for Consumer Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2021, Seattle (virtual conference), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03508700v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03487095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réflexions sur les signes de vie et la vie des signes : la bio-sémiotique et la CCT</w:t>
               </w:r>
@@ -2497,64 +2497,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric J. Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Askegaard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorian Marchais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Schill</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2605,51 +2605,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'engagement environnemental des enfants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Schill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabelle Muratore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes du 37ème Congrès International de l’Association Française du Marketing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, Angers (virtual conference), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2763,1076 +2763,1076 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02966570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wisdom and family identities in intergenerational exchanges: A qualitative investigation among Moroccan grandmothers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Représentations mentales et réactions affectives liées au changement climatique : impacts sur les intentions d'agir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Schill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Godefroit-Winkel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marie Schill</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Odou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Schiffler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Consumer Research, Association for Consumer Research North American Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Atlanta, United States</w:t>
+              <w:t xml:space="preserve">Actes du 35ème Congrès International de l'Association Française du Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02344021v1</w:t>
+                <w:t xml:space="preserve">hal-02133896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecologie, émotions et attitude envers le supermarché au Maroc et au Sénégal: Effet modérateur du contexte culturel</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Fatou Diop-Sall</w:t>
+                <w:t xml:space="preserve">Destinée des objets : un autre regard sur le gaspillage [vidoégraphie]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Schill</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2ème Journée de Recherche Marketing sur les Pays d'Afrique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2019, Lille, France</w:t>
+              <w:t xml:space="preserve">Actes du 35ème Congrès International de l'Association Française du Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02535249v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02877114v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Destinée des objets : un autre regard sur le gaspillage [vidoégraphie]</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dominique Roux</w:t>
+                <w:t xml:space="preserve">Ecologie, émotions et attitude envers le supermarché au Maroc et au Sénégal: Effet modérateur du contexte culturel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Godefroit-Winkel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatou Diop-Sall</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Schill</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes du 35ème Congrès International de l'Association Française du Marketing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Le Havre, France</w:t>
+              <w:t xml:space="preserve">2ème Journée de Recherche Marketing sur les Pays d'Afrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02877114v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02535249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Waste prevention in practice: Confronting public discourses about reusing, reducing, and recycling with consumers' perceptions of wasting material possessions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dominique Roux</w:t>
+                <w:t xml:space="preserve">Wisdom and family identities in intergenerational exchanges: A qualitative investigation among Moroccan grandmothers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Godefroit-Winkel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Schill</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">48th Annual Conference for the European Marketing .(EMAC )</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Hamburg, Germany</w:t>
+              <w:t xml:space="preserve">Advances in Consumer Research, Association for Consumer Research North American Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Atlanta, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02877091v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02344021v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Représentations mentales et réactions affectives liées au changement climatique : impacts sur les intentions d'agir</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Waste prevention in practice: Confronting public discourses about reusing, reducing, and recycling with consumers' perceptions of wasting material possessions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Schill</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Schiffler</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes du 35ème Congrès International de l'Association Française du Marketing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Le Havre, France</w:t>
+              <w:t xml:space="preserve">48th Annual Conference for the European Marketing .(EMAC )</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Hamburg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02133896v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02877091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les représentations sociales du réchauffement climatique par les enfants de 7 à 12 ans</w:t>
+                <w:t xml:space="preserve">Vers une identification de facteurs d’acceptation des robots compagnons au sein de la famille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Schill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Hemar-Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Ezan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">34ème congrès international de l'Association Française de Marketing : Mobilités</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2018, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02068591v1</w:t>
+                <w:t xml:space="preserve">hal-02068587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Destinée des objets : Un autre regard sur le gaspillage [vidéographie]</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">Stases, mutations et mobilités des objets dans l'univers domestique: une analyse des pratiques de gaspillage d'objets</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Schill</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17èmes Journées Normandes de Recherche sur la Consommation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2018, Rouen, France</w:t>
+              <w:t xml:space="preserve">Actes du 34ème Congrès de l'Association Française du Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02054756v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02054387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une identification des facteurs d’acceptation des robots compagnons au sein de la famille</w:t>
+                <w:t xml:space="preserve">Réactions affectives anticipées et intentions d’agir contre le changement climatique : effets du contrôle comportemental perçu et de la peur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Schill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Pascale Nimec – Université Le Havre Normandie Ezan</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Odou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">34e Conférence Internationale de l’Association Française du Marketing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">4ème Journée de Recherche en Marketing du Grand Est</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Mons, Belgique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04162370v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02054408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réactions affectives anticipées et intentions d’agir contre le changement climatique : effets du contrôle comportemental perçu et de la peur</w:t>
+                <w:t xml:space="preserve">Vers une identification des facteurs d’acceptation des robots compagnons au sein de la famille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Schill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Odou</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Hémar-Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Nimec – Université Le Havre Normandie Ezan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4ème Journée de Recherche en Marketing du Grand Est</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2018, Mons, Belgique</w:t>
+              <w:t xml:space="preserve">34e Conférence Internationale de l’Association Française du Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02054408v1</w:t>
+                <w:t xml:space="preserve">hal-04162370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stases, mutations et mobilités des objets dans l'univers domestique: une analyse des pratiques de gaspillage d'objets</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId70" w:history="1">
+                <w:t xml:space="preserve">Destinée des objets : Un autre regard sur le gaspillage [vidéographie]</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Schill</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes du 34ème Congrès de l'Association Française du Marketing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">17èmes Journées Normandes de Recherche sur la Consommation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2018, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02054387v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02054756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wasting objects: Drawing on practice theory for understanding accumulation and waste of mundane possessions</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les représentations sociales du réchauffement climatique par les enfants de 7 à 12 ans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Schill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Ezan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Consumer Culture Theory Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Odense, Denmark</w:t>
+              <w:t xml:space="preserve">34ème congrès international de l'Association Française de Marketing : Mobilités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02054385v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02068591v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vers une identification de facteurs d’acceptation des robots compagnons au sein de la famille</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Wasting objects: Drawing on practice theory for understanding accumulation and waste of mundane possessions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Schill</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pascale Ezan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">34ème congrès international de l'Association Française de Marketing : Mobilités</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Consumer Culture Theory Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Odense, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02068587v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02054385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quand le mime permet aux enfants de s’exprimer sur leurs pratiques de tri</w:t>
               </w:r>
@@ -3963,138 +3963,125 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02054411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les Entreprises et la Lutte contre le Réchauffement Climatique au Maroc: Engagement et Perceptions des Employés</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abdelatif Sadiki</w:t>
+                <w:t xml:space="preserve">Shared happiness and relational identities among French grandmothers and grandchildren</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Godefroit-Winkel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Schill</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Delphine Godefroit-Winkel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence des Présidents d’Universités, 22nd Conference of the Parties (COP22) to the UN Framework Convention on Climate Change (UNFCCC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2016, Marrakech, Maroc</w:t>
+              <w:t xml:space="preserve">Advances in Consumer Research, Association for Consumer Research North American Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02054418v1</w:t>
+                <w:t xml:space="preserve">hal-02054425v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rôle joué par les émotions dans les comportements en lien avec le réchauffement climatique. Proposition d’une typologie des consommateurs selon leurs émotions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Schill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4110,441 +4097,454 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2ème Journée de Recherche en Marketing du Grand Est</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02054444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How elderly consumers negotiate identities within their families ? A multisited investigation among French and Moroccan grandmothers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Les Entreprises et la Lutte contre le Réchauffement Climatique au Maroc: Engagement et Perceptions des Employés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelatif Sadiki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Schill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Godefroit-Winkel</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie Schill</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Consumer Culture Theory Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Lille, France</w:t>
+              <w:t xml:space="preserve">Conférence des Présidents d’Universités, 22nd Conference of the Parties (COP22) to the UN Framework Convention on Climate Change (UNFCCC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Marrakech, Maroc</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02054439v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02054418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shared happiness and relational identities among French grandmothers and grandchildren</w:t>
+                <w:t xml:space="preserve">How elderly consumers negotiate identities within their families ? A multisited investigation among French and Moroccan grandmothers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Godefroit-Winkel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Schill</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advances in Consumer Research, Association for Consumer Research North American Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">Consumer Culture Theory Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02054425v1</w:t>
+                <w:t xml:space="preserve">hal-02054439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Famille et marché. A la recherche de nouvelles frontières</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Consommation dans les liens entre grands-parents et petits-enfants. Une étude qualitative en France et au Maroc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Schill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">M.H. Fosse-Gomez</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Godefroit-Winkel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes des 14èmes Journées Normandes de Recherche sur la Consommation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02054703v1</w:t>
+                <w:t xml:space="preserve">hal-02054701v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consommation dans les liens entre grands-parents et petits-enfants. Une étude qualitative en France et au Maroc</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Famille et marché. A la recherche de nouvelles frontières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fatima Regany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Schill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Delphine Godefroit-Winkel</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.H. Fosse-Gomez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes des 14èmes Journées Normandes de Recherche sur la Consommation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2015, Angers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02054701v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02054703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La place de l’enfant dans le comportement écologique de la famille : une approche par les mimes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Schill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.H. Fosse-Gomez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes des 13èmes Journées Normandes de Recherche sur la Consommation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4582,51 +4582,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La pratique sociale du tri des déchets : entre perspectives macro- et micro-sociales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Schill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.H. Fosse-Gomez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes du 30ème Congrès de l’Association Française du Marketing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4664,51 +4664,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rôle des compétences environnementales dans le contexte du tri des déchets : focus sur le groupe familial</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Schill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.H. Fosse-Gomez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes du 29ème Congrès de l’Association Française du Marketing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2013, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5035,51 +5035,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vers des pratiques de consommation plus durables ? Le cas du tri des déchets dans les familles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Schill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.H. Fosse-Gomez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes du 28ème Congrès de l’Association Française du Marketing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Brest, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5098,109 +5098,96 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02054717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a Practice-Oriented Understanding of Family Ethical Consumption</w:t>
+                <w:t xml:space="preserve">L’enfant comme initiateur de changements dans les pratiques de la famille : application au développement durable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Schill</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nil Özçağlar-Toulouse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emerging Issues In Uncertainty and Ethical Consumption Research Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, Glasgow, United Kingdom</w:t>
+              <w:t xml:space="preserve">Actes du 11ème Colloque Doctoral de l’Association Française de Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Bruxelles, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02054727v1</w:t>
+                <w:t xml:space="preserve">hal-02054728v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Family and Sustainable Consumption: What Practices?</w:t>
               </w:r>
@@ -5281,51 +5268,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les représentations enfantines de l’entreprise : une approche par le dessin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Schill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.H. Fosse-Gomez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes des 10èmes Journées Normandes de Recherche sur la Consommation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2011, Rouen, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5344,96 +5331,109 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02054729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’enfant comme initiateur de changements dans les pratiques de la famille : application au développement durable</w:t>
+                <w:t xml:space="preserve">Towards a Practice-Oriented Understanding of Family Ethical Consumption</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Schill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nil Özçağlar-Toulouse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Actes du 11ème Colloque Doctoral de l’Association Française de Marketing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Bruxelles, Belgium</w:t>
+              <w:t xml:space="preserve">Emerging Issues In Uncertainty and Ethical Consumption Research Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02054728v1</w:t>
+                <w:t xml:space="preserve">hal-02054727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le petit déjeuner des enfants de 8-12 ans : enjeux nutritionnels, enjeux familiaux</w:t>
               </w:r>
@@ -5723,51 +5723,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Familial Practice of Recycling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Schill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.H. Fosse-Gomez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Consumer Research, Association for Consumer Research North American Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2014, Baltimore, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6050,247 +6050,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04687554v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment communiquer de manière efficace sur le changement climatique ?</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Odou</w:t>
+                <w:t xml:space="preserve">Consommation socialement responsable – L’enfant : un acteur de changement ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Damay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Ezan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Hay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Muratore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Schill</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...18 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le marketing au service du développement durable : repenser les modèles de consommation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ISTE, pp.153-172, 2021, Encyclopédie Sciences, Agronomie et sciences des aliments, 978-1-78948-036-8</w:t>
+              <w:t xml:space="preserve">Kids Marketing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03487129v1</w:t>
+                <w:t xml:space="preserve">hal-03583632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consommation socialement responsable – L’enfant : un acteur de changement ?</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pascale Ezan</w:t>
+                <w:t xml:space="preserve">Comment communiquer de manière efficace sur le changement climatique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Odou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Schill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Hay</w:t>
-[...30 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Manu Navarro</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sihem Dekhili. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kids Marketing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021</w:t>
+              <w:t xml:space="preserve">Le marketing au service du développement durable : repenser les modèles de consommation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ISTE, pp.153-172, 2021, Encyclopédie Sciences, Agronomie et sciences des aliments, 978-1-78948-036-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03583632v1</w:t>
+                <w:t xml:space="preserve">hal-03487129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6673,263 +6673,263 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Expanding sustainability thinking in vocational education in arts and crafts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New economic and social business models to support young entrepreneurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Kuntz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruxandra Lupu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Schill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eva Libran Perez</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Pauline Kuntz</w:t>
+                <w:t xml:space="preserve">Veli-Pekka Räty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">University of Jean Monnet; LAB University. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05076539v1</w:t>
+                <w:t xml:space="preserve">hal-05077324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New economic and social business models to support young entrepreneurs</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Expanding sustainability thinking in vocational education in arts and crafts</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ruxandra Lupu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Libran Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Schill</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Kuntz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...50 lines deleted...]
-              <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">University of Jean Monnet; LAB University. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05077324v1</w:t>
+                <w:t xml:space="preserve">hal-05076539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring the dimensions of social inclusion in vocational education in arts and crafts</w:t>
               </w:r>
@@ -6941,64 +6941,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruxandra Lupu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veli-Pekka Räty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Libran Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Schill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7059,51 +7059,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ruxandra Lupu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eva Libran Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Schill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7291,169 +7291,169 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse d'une pratique sociale en construction : le cas du tri des déchets dans la famille</w:t>
+                <w:t xml:space="preserve">Analyse d’une pratique sociale en construction : le cas du tri des déchets dans la famille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Fournier Fournier-Schill</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Gestion et management. Université du Droit et de la Santé - Lille II, 2014. Français. </w:t>
+              <w:t xml:space="preserve">Gestion et management. Université Lille 2, 2014. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨NNT : 2014LIL20004⟩</w:t>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">tel-01144184v1</w:t>
+                <w:t xml:space="preserve">tel-02054376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse d’une pratique sociale en construction : le cas du tri des déchets dans la famille</w:t>
+                <w:t xml:space="preserve">Analyse d'une pratique sociale en construction : le cas du tri des déchets dans la famille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Fournier Fournier-Schill</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Gestion et management. Université Lille 2, 2014. Français. </w:t>
+              <w:t xml:space="preserve">Gestion et management. Université du Droit et de la Santé - Lille II, 2014. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+                <w:t xml:space="preserve">⟨NNT : 2014LIL20004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">tel-02054376v1</w:t>
+                <w:t xml:space="preserve">tel-01144184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId160"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -7608,51 +7608,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449743v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Schill" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Fosse-Gomez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbusres.2025.115490" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04004066v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Odou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Chaney" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Roznowicz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2023.136361" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348942v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Godefroit-Winkel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Hogg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0267257X.2023.2241473" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348947v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JSM-11-2020-0472" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962008v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Muratore" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0267257X.2022.2046626" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653124v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatou Diop-Sall" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJRDM-08-2020-0292" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519040v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mbaye Fall Diallo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norchene Ben Dahmane Mouelhi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahesh Gadekar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10551-020-04486-5" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03023332v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mine &#220;&#231;ok-Hugues" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1069031X20963712" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929920v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbusres.2020.08.047" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03487070v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Longo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Chour" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23860/MGDR-2020-05-02-04" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519017v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbusres.2020.01.030" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02091348v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Barbarossa" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2019.03.028" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054344v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/EJM-11-2017-0811" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054346v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JCM-12-2017-2472" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054338v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Lethielleux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Combes-Joret" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grhu.108.0003" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308120v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.088.13.33" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054322v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deirdre Shaw" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054319v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Elgaa&#239;ed&#8209;gambier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Hamdi&#8209;kidar" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05081811v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05081825v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie H&#233;mar-Nicolas" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687541v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Kuntz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348952v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03487095v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Marchais" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Roux" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508700v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Ezan" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518113v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric J. Arnould" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Askegaard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277361v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02966570v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Godefroit Godefroit-Winckel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344021v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02535249v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877114v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877091v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133896v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Schiffler" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02068591v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054756v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162370v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Nimec &#8211; Universit&#233; Le Havre Normandie Ezan" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054408v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054387v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054385v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02068587v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Hemar-Nicolas" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054731v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054411v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054418v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelatif Sadiki" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054444v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054439v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054425v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054703v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Regany" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.H. Fosse-Gomez" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054701v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054704v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054709v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054714v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054710v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00742370v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila El Gaaied" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Hamdi" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Schill," TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284131v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Marcoux" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nil &#214;z&#231;a&#287;lar-Toulouse" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Deroubaix" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054717v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054727v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054726v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054729v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054728v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054730v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687569v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054429v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sammy Bonsu" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054706v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372605v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Bree" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kafia Ayadi" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Charry" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Damay" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687554v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Muratore" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03487129v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manu Navarro" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583632v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Hay" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05107933v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04687592v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04687586v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03206278v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076539v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruxandra Lupu" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bardin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Libran Perez" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077324v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veli-Pekka R&#228;ty" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077394v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077379v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810288v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Kuhfuss" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pariente" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;le Pr&#233;get" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Thoyer" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01144184v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fournier Fournier-Schill" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014LIL20004" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02054376v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05449743v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Schill" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Fosse-Gomez" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbusres.2025.115490" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04004066v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Odou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Chaney" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Roznowicz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2023.136361" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348942v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Godefroit-Winkel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaret Hogg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0267257X.2023.2241473" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03962008v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Muratore" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/0267257X.2022.2046626" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653124v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatou Diop-Sall" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJRDM-08-2020-0292" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348947v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JSM-11-2020-0472" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519040v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mbaye Fall Diallo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norchene Ben Dahmane Mouelhi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahesh Gadekar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10551-020-04486-5" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03023332v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mine &#220;&#231;ok-Hugues" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1069031X20963712" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03487070v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Longo" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Chour" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23860/MGDR-2020-05-02-04" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02929920v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbusres.2020.08.047" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519017v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbusres.2020.01.030" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02091348v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camilla Barbarossa" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2019.03.028" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054344v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/EJM-11-2017-0811" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054346v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JCM-12-2017-2472" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054338v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Lethielleux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Combes-Joret" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/grhu.108.0003" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02308120v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7193/DM.088.13.33" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054322v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deirdre Shaw" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054319v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le&#239;la Elgaa&#239;ed&#8209;gambier" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Hamdi&#8209;kidar" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05081811v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05081825v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie H&#233;mar-Nicolas" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687541v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Kuntz" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04348952v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03508700v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Ezan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03487095v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Marchais" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Roux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03518113v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric J. Arnould" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Askegaard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03277361v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02966570v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Godefroit Godefroit-Winckel" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02133896v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Schiffler" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877114v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02535249v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02344021v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02877091v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02068587v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Hemar-Nicolas" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054387v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054408v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04162370v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Nimec &#8211; Universit&#233; Le Havre Normandie Ezan" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054756v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02068591v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054385v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054731v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054411v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054425v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054444v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054418v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelatif Sadiki" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054439v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054701v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054703v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Regany" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.H. Fosse-Gomez" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054704v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054709v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054714v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054710v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00742370v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leila El Gaaied" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linda Hamdi" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Schill," TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03284131v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Marcoux" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nil &#214;z&#231;a&#287;lar-Toulouse" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Deroubaix" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054717v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054728v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054726v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054729v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054727v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054730v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687569v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054429v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sammy Bonsu" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02054706v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03372605v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Bree" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kafia Ayadi" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Charry" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Damay" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687554v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Muratore" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03583632v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Hay" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03487129v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manu Navarro" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05107933v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04687592v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04687586v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03206278v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077324v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruxandra Lupu" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bardin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veli-Pekka R&#228;ty" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076539v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Libran Perez" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077394v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05077379v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810288v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Kuhfuss" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Pariente" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;le Pr&#233;get" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Thoyer" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02054376v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Fournier Fournier-Schill" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01144184v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014LIL20004" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>