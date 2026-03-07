--- v0 (2026-03-07)
+++ v1 (2026-03-07)
@@ -732,161 +732,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-05101008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aminoglycoside tolerance in Vibrio cholerae engages translational reprogramming associated with queuosine tRNA modification</w:t>
+                <w:t xml:space="preserve">In-host evolution of Yersinia enterocolitica during a chronic human infection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louna Fruchard</w:t>
+                <w:t xml:space="preserve">Cyril Savin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anamaria Babosan</w:t>
+                <w:t xml:space="preserve">Pierre Lê-Bury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andre Carvalho</w:t>
+                <w:t xml:space="preserve">Julien Guglielmini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Lang</w:t>
+                <w:t xml:space="preserve">Thibaut Douché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blaise Li</w:t>
+                <w:t xml:space="preserve">Guillem Mas Fiol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 13, pp.RP96317. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (1), pp.5637. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7554/eLife.96317.3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-025-60782-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05029047v1</w:t>
+                <w:t xml:space="preserve">pasteur-05138169v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Multiyear Longitudinal Harmonization Study of Quality Controls in Mass Spectrometry Proteomics Core Facilities</w:t>
               </w:r>
@@ -1000,191 +1000,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-05076146v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In-host evolution of Yersinia enterocolitica during a chronic human infection</w:t>
+                <w:t xml:space="preserve">Aminoglycoside tolerance in Vibrio cholerae engages translational reprogramming associated with queuosine tRNA modification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cyril Savin</w:t>
+                <w:t xml:space="preserve">Louna Fruchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Lê-Bury</w:t>
+                <w:t xml:space="preserve">Anamaria Babosan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Guglielmini</w:t>
+                <w:t xml:space="preserve">Andre Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaut Douché</w:t>
+                <w:t xml:space="preserve">Manon Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillem Mas Fiol</w:t>
+                <w:t xml:space="preserve">Blaise Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 16 (1), pp.5637. </w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13, pp.RP96317. </w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-025-60782-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7554/eLife.96317.3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-05138169v2</w:t>
+                <w:t xml:space="preserve">hal-05029047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Beyond RNA modification: a novel role for tRNA modifying enzyme in oxidative stress response and metabolism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louna Fruchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Sudol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1728,51 +1728,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maria J Azevedo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Morais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Douché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Reports</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 14 (1), pp.14815. </w:t>
@@ -1804,161 +1804,161 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-05076147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proteomic landscape of tunneling nanotubes reveals CD9 and CD81 tetraspanins as key regulators</w:t>
+                <w:t xml:space="preserve">Profiling Cullin4-E3 Ligases Interactomes and Their Rewiring in Influenza A Virus Infection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roberto Notario Manzano</w:t>
+                <w:t xml:space="preserve">Guillaume Dugied</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Chaze</w:t>
+                <w:t xml:space="preserve">Thibaut Douche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Rubinstein</w:t>
+                <w:t xml:space="preserve">Melanie dos Santos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Giai Gianetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Esthel Pénard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Mariette Matondo</w:t>
+                <w:t xml:space="preserve">Camille Cassonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">eLife</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 13, pp.RP99172. </w:t>
+              <w:t xml:space="preserve">Molecular and Cellular Proteomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 23 (11), pp.100856. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7554/eLife.99172⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mcpro.2024.100856⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-04620128v2</w:t>
+                <w:t xml:space="preserve">pasteur-04854515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phosphoproteomic analysis of the response to DNA damage in Trypanosoma brucei</w:t>
               </w:r>
@@ -1983,250 +1983,250 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monica Gabriela Zavala Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Dujeancourt-Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Chaze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Giai Gianetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Biological Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 300 (9), pp.107657. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jbc.2024.107657⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-04854518v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Profiling Cullin4-E3 Ligases Interactomes and Their Rewiring in Influenza A Virus Infection</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Proteomic landscape of tunneling nanotubes reveals CD9 and CD81 tetraspanins as key regulators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibaut Douche</w:t>
+                <w:t xml:space="preserve">Roberto Notario Manzano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Chaze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Melanie dos Santos</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Quentin Giai Gianetto</w:t>
+                <w:t xml:space="preserve">Eric Rubinstein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Camille Cassonnet</w:t>
+                <w:t xml:space="preserve">Esthel Pénard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariette Matondo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular and Cellular Proteomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 23 (11), pp.100856. </w:t>
+              <w:t xml:space="preserve">eLife</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 13, pp.RP99172. </w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mcpro.2024.100856⟩</w:t>
+                <w:t xml:space="preserve">⟨10.7554/eLife.99172⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-04854515v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04620128v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The RBPome of influenza A virus NP-mRNA reveals a role for TDP-43 in viral replication</w:t>
               </w:r>
@@ -2385,51 +2385,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nina Ljubojevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sevan Belian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Chaze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daryl Castaneda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2787,51 +2787,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Douché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nils Collinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2876,377 +2876,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-04109470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hemisynthetic alkaloids derived from trilobine are antimalarials with sustained activity in multidrug-resistant Plasmodium falciparum</w:t>
+                <w:t xml:space="preserve">Acetylation regulates the oligomerization state and activity of RNase J, the Helicobacter pylori major ribonuclease</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flore Nardella</w:t>
+                <w:t xml:space="preserve">Alejandro Tejada-Arranz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irina Dobrescu</w:t>
+                <w:t xml:space="preserve">Aleksei Lulla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haitham Hassan</w:t>
+                <w:t xml:space="preserve">Maxime Bouilloux-Lafont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Rodrigues</w:t>
+                <w:t xml:space="preserve">Evelyne Turlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabine Thiberge</w:t>
+                <w:t xml:space="preserve">Xue-Yuan Pei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">iScience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 26 (2), pp.105940. </w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (1), pp.8072. </w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.isci.2023.105940⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41467-023-43825-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-04099097v1</w:t>
+                <w:t xml:space="preserve">hal-04612500v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Acetylation regulates the oligomerization state and activity of RNase J, the Helicobacter pylori major ribonuclease</w:t>
+                <w:t xml:space="preserve">Hemisynthetic alkaloids derived from trilobine are antimalarials with sustained activity in multidrug-resistant Plasmodium falciparum</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alejandro Tejada-Arranz</w:t>
+                <w:t xml:space="preserve">Flore Nardella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aleksei Lulla</w:t>
+                <w:t xml:space="preserve">Irina Dobrescu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Bouilloux-Lafont</w:t>
+                <w:t xml:space="preserve">Haitham Hassan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evelyne Turlin</w:t>
+                <w:t xml:space="preserve">Fabien Rodrigues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xue-Yuan Pei</w:t>
+                <w:t xml:space="preserve">Sabine Thiberge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 14 (1), pp.8072. </w:t>
+              <w:t xml:space="preserve">iScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 26 (2), pp.105940. </w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-023-43825-8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.isci.2023.105940⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04612500v1</w:t>
+                <w:t xml:space="preserve">pasteur-04099097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yersiniomics, a Multi-Omics Interactive Database for &amp;lt;i&amp;gt;Yersinia&amp;lt;/i&amp;gt; Species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lê-Bury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karen Druart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Savin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lechat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillem Mas Fiol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microbiology Spectrum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 11 (2), </w:t>
@@ -3310,51 +3310,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selma Metaane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Monteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Douché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Giai Gianetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3444,51 +3444,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu von Joest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cheng Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Douché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Chantrel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3604,51 +3604,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Vimont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Kornobis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Chaze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nature Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 13 (1), pp.6634. </w:t>
@@ -3680,291 +3680,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-03853858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacterial Membrane Vesicles as a Novel Strategy for Extrusion of Antimicrobial Bismuth Drug in Helicobacter pylori</w:t>
+                <w:t xml:space="preserve">RNase E and HupB dynamics foster mycobacterial cell homeostasis and fitness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sumith Kumar</w:t>
+                <w:t xml:space="preserve">Anna Griego</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Douché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Giai Gianetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariette Matondo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Schmitt</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Giulia Manina</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">mBio</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/mbio.01633-22⟩</w:t>
+              <w:t xml:space="preserve">iScience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 25 (5), pp.104233. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.isci.2022.104233⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-04093078v1</w:t>
+                <w:t xml:space="preserve">pasteur-03693876v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RNase E and HupB dynamics foster mycobacterial cell homeostasis and fitness</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bacterial Membrane Vesicles as a Novel Strategy for Extrusion of Antimicrobial Bismuth Drug in Helicobacter pylori</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sumith Kumar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Gorgette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anna Griego</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Mariette Matondo</w:t>
+                <w:t xml:space="preserve">Martial Marbouty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Giulia Manina</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Magalie Duchateau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">iScience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 25 (5), pp.104233. </w:t>
+              <w:t xml:space="preserve">mBio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (5), pp.e0163322. </w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.isci.2022.104233⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/mbio.01633-22⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-03693876v1</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-04093078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel screening strategy to identify histone methyltransferase inhibitors reveals a crosstalk between DOT1L and CARM1</w:t>
               </w:r>
@@ -4123,51 +4123,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Locard-Paulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Noël</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Duchateau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Giai Gianetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4365,51 +4365,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In-Depth Characterization of the Clostridioides difficile Phosphoproteome to Identify Ser/Thr Kinase Substrates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transito Garcia-Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Douché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Giai Gianetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4525,51 +4525,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Blatzer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bardon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Chaze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Giai Gianetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4646,51 +4646,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clarisse Leseigneur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Boucontet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Duchateau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javier Pizarro-Cerda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4767,51 +4767,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proteomic Analysis of Humoral Immune Components in Bronchoalveolar Lavage of Patients Infected or Colonized by Aspergillus fumigatus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Dellière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Duchateau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Sze Wah Wong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4940,51 +4940,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juan Quereda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Sachse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Giulia Manina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 118 (40), pp.e2108155118. </w:t>
@@ -5048,51 +5048,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Stévenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Giai Gianetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Duchateau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariette I Matondo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5150,295 +5150,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-03413242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quality standards in proteomics research facilities</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Proteomic Analysis Uncovers Measles Virus Protein C Interaction With p65–iASPP Protein Complex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karel Stejskal</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">Alice Meignié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chantal Combredet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Santolini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">István Kovács</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Douché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMBO Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15252/embr.202152626⟩</w:t>
+              <w:t xml:space="preserve">Molecular and Cellular Proteomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 20, pp.100049. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mcpro.2021.100049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-03258884v1</w:t>
+                <w:t xml:space="preserve">pasteur-03184181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Proteomic Analysis Uncovers Measles Virus Protein C Interaction With p65–iASPP Protein Complex</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marc Santolini</w:t>
+                <w:t xml:space="preserve">Quality standards in proteomics research facilities</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Chiva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teresa Mendes Maia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Panse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">István Kovács</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId56" w:history="1">
+                <w:t xml:space="preserve">Karel Stejskal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Douché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular and Cellular Proteomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 20, pp.100049. </w:t>
+              <w:t xml:space="preserve">EMBO Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 22 (6), pp.e52626. </w:t>
             </w:r>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mcpro.2021.100049⟩</w:t>
+                <w:t xml:space="preserve">⟨10.15252/embr.202152626⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-03184181v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03258884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">RNase R is associated in a functional complex with the RhpA DEAD-box RNA helicase in Helicobacter pylori</w:t>
               </w:r>
@@ -5463,51 +5463,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rute G Matos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Quentin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Bouilloux-Lafont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eloïse Galtier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5744,51 +5744,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anastasia Gazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Moyrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Chaze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of extracellular vesicles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 10 (10), pp.e12129. </w:t>
@@ -5865,51 +5865,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Poncet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Cuenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Douché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Giai Gianetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6146,51 +6146,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Gatellier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Chabrolles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Chaze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS ONE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 15 (5), pp.e0232585. </w:t>
@@ -6267,51 +6267,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Jeannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Burlaud-Gaillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Chaze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Giai Gianetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6356,295 +6356,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03184236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phosphorylation-Dependent Assembly of a 14-3-3 Mediated Signaling Complex during Red Blood Cell Invasion by Plasmodium falciparum Merozoites</w:t>
+                <w:t xml:space="preserve">Shigella hijacks the exocyst to cluster macropinosomes for efficient vacuolar escape</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kunal R. More</w:t>
+                <w:t xml:space="preserve">Yuen-Yan Chang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Stévenin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magalie Duchateau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Giai Gianetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inderjeet Kaur</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Thibault Chaze</w:t>
+                <w:t xml:space="preserve">Veronique Hourdel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">mBio</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/mBio.01287-20⟩</w:t>
+              <w:t xml:space="preserve">PLoS Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 16 (8), pp.e1008822. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1008822⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-03070670v1</w:t>
+                <w:t xml:space="preserve">pasteur-03070694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId280" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shigella hijacks the exocyst to cluster macropinosomes for efficient vacuolar escape</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Phosphorylation-Dependent Assembly of a 14-3-3 Mediated Signaling Complex during Red Blood Cell Invasion by Plasmodium falciparum Merozoites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kunal R. More</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yuen-Yan Chang</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Magalie Duchateau</w:t>
+                <w:t xml:space="preserve">Inderjeet Kaur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Giai Gianetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Veronique Hourdel</w:t>
+                <w:t xml:space="preserve">Brandon Invergo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Chaze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Pathogens</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 16 (8), pp.e1008822. </w:t>
+              <w:t xml:space="preserve">mBio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (4), pp.e01287-20. </w:t>
             </w:r>
             <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1008822⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1128/mBio.01287-20⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId280" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-03070694v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-03070670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of the gut microbiota on the m 6 A epitranscriptome of mouse cecum and liver</w:t>
               </w:r>
@@ -6924,51 +6924,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diogo Lima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Duchateau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Giai Gianetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7326,51 +7326,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Filipe Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Spier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Chaze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariette Matondo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7715,90 +7715,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of Extracellular Vesicles Produced by Aspergillus fumigatus Protoplasts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliana Rizzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Chaze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kildare Miranda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Roberson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gorgette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">MSphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 5 (4), pp.00476-20. </w:t>
@@ -8130,64 +8130,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Cuenot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transito Garcia-Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Douche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Gorgette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Courtin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8232,563 +8232,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-02164685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RadD Contributes to R-Loop Avoidance in Sub-MIC Tobramycin</w:t>
+                <w:t xml:space="preserve">CotL, a new morphogenetic spore coat protein of Clostridium difficile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Veronica Negro</w:t>
+                <w:t xml:space="preserve">Carolina Alves Feliciano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Douche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Giai Gianetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariette I Matondo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evelyne Krin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Quentin Giai Gianetto</w:t>
+                <w:t xml:space="preserve">Isabelle Martin-Verstraete</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">mBio</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/mBio.01173-19⟩</w:t>
+              <w:t xml:space="preserve">Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 21 (3), pp.984-1003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/1462-2920.14505⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">pasteur-02171194v1</w:t>
+                <w:t xml:space="preserve">pasteur-02331056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId355" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Post-translational acylation controls the folding and functions of the CyaA RTX toxin</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">RadD Contributes to R-Loop Avoidance in Sub-MIC Tobramycin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronica Negro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId356" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Darragh O'Brien</w:t>
+                <w:t xml:space="preserve">Evelyne Krin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId357" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara E Cannella</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Marilyne Davi</w:t>
+                <w:t xml:space="preserve">Sebastian Aguilar Pierlé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Chaze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Giai Gianetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FASEB Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1096/fj.201802442RR⟩</w:t>
+              <w:t xml:space="preserve">mBio</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10 (4), pp.e01173-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/mBio.01173-19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId355" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-02330713v1</w:t>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02171194v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The puzzling construction of the conidial outer layer of Aspergillus fumigatus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Post-translational acylation controls the folding and functions of the CyaA RTX toxin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darragh O'Brien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabel Valsecchi</w:t>
+                <w:t xml:space="preserve">Sara E Cannella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Voegele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Dupres</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Mariette Matondo</w:t>
+                <w:t xml:space="preserve">Dorothée Raoux-Barbot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marilyne Davi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cellular Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/cmi.12994⟩</w:t>
+              <w:t xml:space="preserve">FASEB Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 33 (9), pp.10065-10076. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId363" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1096/fj.201802442RR⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-02306662v1</w:t>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02330713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId366" w:history="1">
+            <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CotL, a new morphogenetic spore coat protein of Clostridium difficile</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The puzzling construction of the conidial outer layer of Aspergillus fumigatus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabel Valsecchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId366" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Dupres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carolina Alves Feliciano</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Mariette I Matondo</w:t>
+                <w:t xml:space="preserve">Jean-Philippe Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Martin-Verstraete</w:t>
+                <w:t xml:space="preserve">Magalie I Duchateau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariette Matondo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 21 (3), pp.984-1003. </w:t>
+              <w:t xml:space="preserve">Cellular Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 21 (5), pp.e12994. </w:t>
             </w:r>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/1462-2920.14505⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/cmi.12994⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId366" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">pasteur-02331056v1</w:t>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">pasteur-02306662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Adenylate Cyclase (CyaA) Toxin from Bordetella pertussis Has No Detectable Phospholipase A (PLA) Activity In Vitro</w:t>
               </w:r>
@@ -8800,64 +8800,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Voegele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId371" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mirko Sadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée Raoux-Barbot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Douche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariette Matondo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8960,51 +8960,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stevenn Volant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathanaël Veluppillai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Duchateau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Pathogens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 15 (9), pp.e1008070. </w:t>
@@ -9042,51 +9042,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assembly and disassembly of Aspergillus fumigatus conidial rodlets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isabel Valsecchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Lai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9189,77 +9189,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic Growth and Shrinkage of the Salmonella-Containing Vacuole Determines the Intracellular Pathogen Niche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Stévenin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuen-Yan Chang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yoann Le Toquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Duchateau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Giai Gianetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9362,51 +9362,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stevenn Volant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathanaël Veluppillai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie I Duchateau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PLoS Pathogens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 15 (7), pp.e1007945. </w:t>
@@ -9457,51 +9457,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proteomic analysis of plasma extracellular vesicles reveals mitochondrial stress upon HTLV-1 infection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Jeannin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Chaze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Giai Gianetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9604,51 +9604,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge Vitório Pereira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Chaze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Giai Gianetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9725,51 +9725,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MUB40 Binds to Lactoferrin and Stands as a Specific Neutrophil Marker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mark C. Anderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Chaze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves-Marie Coïc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10006,51 +10006,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Besson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId412" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Sonthonnax</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Duchateau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youcef Ben Khalifa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10127,51 +10127,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Outer Membrane Proteome of Veillonella parvula: A Diderm Firmicute of the Human Microbiome</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel I Poppleton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie I Duchateau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique I Hourdel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10261,51 +10261,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization of Post-Translational Modifications and Cytotoxic Properties of the Adenylate-Cyclase Hemolysin Produced by Various Bordetella pertussis and Bordetella parapertussis Isolates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Bouchez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Douche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélody Dazas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10542,64 +10542,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magali Lago</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Monteil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Douche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Guglielmini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Criscuolo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -10944,51 +10944,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claudia Demarta-Gatsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leanna Smith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sabine Thiberge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId452" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Peronet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11065,51 +11065,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The COPII complex and lysosomal VAMP7 determine intracellular Salmonella localization and growth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Carlos Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId368" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie I Duchateau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Fredlund</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12775,51 +12775,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Armelle Roisin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId527" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandra Desrames</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Chaze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariette Matondo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13076,64 +13076,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heidy Vera-Peralta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId536" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Najburg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chantal Combredet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Douché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Giai Gianetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -13888,64 +13888,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId554" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dual proteomic signature of immune cells and Yersinia pestis upon blood infection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Lê-Bury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Douché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Giai Gianetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14176,51 +14176,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Vimont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId561" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cokelaer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Chaze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -14486,103 +14486,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId569" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Queuosine modification of tRNA-Tyrosine elicits translational reprogramming and enhances growth of Vibrio cholerae with aminoglycosides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louna Fruchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anamaria Babosan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andre Carvalho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blaise Li</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -14748,51 +14748,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilia Mclaughlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annick Dujeancourt-Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Chaze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Giai Gianetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14892,51 +14892,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Vimont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Kornobis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Chaze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -14984,51 +14984,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Michael Henderson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nina Ljubojevic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Chaze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daryl Castaneda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15220,51 +15220,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diogo Borges Lima</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Dupré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magalie Duchateau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Giai Gianetto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15443,77 +15443,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Post-translational acylation controls the folding and functions of the CyaA RTX toxin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId586" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Darragh P O'Brien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara E Cannella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Voegele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId358" w:history="1">
+            <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorothée Raoux-Barbot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId587" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maryline Davi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -15756,51 +15756,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C26D610C"/>
+    <w:nsid w:val="F34612EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -15987,51 +15987,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mariette-matondo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3958-7710" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/155602225" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534765v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Kayser" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Druart" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonore Bouscasse" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette Matondo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Chane" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2025.1705130" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515090v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Hulin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Rifflet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Castelli" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Giai Gianetto" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fenaille" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines14010026" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05097185v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana P Baquero" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Borrel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Gazi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Martin-Gallausiaux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginija Cvirkaite-Krupovic" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-60272-9" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05101008v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Abb&#252;hl" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Pru&#382;incov&#225;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lud&#283;k &#352;t&#283;p&#225;nek" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Azevedo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jcs.264145" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029047v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louna Fruchard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anamaria Babosan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Carvalho" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lang" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Li" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.96317.3" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05076146v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Chiva" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Olivella" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An Staes" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Mendes Maia" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Panse" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.4c00359" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05138169v2" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Savin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre L&#234;-Bury" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guglielmini" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Douch&#233;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Mas Fiol" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-60782-6" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05438616v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Sudol" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Rouard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Treffkorn-Maurau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Hardy" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaf1276" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05091949v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Prochasson" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makram Mghezzi-Habellah" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Roisin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Palma" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Robin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaf434" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05381127v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Alemany" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane da Gra&#231;a" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Dupont" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Paisant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3002958" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05133401v3" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Godmer" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahia Benzerara" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Varon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Veziris" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2025.128796" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05076147v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana F Ferreira" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#225;bio Trindade" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria J Azevedo" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Morais" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-65612-1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04620128v2" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Notario Manzano" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Chaze" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Rubinstein" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esthel P&#233;nard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.99172" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04854518v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Mclaughlin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Gabriela Zavala Martinez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Dujeancourt-Henry" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbc.2024.107657" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04854515v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dugied" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Douche" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie dos Santos" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Cassonnet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mcpro.2024.100856" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612484v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Krischuns" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Bonazza" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkae291" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04315132v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Michael Henderson" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Ljubojevic" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sevan Belian" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daryl Castaneda" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embj.2023113761" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04099827v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Auria" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Hunault" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick England" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Monot" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Pipoli da Fonseca" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41522-023-00393-5" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612504v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ascel Samba-Louaka" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Labruy&#232;re" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Locard-Paulet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Olivo-Marin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms11112670" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04109470v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Matczak" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bouchez" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Leroux" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Collinet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micinf.2023.105152" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04099097v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Nardella" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Dobrescu" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haitham Hassan" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Rodrigues" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Thiberge" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2023.105940" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612500v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Tejada-Arranz" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksei Lulla" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bouilloux-Lafont" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Turlin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xue-Yuan Pei" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-43825-8" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04102830v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lechat" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.03826-22" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04582026v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma Metaane" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Monteil" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0291736" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04093575v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu von Joest" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheng Chen" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Chantrel" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chiche" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2022.111074" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03853858v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erminia Donnarumma" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Kohlhaas" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Vimont" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Kornobis" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-34316-3" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04093078v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumith Kumar" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Schmitt" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gorgette" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Marbouty" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Duchateau" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.01633-22" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03693876v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Griego" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Manina" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2022.104233" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03693863v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Si" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Bon" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Barbachowska" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Cadet-Daniel" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Jallet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1cb00095k" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03728227v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bernard" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril No&#235;l" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-31832-0" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03615912v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Piel" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Shanmugha Rajan" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Bussotti" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Varet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Legendre" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1010375" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04093631v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Transito Garcia-Garcia" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Poncet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine El Omrani" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mcpro.2022.100428" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996889v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Duceau" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Blatzer" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bardon" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-23544-8" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812608v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Leseigneur" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Boucontet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Pizarro-Cerda" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.79941" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03243511v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Delli&#232;re" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Sze Wah Wong" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Guegan" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2021.677798" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620714v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jazm&#237;n Meza-Torres" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Lelek" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Quereda" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Sachse" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2108155118" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03413242v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie St&#233;venin" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette I Matondo" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jost Enninga" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41596-021-00610-5" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03258884v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karel Stejskal" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embr.202152626" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03184181v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Meigni&#233;" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Combredet" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Santolini" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istv&#225;n Kov&#225;cs" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mcpro.2021.100049" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03242387v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Tejada Arranz" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rute G Matos" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Quentin" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Galtier" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkab283" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157335v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariano Genera" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Quioc-Salomon" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Nourisson" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Colcombet-Cazenave" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Haouz" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-79580-9" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03247018v2" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Rizzo" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Moyrand" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jev2.12129" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03243540v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Cuenot" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00519-21" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03184205v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanouk Epelboin" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lanjiao Wang" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Choumet" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gaborit" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0243992" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02737604v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Besson" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Basset" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Gatellier" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chabrolles" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0232585" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03184236v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Legros" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Jeannin" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Burlaud-Gaillard" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0008282" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03070670v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kunal R. More" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inderjeet Kaur" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon Invergo" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.01287-20" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03070694v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuen-Yan Chang" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Hourdel" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1008822" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573165v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Jabs" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Biton" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe B&#233;cavin" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Nahori" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Ghozlane" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-15126-x" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02572914v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gizem &#214;zbaykal" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Wollrab" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Simon" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Vigouroux" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Cordier" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.50629" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03014113v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diogo Lima" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Dupr&#233;" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Jean-Pierre Rey" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btaa958" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02555570v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arturo Aguilar-Rojas" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Castellanos-Castro" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cmi.13203" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516165v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darragh P. O'Brien" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Voegele" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothee Raoux-Barbot" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyne Davi" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Cannella" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2019.11.1189" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02389987v2" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe Carvalho" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Spier" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Cossart" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.03171-19" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02557366v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Addi" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Presle" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fr&#233;mont" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Cuvelier" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Rocancourt" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-15205-z" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470461v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Aristov" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Alvarez" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.51998" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03070686v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kildare Miranda" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Roberson" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSphere.00476-20" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02543964v2" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Maffei" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Laverri&#232;re" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongzheng Wu" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Triboulet" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Perrinet" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embj.2019102166" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03096880v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dumas" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hany Goubran&#8208;botros" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Pagan" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Boul&#232;gue" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jpi.12713" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02164685v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Courtin" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.00005-19" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02171194v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Negro" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Krin" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Aguilar Pierl&#233;" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.01173-19" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02330713v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darragh O'Brien" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara E Cannella" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Raoux-Barbot" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.201802442RR" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02306662v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Valsecchi" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dupres" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Michel" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie I Duchateau" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cmi.12994" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02331056v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Alves Feliciano" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Martin-Verstraete" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.14505" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02329482v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirko Sadi" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins11020111" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02612897v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Hommel" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Sturny-Lecl&#232;re" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stevenn Volant" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Veluppillai" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1008070" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02306653v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Lai" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Stephen-Victor" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Pill&#233;" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Beaussart" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcsw.2019.100023" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02557367v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Le Toquin" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2019.11.049" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02330812v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1007945" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01744767v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gout" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-23505-0" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01857244v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Vit&#243;rio Pereira" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chevalier" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Impens" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2018.03.116" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02573125v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark C. Anderson" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Co&#239;c" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Injarabian" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friederike J&#246;nsson" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chembiol.2018.01.014" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095567v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Duriez" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe D. Masselon" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Mesmin" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Court" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Demeure" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.6b00979" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02573147v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Sonthonnax" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youcef Ben Khalifa" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Larrous" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1006697" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01555366v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel I Poppleton" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique I Hourdel" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer I Flechsler" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01215" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02573143v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Bouchez" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lody Dazas" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Delaplane" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins9100304" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02619400v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Marcellin" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Chaoui" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Bousquet-Dubouch" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gonzalez-De-Peredo" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.201600089" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01540240v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Lago" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Criscuolo" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-02362-3" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371041v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena de Fatima Magliarelli" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerg&#337; M&#233;sz&#225;ros" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Goginashvili" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Erbs" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/cddis.2016.312" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02573601v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inmaculada Segura" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lange" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Knevels" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasiya Moskalyuk" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rocco Pulizzi" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2016.02.047" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01431690v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Demarta-Gatsi" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leanna Smith" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Peronet" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Commere" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20151976" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01899448v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Carlos Santos" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Fredlund" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allon Weiner" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Mallet" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cmi.12475" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573640v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Surinova" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meena Choi" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sha Tao" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Sch&#252;ffler" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ching&#8208;yun Chang" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/emmm.201404873" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573666v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aki Heikkinen" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arno Friedlein" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Hatley" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksanteri Petsalo" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11095-014-1446-8" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02619322v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Rosenberger" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ching Chiek Koh" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiannan Guo" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannes R&#246;st" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petri Kouvonen" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sdata.2014.31" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02619312v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Gerster" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taejoon Kwon" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Ludwig" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Vogel" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/mcp.M112.025445" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02619035v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Selevsek" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Sanchez Carbayo" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruedi Aebersold" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Domon" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.201000599" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/26F1B944863FDB02220A6743ACC54C5F23962ACF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420104v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Polge" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Elisabeth Heng" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Jarzaguet" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ventadour" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Claustre" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.11-180968" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02619031v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Allory" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Garin" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.201000566" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-H9STCR2S-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02502900v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gallay" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Uttenweiler-Joseph" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Recher" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.leukres.2009.09.020" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LW5ZG0WN-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503563v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Baudelet" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gu&#233;rin" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/mcp.M800193-MCP200" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519759v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Froment" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Borges" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.200401281" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DZG8NL27-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544282v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Moul&#233;dous" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Neasta" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Stella" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1124/mol.105.013391" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894582v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Desrames" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357004v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robbe Devreese" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Jachmann" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart van Puyvelde" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holda A Anagho-Mattanovich" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Witold E Wolski" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638406v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidy Vera-Peralta" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Najburg" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-3870-5_7" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612473v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Maronde" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-2593-4_16" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03243649v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Gian Gianetto" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-44826-4_16" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544326v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuelle Ducoux-Petit" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Monsarrat" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/protocol/10.1007%2F978-1-59745-028-7_21" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-59745-028-7_21" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03318523v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A-E Heng" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132641v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Da Gra&#231;a" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Giai-Gianetto" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04585310v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Pizarro-Cerd&#225;" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309119v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Prochasson" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04093359v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Patitucci" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Diego Hern&#225;ndez-Camacho" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cokelaer" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04097504v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael G Connor" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Sanchez" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew G Eldridge" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447592v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Connor" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Camarasa" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04093412v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04224327v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Cottis" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Blisnick" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mitri" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Brito-Fravallo" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04093539v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03853920v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871048v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Michael Henderson" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Battistella" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03093327v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=To Nam Tham" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03243560v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diogo Borges Lima" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03210825v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03221015v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darragh P O'Brien" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Davi" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02573060v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enno Oldewurtel" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/mariette-matondo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3958-7710" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/155602225" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05534765v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Kayser" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Druart" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eleonore Bouscasse" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette Matondo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233;a Chane" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2025.1705130" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05515090v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Hulin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Rifflet" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Castelli" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Giai Gianetto" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fenaille" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines14010026" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05097185v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana P Baquero" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Borrel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasia Gazi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Martin-Gallausiaux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginija Cvirkaite-Krupovic" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-60272-9" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05101008v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Abb&#252;hl" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Pru&#382;incov&#225;" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lud&#283;k &#352;t&#283;p&#225;nek" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rita Azevedo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1242/jcs.264145" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05138169v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Savin" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre L&#234;-Bury" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Guglielmini" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Douch&#233;" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Mas Fiol" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-60782-6" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05076146v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Chiva" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Olivella" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An Staes" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Mendes Maia" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Panse" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.4c00359" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029047v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louna Fruchard" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anamaria Babosan" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre Carvalho" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lang" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blaise Li" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.96317.3" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05438616v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Sudol" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Rouard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Treffkorn-Maurau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Hardy" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaf1276" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05091949v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Prochasson" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makram Mghezzi-Habellah" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Roisin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Palma" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Robin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkaf434" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05381127v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Alemany" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane da Gra&#231;a" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Dupont" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Paisant" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pbio.3002958" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05133401v3" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Godmer" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yahia Benzerara" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Varon" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Veziris" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2025.128796" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-05076147v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana F Ferreira" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#225;bio Trindade" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria J Azevedo" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Morais" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-65612-1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04854515v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dugied" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Douche" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie dos Santos" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Cassonnet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mcpro.2024.100856" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04854518v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilia Mclaughlin" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Gabriela Zavala Martinez" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Dujeancourt-Henry" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Chaze" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbc.2024.107657" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04620128v2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Notario Manzano" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Rubinstein" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Esthel P&#233;nard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.99172" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612484v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tim Krischuns" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Bonazza" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkae291" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04315132v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Michael Henderson" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Ljubojevic" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sevan Belian" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daryl Castaneda" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embj.2023113761" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04099827v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emile Auria" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Hunault" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick England" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Monot" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Pipoli da Fonseca" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41522-023-00393-5" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612504v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ascel Samba-Louaka" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Labruy&#232;re" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Locard-Paulet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Olivo-Marin" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms11112670" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04109470v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Matczak" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bouchez" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Leroux" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nils Collinet" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micinf.2023.105152" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612500v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Tejada-Arranz" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksei Lulla" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Bouilloux-Lafont" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Turlin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xue-Yuan Pei" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-023-43825-8" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04099097v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flore Nardella" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irina Dobrescu" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haitham Hassan" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Rodrigues" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Thiberge" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2023.105940" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04102830v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lechat" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/spectrum.03826-22" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04582026v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selma Metaane" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Monteil" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0291736" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04093575v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu von Joest" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheng Chen" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Chantrel" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Chiche" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2022.111074" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03853858v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erminia Donnarumma" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Kohlhaas" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Vimont" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Kornobis" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-34316-3" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03693876v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Griego" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Manina" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2022.104233" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04093078v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumith Kumar" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Schmitt" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gorgette" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Marbouty" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Duchateau" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mbio.01633-22" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03693863v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Si" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Bon" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Barbachowska" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Cadet-Daniel" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Jallet" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d1cb00095k" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03728227v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Bernard" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril No&#235;l" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-31832-0" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03615912v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Piel" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Shanmugha Rajan" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Bussotti" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Varet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Legendre" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1010375" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04093631v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Transito Garcia-Garcia" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Poncet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine El Omrani" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mcpro.2022.100428" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03996889v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Duceau" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Blatzer" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Bardon" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-23544-8" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03812608v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Leseigneur" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Boucontet" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Pizarro-Cerda" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/elife.79941" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03243511v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Delli&#232;re" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Sze Wah Wong" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Guegan" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2021.677798" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03620714v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jazm&#237;n Meza-Torres" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Lelek" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Quereda" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Sachse" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2108155118" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03413242v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie St&#233;venin" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariette I Matondo" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jost Enninga" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41596-021-00610-5" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03184181v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Meigni&#233;" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Combredet" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Santolini" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Istv&#225;n Kov&#225;cs" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mcpro.2021.100049" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03258884v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karel Stejskal" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embr.202152626" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03242387v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Tejada Arranz" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rute G Matos" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Quentin" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Galtier" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkab283" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157335v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariano Genera" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Quioc-Salomon" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonin Nourisson" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Colcombet-Cazenave" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Haouz" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-020-79580-9" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03247018v2" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliana Rizzo" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Moyrand" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jev2.12129" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03243540v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Cuenot" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.00519-21" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03184205v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanouk Epelboin" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lanjiao Wang" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Choumet" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gaborit" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0243992" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02737604v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Besson" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Basset" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Gatellier" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chabrolles" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0232585" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03184236v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Legros" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Jeannin" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Burlaud-Gaillard" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0008282" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03070694v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuen-Yan Chang" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Hourdel" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1008822" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03070670v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kunal R. More" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inderjeet Kaur" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brandon Invergo" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.01287-20" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573165v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Jabs" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Biton" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe B&#233;cavin" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Nahori" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine Ghozlane" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-15126-x" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02572914v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gizem &#214;zbaykal" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Wollrab" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Simon" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Vigouroux" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Cordier" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.50629" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03014113v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diogo Lima" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Dupr&#233;" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Jean-Pierre Rey" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/bioinformatics/btaa958" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02555570v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arturo Aguilar-Rojas" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Castellanos-Castro" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cmi.13203" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02516165v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darragh P. O'Brien" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Voegele" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorothee Raoux-Barbot" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilyne Davi" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Cannella" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bpj.2019.11.1189" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02389987v2" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filipe Carvalho" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Spier" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Cossart" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.03171-19" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02557366v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Addi" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Presle" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Fr&#233;mont" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Cuvelier" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Rocancourt" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-020-15205-z" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02470461v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrey Aristov" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Alvarez" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7554/eLife.51998" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03070686v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kildare Miranda" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Roberson" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mSphere.00476-20" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02543964v2" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Maffei" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Laverri&#232;re" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongzheng Wu" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Triboulet" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Perrinet" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embj.2019102166" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03096880v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dumas" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hany Goubran&#8208;botros" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Pagan" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Boul&#232;gue" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/jpi.12713" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02164685v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Courtin" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/IAI.00005-19" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02331056v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Alves Feliciano" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Martin-Verstraete" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1462-2920.14505" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02171194v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronica Negro" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Krin" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastian Aguilar Pierl&#233;" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/mBio.01173-19" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02330713v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darragh O'Brien" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara E Cannella" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doroth&#233;e Raoux-Barbot" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.201802442RR" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02306662v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Valsecchi" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dupres" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Michel" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie I Duchateau" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cmi.12994" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02329482v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirko Sadi" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins11020111" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02612897v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Hommel" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Sturny-Lecl&#232;re" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stevenn Volant" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathana&#235;l Veluppillai" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1008070" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02306653v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Lai" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Stephen-Victor" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Pill&#233;" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Beaussart" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tcsw.2019.100023" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02557367v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Le Toquin" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2019.11.049" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02330812v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1007945" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01744767v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Gout" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-23505-0" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01857244v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Vit&#243;rio Pereira" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chevalier" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Impens" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2018.03.116" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02573125v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark C. Anderson" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Co&#239;c" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Injarabian" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friederike J&#246;nsson" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chembiol.2018.01.014" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02095567v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Duriez" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe D. Masselon" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Mesmin" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Court" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Demeure" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.6b00979" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02573147v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Sonthonnax" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youcef Ben Khalifa" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Larrous" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1006697" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01555366v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel I Poppleton" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique I Hourdel" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer I Flechsler" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.01215" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02573143v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Bouchez" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lody Dazas" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Delaplane" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/toxins9100304" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02619400v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Marcellin" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karima Chaoui" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Pierre Bousquet-Dubouch" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gonzalez-De-Peredo" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.201600089" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01540240v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Lago" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Criscuolo" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-02362-3" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371041v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena de Fatima Magliarelli" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerg&#337; M&#233;sz&#225;ros" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Goginashvili" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Erbs" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/cddis.2016.312" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02573601v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inmaculada Segura" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Lange" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ellen Knevels" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anastasiya Moskalyuk" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rocco Pulizzi" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2016.02.047" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01431690v1" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Demarta-Gatsi" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leanna Smith" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Peronet" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Commere" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20151976" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-01899448v1" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Carlos Santos" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Fredlund" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allon Weiner" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Mallet" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cmi.12475" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573640v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Surinova" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meena Choi" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sha Tao" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Sch&#252;ffler" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ching&#8208;yun Chang" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/emmm.201404873" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02573666v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aki Heikkinen" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arno Friedlein" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Hatley" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aleksanteri Petsalo" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11095-014-1446-8" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02619322v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Rosenberger" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ching Chiek Koh" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiannan Guo" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannes R&#246;st" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Petri Kouvonen" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/sdata.2014.31" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02619312v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Gerster" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taejoon Kwon" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Ludwig" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Vogel" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/mcp.M112.025445" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02619035v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Selevsek" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Sanchez Carbayo" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruedi Aebersold" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Domon" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.201000599" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/26F1B944863FDB02220A6743ACC54C5F23962ACF/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02420104v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Polge" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Elisabeth Heng" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Jarzaguet" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ventadour" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agnes Claustre" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.11-180968" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02619031v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Allory" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Garin" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.201000566" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-H9STCR2S-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02502900v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gallay" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Uttenweiler-Joseph" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Recher" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.leukres.2009.09.020" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-LW5ZG0WN-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02503563v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Baudelet" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Gu&#233;rin" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/mcp.M800193-MCP200" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519759v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Froment" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Borges" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pmic.200401281" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-DZG8NL27-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544282v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Moul&#233;dous" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Neasta" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Stella" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1124/mol.105.013391" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04894582v1" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Desrames" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05357004v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robbe Devreese" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Jachmann" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bart van Puyvelde" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Holda A Anagho-Mattanovich" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Witold E Wolski" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638406v1" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heidy Vera-Peralta" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Najburg" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-3870-5_7" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04612473v1" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erik Maronde" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-0716-2593-4_16" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03243649v1" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Gian Gianetto" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-44826-4_16" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02544326v1" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuelle Ducoux-Petit" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Monsarrat" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/protocol/10.1007%2F978-1-59745-028-7_21" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-59745-028-7_21" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03318523v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A-E Heng" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132641v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliane Da Gra&#231;a" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Giai-Gianetto" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04585310v1" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Pizarro-Cerd&#225;" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04309119v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Prochasson" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04093359v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Patitucci" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Diego Hern&#225;ndez-Camacho" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cokelaer" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04097504v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael G Connor" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Sanchez" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew G Eldridge" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447592v1" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Connor" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphaine Camarasa" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04093412v1" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04224327v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Cottis" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Blisnick" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mitri" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Brito-Fravallo" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-04093539v1" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03853920v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03871048v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Michael Henderson" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Battistella" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03093327v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=To Nam Tham" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03243560v1" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diogo Borges Lima" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03210825v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03221015v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darragh P O'Brien" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryline Davi" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-02573060v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enno Oldewurtel" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>