--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -553,500 +553,513 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01698361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (23)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (24)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Medical Samples Dispatching Problem</w:t>
+                <w:t xml:space="preserve">Méthode exacte pour la résolution d'un problème intégré : approche bi-niveaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Charles Billaut</w:t>
+                <w:t xml:space="preserve">Mallory Taffonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hélène Blasco</w:t>
+                <w:t xml:space="preserve">Yannick Kergosien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Vinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ameur Soukhal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">50th annual meeting of the EURO Working Group on Operational Research Applied to Health Services (ORAHS)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, Torino, Italy</w:t>
+              <w:t xml:space="preserve">ROADEF 2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2026, Tours (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04878231v1</w:t>
+                <w:t xml:space="preserve">hal-05559759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation des déplacements d'échantillons médicaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Bethencourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Blasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Vinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Billaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">25ème congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision (ROADEF 2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2024, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04623403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Métaheuristiques pour l'optimisation de la collecte de bouteilles en verre consignées</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A Medical Samples Dispatching Problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Charles Billaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Omar Djama</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Adrien Delenne</w:t>
+                <w:t xml:space="preserve">Hélène Blasco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Vinot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24ème Congrès annuel de la Société Française de Recherche Opérationnelle et d’Aide à la Décision (ROADEF 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2023, Rennes, France</w:t>
+              <w:t xml:space="preserve">50th annual meeting of the EURO Working Group on Operational Research Applied to Health Services (ORAHS)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Torino, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04029307v1</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04878231v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Iterative Approach based on Constraint Programming for the RCPSP with Transportation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Métaheuristiques pour l'optimisation de la collecte de bouteilles en verre consignées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexis Omar Djama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Koening</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Rigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Delenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Vinot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EURO 2021 - 31th European Conference on Operational Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2021, Athens, Greece</w:t>
+              <w:t xml:space="preserve">24ème Congrès annuel de la Société Française de Recherche Opérationnelle et d’Aide à la Décision (ROADEF 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2023, Rennes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03522019v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04029307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of a routing problem for the collection of refillable glass bottles with integer linear programming</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isidoros Marampoutis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1075,591 +1088,604 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22ème Congrès annuel de la Société Française de Recherche Opérationnelle et d’Aide à la Décision (ROADEF 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2021, Mulhouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03521988v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constraint Programming Approaches for the RCPSP with Routing</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Iterative Approach based on Constraint Programming for the RCPSP with Transportation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Vinot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lacomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bourreau</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marina Vinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21ème Congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision (ROADEF 2020)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2020, Montpellier, France</w:t>
+              <w:t xml:space="preserve">EURO 2021 - 31th European Conference on Operational Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Athens, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02506383v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03522019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new modeling of the transportation constraints in the RCPSP with Routing: application to healthcare problems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Constraint Programming Approaches for the RCPSP with Routing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bourreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lacomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Vinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VeRoLog - The seventh meeting of the EURO Working Group on Vehicle Routing and Logistics optimization</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Seville, Spain</w:t>
+              <w:t xml:space="preserve">21ème Congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision (ROADEF 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2020, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02138841v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02506383v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A real life case study of an integrated problem with production and transportation constraints</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Généralisation des contraintes de transport dans le RCPSPR : nouvelle modélisation du problème intégré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manuel Iori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lacomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Vinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ROADEF - 20ème congrès annuel de la Société française de Recherche Opérationnelle et d’Aide à la Décision</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2019, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02138826v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02082037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Généralisation des contraintes de transport dans le RCPSPR : nouvelle modélisation du problème intégré</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A new modeling of the transportation constraints in the RCPSP with Routing: application to healthcare problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lacomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Vinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ROADEF - 20ème congrès annuel de la Société française de Recherche Opérationnelle et d’Aide à la Décision</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2019, Le Havre, France</w:t>
+              <w:t xml:space="preserve">VeRoLog - The seventh meeting of the EURO Working Group on Vehicle Routing and Logistics optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Seville, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02082037v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02138841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Integrated Routing and Scheduling Problem: Application in Service Delivery</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Lacomme</w:t>
+                <w:t xml:space="preserve">A real life case study of an integrated problem with production and transportation constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Iori</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Vinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EURO - 30th European Conference on Operational Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Dublin, United Kingdom</w:t>
+              <w:t xml:space="preserve">ROADEF - 20ème congrès annuel de la Société française de Recherche Opérationnelle et d’Aide à la Décision</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2019, Le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02138832v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02138826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Definition of a new flow graph to model the constraints of a VRPPD in the RCPSPR</w:t>
+                <w:t xml:space="preserve">An Integrated Routing and Scheduling Problem: Application in Service Delivery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lacomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Vinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EURO - 29th European Conference on Operational Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2018, Valencia, Spain</w:t>
+              <w:t xml:space="preserve">EURO - 30th European Conference on Operational Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Dublin, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02138697v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02138832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Extension of the flow definition in the RCPSPR to model the transportation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lacomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1675,371 +1701,345 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EURO/ALIO - International Conference on Applied Combinatorial Optimization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Bologna, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02138821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Résolution conjointe du RCPSPR grâce à la définition d’un graphe flot non limité par la demande des activités</w:t>
+                <w:t xml:space="preserve">Definition of a new flow graph to model the constraints of a VRPPD in the RCPSPR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lacomme</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aziz Moukrim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Vinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19e congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision (ROADEF 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2018, Lorient, France</w:t>
+              <w:t xml:space="preserve">EURO - 29th European Conference on Operational Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Valencia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02082043v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02138697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formalisation linéaire d’un problème de RCPSP avec transport de ressources</w:t>
+                <w:t xml:space="preserve">Résolution conjointe du RCPSPR grâce à la définition d’un graphe flot non limité par la demande des activités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lacomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz Moukrim</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alain Quilliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Vinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18e congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision (ROADEF 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2017, Metz, France</w:t>
+              <w:t xml:space="preserve">19e congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision (ROADEF 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2018, Lorient, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02082045v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02082043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">At the crossroads of scheduling problems and routing problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lacomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Gondran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Vinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EU/ME - 18th Free workshop on metaheuristics for a better world</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2017, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02138685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Linear Program for the Resource-Constrained Project Scheduling Problem with Routing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lacomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2048,127 +2048,127 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz Moukrim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Quilliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nikolay Tchernev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Vinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th International Conference on Industrial Engineering and Systems Management (IESM 2017)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2017, Saarbrücken, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01698377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal resolution of the transport problem from a flow into a RCPSP with routing</w:t>
+                <w:t xml:space="preserve">Formalisation linéaire d’un problème de RCPSP avec transport de ressources</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lacomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz Moukrim</w:t>
@@ -2186,97 +2186,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Quilliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Vinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">sixth meeting of the EURO Working Group on Vehicle Routing and Logistics optimization (VeRoLog 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2017, Amsterdam, Netherlands</w:t>
+              <w:t xml:space="preserve">18e congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision (ROADEF 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2017, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02081931v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02082045v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Résolution conjointe du problème d’ordonnancement et de transport des ressources dans un RCPSP avec une flotte hétérogène de véhicule</w:t>
+                <w:t xml:space="preserve">Optimal resolution of the transport problem from a flow into a RCPSP with routing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lacomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz Moukrim</w:t>
@@ -2294,97 +2294,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Quilliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Vinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18e congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision (ROADEF 2017)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2017, Metz, France</w:t>
+              <w:t xml:space="preserve">sixth meeting of the EURO Working Group on Vehicle Routing and Logistics optimization (VeRoLog 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02082044v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02081931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Scheduling resource-constrained projects with transportation constraints</w:t>
+                <w:t xml:space="preserve">Résolution conjointe du problème d’ordonnancement et de transport des ressources dans un RCPSP avec une flotte hétérogène de véhicule</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lacomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz Moukrim</w:t>
@@ -2402,97 +2402,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Quilliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Vinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The fifth meeting of the EURO Working Group on Vehicle Routing and Logistics optimization (VeRoLog)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2016, Nantes, France</w:t>
+              <w:t xml:space="preserve">18e congrès annuel de la Société Française de Recherche Opérationnelle et d'Aide à la Décision (ROADEF 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2017, Metz, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01319760v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02082044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Integrated Production and Transportation Scheduling Problem based on a GRASPxELS resolution scheme</w:t>
+                <w:t xml:space="preserve">Scheduling resource-constrained projects with transportation constraints</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lacomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz Moukrim</w:t>
@@ -2510,106 +2510,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Quilliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Vinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th IFAC Conference on Manufacturing Modelling, Management and Control (MIM 2016)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">The fifth meeting of the EURO Working Group on Vehicle Routing and Logistics optimization (VeRoLog)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Nantes, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01319759v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01319760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Résolution conjointe des problèmes de production et de transport avec plusieurs véhicules</w:t>
+                <w:t xml:space="preserve">The Integrated Production and Transportation Scheduling Problem based on a GRASPxELS resolution scheme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lacomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz Moukrim</w:t>
@@ -2627,97 +2618,106 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Quilliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Vinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17ème congrès annuel de la Société française de Recherche Opérationnelle et d’Aide à la Décision (ROADEF)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">8th IFAC Conference on Manufacturing Modelling, Management and Control (MIM 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Troyes, France. pp.1466-1471, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2016.07.778⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01319763v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01319759v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A GRASPxELS Approach for the Resolution of the Integrated Production and Transportation scheduling Problem</w:t>
+                <w:t xml:space="preserve">Résolution conjointe des problèmes de production et de transport avec plusieurs véhicules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lacomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz Moukrim</w:t>
@@ -2735,89 +2735,89 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Quilliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Vinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International Conference on Computers &amp; Industrial Engineering (CIE45)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2015, Metz, France</w:t>
+              <w:t xml:space="preserve">17ème congrès annuel de la Société française de Recherche Opérationnelle et d’Aide à la Décision (ROADEF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2016, Compiègne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01319761v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01319763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simultaneously Handling Routing and Scheduling Through a GRASPxELS Algorithm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lacomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2826,178 +2826,286 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziz Moukrim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Quilliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniele Vigo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Vinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27th European Conference on Operational Research (EURO)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2015, Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01319762v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A GRASPxELS Approach for the Resolution of the Integrated Production and Transportation scheduling Problem</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lacomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aziz Moukrim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Quilliot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Vinot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5th International Conference on Computers &amp; Industrial Engineering (CIE45)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Metz, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01319761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Programmation Par Contraintes : démarches de modélisation pour des problèmes d'optimisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bourreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Gondran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lacomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3005,100 +3113,100 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Vinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ellipses, 2020, Technosup, 2340035856</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02138856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la programmation linéaire à la programmation par contraintes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bourreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Gondran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lacomme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3106,65 +3214,65 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marina Vinot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ellipses, 360 p., 2019, Technosup, 9782340029460</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02433786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId60"/>
+      <w:footerReference w:type="default" r:id="rId64"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3311,51 +3419,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521985v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isidoros Marampoutis" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Vinot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Trilling" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejdp.2021.100011" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948603v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lacomme" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Moukrim" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Quilliot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13675-018-0104-z" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01948606v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2018.1431416" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01698361v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Quilliot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2017.08.017" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878231v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Billaut" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Blasco" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04623403v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bethencourt" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029307v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Omar Djama" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Koening" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Rigaud" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Delenne" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03522019v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bourreau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521988v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02506383v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138841v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138826v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Iori" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082037v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138832v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138697v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138821v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082043v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082045v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138685v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gondran" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01698377v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Tchernev" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081931v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082044v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319760v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319759v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2016.07.778" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319763v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319761v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319762v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Vigo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138856v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433786v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521985v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isidoros Marampoutis" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Vinot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Trilling" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejdp.2021.100011" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01948603v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lacomme" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Moukrim" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Quilliot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13675-018-0104-z" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-01948606v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00207543.2018.1431416" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01698361v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain A. Quilliot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.engappai.2017.08.017" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05559759v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mallory Taffonneau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Kergosien" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ameur Soukhal" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04623403v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Bethencourt" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Blasco" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Billaut" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878231v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04029307v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Omar Djama" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Koening" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Rigaud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Delenne" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03521988v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03522019v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bourreau" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02506383v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082037v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Iori" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138841v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138826v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138832v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138821v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138697v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082043v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138685v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Gondran" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01698377v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolay Tchernev" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082045v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02081931v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02082044v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319760v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319759v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2016.07.778" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319763v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319762v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Vigo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01319761v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138856v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02433786v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>