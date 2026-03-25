--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:66.666666666667px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Marine Colon </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institutional change for the development of urban sanitation in the Global South: A social science review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héloïse Valette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Utilities Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 88, pp.101755. </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jup.2024.101755⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04561473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construire un dialogue interdisciplinaire entre sciences sociales et sciences de l’ingénieur autour de la gestion de l’eau. Retour sur le congrès du GRUTTEE 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Carrère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héloïse Valette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Caillaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Collard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natures Sciences Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 32 (2), pp.190-197. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/nss/2024046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04169563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La remunicipalisation du service public de l'eau à Montpellier : un processus de refocalisation d'outils de gestion du privé Montpellier's water utility back into public hands: a process of private management tools re-focusing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lætitia Guérin-Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion et management public</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10 (4), pp.29-49. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gmp.104.0029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03995510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The evolution of water governance in France from the 1960s: disputes as major drivers for radical changes within a consensual framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alain Roche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, The OECD Principles on Water Governance: from policy standards to practice, 43 (1), pp.109-132. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02508060.2018.1403013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01668129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y a-t-il un sens de l'histoire dans les services d'eau ? Un modèle post-évolutionniste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Guerin Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Mayaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magalie Bourblanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques et Management public</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 33 (1), pp.5-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01430642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The reform of New Public Management and the creation of public values: compatible processes? An empirical analysis of public water utilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Guerin-Schneider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Review of Administrative Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 81 (2), pp.264-281. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0020852314568837⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01567806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Community-based household waste management: Lessons learnt from EXNORA's ‘zero waste management’ scheme in two South Indian cities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ben Fawcett</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Habitat International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 30 (4), pp.916-931. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.habitatint.2005.04.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01580487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'économie circulaire dans la gestion des services d'eau : entre continuité des pratiques environnementales et mise en tension du modèle économique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lætitia Guérin-Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Interdisciplinaire sur l’Economie Circulaire 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Picardie Jules Verne [UPJV] ; Université de lille [U-Lille], Sep 2025, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05356153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le développement des outils numériques de reporting facilite-t-il le contrôle externe ? Le cas de la régulation des opérateurs d’eau en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lætitia Guérin-Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Braen Terrien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44. Congrès de l'AFC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04360217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le changement institutionnel du secteur de l’assainissement dans les villes des Suds : une revue de la littérature en sciences humaines & sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héloïse Valette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion durable des eaux : s’adapter pour atteindre disponibilité et qualité pour tous</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GIS Eau Toulouse, Université Fédérale de Toulouse, Université Toulouse III Paul Sabatier, Mar 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03655669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suffit-il de construire un cadre de reporting pour mesurer le coût d’un service public ? Le cas des concessions de l’eau en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lætitia Guérin-Schneider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1re Conférence francophone sur la recherche en comptabilité critique &amp; interprétative - Université de Toulouse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03524480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le changement institutionnel dans le secteur de l’assainissement vu par les sciences sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héloïse Valette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème rendez-vous scientifique de la Chaire “Eau pour Tous" : surmonter les obstacles institutionnels et organisationnels à l'assainissement, quoi de neuf ? AFD, 6 mai 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03524473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adopte-t-on une logique entrepreneuriale en adoptant ses outils : le cas de la régie des eaux de Montpellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lætitia Guérin-Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème colloque International de l’Association Internationale de Recherche en Management Public</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03019999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Materiality in disruptive institutional work: a case from the Ugandan water supply sector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Boxenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35. EGOS Colloquium - Enlightening the Future: The Challenge for Organizations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Edinburgh, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le développement de pratiques d'accountability dans le secteur des services d'eau : un changement institutionnel inabouti ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laëtitia Guerin Schneider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Accountability, Responsabilités et Comptabilités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01902120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Nouveau Management Public : créateur ou destructeur de valeurs publiques ? Le cas des secteurs de l’eau potable en Ouganda et au Cambodge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Guerin-Schneider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Valeurs publiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Internationale de Recherche en Management Public, Dec 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01580510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complementing a neo institutional approach with a management tools’ approach? The case of internal performance contracts in the urban water sector in Uganda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Nakhla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7TH International Conference on Accounting, Auditing &amp; Management in Public Sector Reforms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Institute for Advanced Studies in Management, Sep 2012, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01580517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le contrôle de gestion dans l'analyse institutionnelle. Les contrats de performance dans le secteur de l'eau ougandais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presse des Mines. pp.196, 2018, Collection Economie et Gestion, 978-2-35671-493-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01828945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le changement institutionnel dans le secteur de l'assainissement vu par les sciences sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héloïse Valette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marine Colon; Thierry Rieu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Surmonter les barrières institutionnelles et organisationnelles à l'assainissement : quoi de neuf ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 68, </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agence française de Développement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.56-60, 2022, Rapports techniques de l'AFD</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03655659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institutional change in the sanitation sector from the human and social sciences viewpoint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héloïse Valette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marine Colon; Thierry Rieu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Overcoming institutional and organisational barriers to sanitation: what's new?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 68, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AFD - Agence française pour le Développement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.45-48, 2022, Technical reports</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03655663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Services d'eau et d'assainissement : faire tomber les limites du petit cycle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lætitia Guérin-Schneider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sylvain Barone; Julie Fabre; Julia Hidalgo; David Salas y Melia; Guillaume Simonet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahier Régional Occitanie sur les Changements Climatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau d’expertise sur les changements climatiques en Occitanie (RECO), pp.81, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04574454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Internal Performance Contracts: A Case of the National Water and Sewerage Corporation in Uganda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silver Mugisha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jan JANSSENS, Didier CARRON, Philippe MARIN, Philip GIANTRIS, Tom WILLIAMS. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Performance-Based Contracts (PBC) for Improving Utilities Efficiency: Experiences and Perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IWA Publishing, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01828979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodes extra-comptables pour rendre visible la valeur invisible du service public. Le cas des établissements de santé et des délégations de service public d'eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Eggrickx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laëtitia Guerin Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Domingo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Camous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Chapellier, Yves Dupuy, Claire Gillet-Monjarret, Agnès Mazars-Chapelon, Gérald Naro et Emmanuelle Nègre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptabilités et Société. Entre représentation et construction du Monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection Gestion en liberté, EMS Management &amp; Société, pp.133-152, 2018, 978-2-37687-102-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01828972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche sur l'eau : La place des sciences sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Kuper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Barone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Collard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gramaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, pp.42-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04950395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of 2019' tenders on concession contracts for water and sanitation utilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Duchesne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francine Audouy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Portela</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Office Français de la Biodiversité. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04353954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observatoire des services publics d’eau et d’assainissement - Impacts des procédures de mise en concurrence dites « Loi Sapin » sur les services d’eau et d’assainissement en 2018. AgroParisTech, pour l'Office Français de la Biodiversité. Présentation publique le 24 juin 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Office Français de la Biodiversité. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03524449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observatoire des services publics d’eau et d’assainissement - Impacts des procédures de mise en concurrence dites « Loi Sapin » sur les services d’eau et d’assainissement en 2017. AgroParisTech, pour l'Office Français de la Biodiversité. Présentation publique le 25 sept 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Office Français de la Biodiversité. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03524439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observatoire des services publics d’eau et d’assainissement - Impacts des procédures de mise en concurrence dites « Loi Sapin » sur les services d’eau et d’assainissement en 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Agence Française pour la Biodiversité. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03524434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observatoire des services publics d’eau et d’assainissement - Impacts des procédures de mise en concurrence dites « Loi Sapin » sur les services d’eau et d’assainissement en 2015. AgroParisTech, Agence Française pour la Biodiversité. Présentation publique le 27 juin 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Agence Française pour la Biodiversité. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03524427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observatoire des services publics d’eau et d’assainissement - Impacts des procédures de mise en concurrence dites « Loi Sapin » sur les services d’eau et d’assainissement en 2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] AgroParisTech, pour l'Agence Française pour la Biodiversité. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01580535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les contrats de performance dans le secteur de l’eau urbaine ougandais, structures de la matérialisation de la logique de marché et supports du travail institutionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gestion et management. AgroParisTech, 2014. Français. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2014AGPT0063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01116425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId77"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:66.666666666667px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Marine Colon </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institutional change for the development of urban sanitation in the Global South: A social science review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héloïse Valette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Utilities Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 88, pp.101755. </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jup.2024.101755⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04561473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construire un dialogue interdisciplinaire entre sciences sociales et sciences de l’ingénieur autour de la gestion de l’eau. Retour sur le congrès du GRUTTEE 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geoffrey Carrère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héloïse Valette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Caillaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Collard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Natures Sciences Sociétés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 32 (2), pp.190-197. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/nss/2024046⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04169563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La remunicipalisation du service public de l'eau à Montpellier : un processus de refocalisation d'outils de gestion du privé Montpellier's water utility back into public hands: a process of private management tools re-focusing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lætitia Guérin-Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion et management public</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10 (4), pp.29-49. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/gmp.104.0029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03995510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The evolution of water governance in France from the 1960s: disputes as major drivers for radical changes within a consensual framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alain Roche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Water International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, The OECD Principles on Water Governance: from policy standards to practice, 43 (1), pp.109-132. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02508060.2018.1403013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01668129v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y a-t-il un sens de l'histoire dans les services d'eau ? Un modèle post-évolutionniste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Guerin Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Louis Mayaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magalie Bourblanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Politiques et Management public</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 33 (1), pp.5-25</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01430642v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The reform of New Public Management and the creation of public values: compatible processes? An empirical analysis of public water utilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Guerin-Schneider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Review of Administrative Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 81 (2), pp.264-281. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0020852314568837⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01567806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Community-based household waste management: Lessons learnt from EXNORA's ‘zero waste management’ scheme in two South Indian cities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ben Fawcett</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Habitat International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 30 (4), pp.916-931. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.habitatint.2005.04.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01580487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'économie circulaire dans la gestion des services d'eau : entre continuité des pratiques environnementales et mise en tension du modèle économique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lætitia Guérin-Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès Interdisciplinaire sur l’Economie Circulaire 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Picardie Jules Verne [UPJV] ; Université de lille [U-Lille], Sep 2025, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05356153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le développement des outils numériques de reporting facilite-t-il le contrôle externe ? Le cas de la régulation des opérateurs d’eau en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lætitia Guérin-Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quentin Braen Terrien</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">44. Congrès de l'AFC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2023, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04360217v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le changement institutionnel du secteur de l’assainissement dans les villes des Suds : une revue de la littérature en sciences humaines & sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héloïse Valette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gestion durable des eaux : s’adapter pour atteindre disponibilité et qualité pour tous</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GIS Eau Toulouse, Université Fédérale de Toulouse, Université Toulouse III Paul Sabatier, Mar 2022, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03655669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suffit-il de construire un cadre de reporting pour mesurer le coût d’un service public ? Le cas des concessions de l’eau en France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lætitia Guérin-Schneider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1re Conférence francophone sur la recherche en comptabilité critique &amp; interprétative - Université de Toulouse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2021, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03524480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le changement institutionnel dans le secteur de l’assainissement vu par les sciences sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héloïse Valette</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4ème rendez-vous scientifique de la Chaire “Eau pour Tous" : surmonter les obstacles institutionnels et organisationnels à l'assainissement, quoi de neuf ? AFD, 6 mai 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2021, Online, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03524473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adopte-t-on une logique entrepreneuriale en adoptant ses outils : le cas de la régie des eaux de Montpellier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lætitia Guérin-Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème colloque International de l’Association Internationale de Recherche en Management Public</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2020, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-03019999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Materiality in disruptive institutional work: a case from the Ugandan water supply sector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eva Boxenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35. EGOS Colloquium - Enlightening the Future: The Challenge for Organizations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Edinburgh, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02322109v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le développement de pratiques d'accountability dans le secteur des services d'eau : un changement institutionnel inabouti ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laëtitia Guerin Schneider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Accountability, Responsabilités et Comptabilités</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Poitiers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01902120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Nouveau Management Public : créateur ou destructeur de valeurs publiques ? Le cas des secteurs de l’eau potable en Ouganda et au Cambodge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Guerin-Schneider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Valeurs publiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association Internationale de Recherche en Management Public, Dec 2012, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01580510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complementing a neo institutional approach with a management tools’ approach? The case of internal performance contracts in the urban water sector in Uganda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Nakhla</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7TH International Conference on Accounting, Auditing &amp; Management in Public Sector Reforms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Institute for Advanced Studies in Management, Sep 2012, Milan, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01580517v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le contrôle de gestion dans l'analyse institutionnelle. Les contrats de performance dans le secteur de l'eau ougandais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presse des Mines. pp.196, 2018, Collection Economie et Gestion, 978-2-35671-493-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01828945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le changement institutionnel dans le secteur de l'assainissement vu par les sciences sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héloïse Valette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marine Colon; Thierry Rieu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Surmonter les barrières institutionnelles et organisationnelles à l'assainissement : quoi de neuf ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 68, </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agence française de Développement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.56-60, 2022, Rapports techniques de l'AFD</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03655659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institutional change in the sanitation sector from the human and social sciences viewpoint</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Héloïse Valette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marine Colon; Thierry Rieu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Overcoming institutional and organisational barriers to sanitation: what's new?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 68, </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AFD - Agence française pour le Développement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.45-48, 2022, Technical reports</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03655663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Services d'eau et d'assainissement : faire tomber les limites du petit cycle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lætitia Guérin-Schneider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sylvain Barone; Julie Fabre; Julia Hidalgo; David Salas y Melia; Guillaume Simonet. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahier Régional Occitanie sur les Changements Climatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Réseau d’expertise sur les changements climatiques en Occitanie (RECO), pp.81, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04574454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méthodes extra-comptables pour rendre visible la valeur invisible du service public. Le cas des établissements de santé et des délégations de service public d'eau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariel Eggrickx</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laëtitia Guerin Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Domingo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Camous</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Philippe Chapellier, Yves Dupuy, Claire Gillet-Monjarret, Agnès Mazars-Chapelon, Gérald Naro et Emmanuelle Nègre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptabilités et Société. Entre représentation et construction du Monde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collection Gestion en liberté, EMS Management &amp; Société, pp.133-152, 2018, 978-2-37687-102-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01828972v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Internal Performance Contracts: A Case of the National Water and Sewerage Corporation in Uganda</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Silver Mugisha</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jan JANSSENS, Didier CARRON, Philippe MARIN, Philip GIANTRIS, Tom WILLIAMS. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Performance-Based Contracts (PBC) for Improving Utilities Efficiency: Experiences and Perspectives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IWA Publishing, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01828979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recherche sur l'eau : La place des sciences sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcel Kuper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Barone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Collard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Gramaglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, pp.42-44</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04950395v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of 2019' tenders on concession contracts for water and sanitation utilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Duchesne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francine Audouy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Portela</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Office Français de la Biodiversité. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04353954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observatoire des services publics d’eau et d’assainissement - Impacts des procédures de mise en concurrence dites « Loi Sapin » sur les services d’eau et d’assainissement en 2018. AgroParisTech, pour l'Office Français de la Biodiversité. Présentation publique le 24 juin 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Office Français de la Biodiversité. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03524449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observatoire des services publics d’eau et d’assainissement - Impacts des procédures de mise en concurrence dites « Loi Sapin » sur les services d’eau et d’assainissement en 2017. AgroParisTech, pour l'Office Français de la Biodiversité. Présentation publique le 25 sept 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Office Français de la Biodiversité. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03524439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observatoire des services publics d’eau et d’assainissement - Impacts des procédures de mise en concurrence dites « Loi Sapin » sur les services d’eau et d’assainissement en 2016</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Agence Française pour la Biodiversité. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03524434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observatoire des services publics d’eau et d’assainissement - Impacts des procédures de mise en concurrence dites « Loi Sapin » sur les services d’eau et d’assainissement en 2015. AgroParisTech, Agence Française pour la Biodiversité. Présentation publique le 27 juin 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] Agence Française pour la Biodiversité. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03524427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Observatoire des services publics d’eau et d’assainissement - Impacts des procédures de mise en concurrence dites « Loi Sapin » sur les services d’eau et d’assainissement en 2014</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport Technique] AgroParisTech, pour l'Agence Française pour la Biodiversité. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport technique)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01580535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les contrats de performance dans le secteur de l’eau urbaine ougandais, structures de la matérialisation de la logique de marché et supports du travail institutionnel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Colon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gestion et management. AgroParisTech, 2014. Français. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2014AGPT0063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-01116425v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId77"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -186,51 +186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561473v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Valette" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Colon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jup.2024.101755" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169563v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Carr&#232;re" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Caillaud" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Collard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2024046" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03995510v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#230;titia Gu&#233;rin-Schneider" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gmp.104.0029" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668129v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Richard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Roche" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02508060.2018.1403013" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01430642v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Guerin Schneider" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Mayaux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Bourblanc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01567806v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Guerin-Schneider" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0020852314568837" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580487v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Fawcett" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.habitatint.2005.04.006" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BMKXM4S1-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356153v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04360217v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Braen Terrien" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655669v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524480v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524473v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03019999v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322109v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Boxenbaum" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902120v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Guerin Schneider" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580510v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580517v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Nakhla" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828945v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655659v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.afd.fr/fr/rt68-surmonter-barrieres-assainissement-colon-rieu-botton-gaudry?origin=/fr/ressources-accueil?query=&amp;amp;sort=publication_date,desc&amp;amp;size=10&amp;amp;filter[0]=source_k=afd&amp;amp;filter[1]=type_k=resource&amp;amp;filter[2]=collection_k=Rapports%20techniques&amp;amp;facetOptions[0]=resource_type_k,size,200&amp;amp;facetOptions[1]=thematic_k,size,200&amp;amp;facetOptions[2]=country_k,size,200&amp;amp;facetOptions[3]=collection_k,size,200&amp;amp;facetOptions[4]=year_k,order,_term" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655663v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.afd.fr/en/ressources/overcoming-institutional-and-organisational-barriers-sanitation-whats-new" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574454v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828979v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silver Mugisha" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828972v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel Eggrickx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Domingo" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Camous" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950395v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Kuper" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Barone" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Gramaglia" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353954v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bonnet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Duchesne" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Audouy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Portela" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524449v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524439v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524434v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524427v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580535v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-01116425v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014AGPT0063" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04561473v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;lo&#239;se Valette" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Colon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jup.2024.101755" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04169563v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffrey Carr&#232;re" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Caillaud" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Collard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2024046" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03995510v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#230;titia Gu&#233;rin-Schneider" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gmp.104.0029" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01668129v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Richard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Roche" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02508060.2018.1403013" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01430642v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Guerin Schneider" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Louis Mayaux" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magalie Bourblanc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01567806v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Guerin-Schneider" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0020852314568837" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580487v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Fawcett" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.habitatint.2005.04.006" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BMKXM4S1-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05356153v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04360217v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Braen Terrien" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655669v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524480v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524473v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03019999v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322109v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Boxenbaum" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01902120v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Guerin Schneider" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580510v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580517v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Nakhla" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828945v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655659v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.afd.fr/fr/rt68-surmonter-barrieres-assainissement-colon-rieu-botton-gaudry?origin=/fr/ressources-accueil?query=&amp;amp;sort=publication_date,desc&amp;amp;size=10&amp;amp;filter[0]=source_k=afd&amp;amp;filter[1]=type_k=resource&amp;amp;filter[2]=collection_k=Rapports%20techniques&amp;amp;facetOptions[0]=resource_type_k,size,200&amp;amp;facetOptions[1]=thematic_k,size,200&amp;amp;facetOptions[2]=country_k,size,200&amp;amp;facetOptions[3]=collection_k,size,200&amp;amp;facetOptions[4]=year_k,order,_term" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655663v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.afd.fr/en/ressources/overcoming-institutional-and-organisational-barriers-sanitation-whats-new" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04574454v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828972v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariel Eggrickx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Domingo" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Camous" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01828979v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silver Mugisha" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04950395v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcel Kuper" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Barone" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Gramaglia" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353954v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bonnet" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Duchesne" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Audouy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Portela" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524449v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524439v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524434v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03524427v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01580535v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-01116425v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014AGPT0063" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>