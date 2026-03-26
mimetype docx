--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (19)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (18)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -744,295 +744,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03890213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carrot Supplementation Improves Blood Pressure and Reduces Aortic Root Lesions in an Atherosclerosis-Prone Genetic Mouse Model</w:t>
+                <w:t xml:space="preserve">Changes in Key Mitochondrial Lipids Accompany Mitochondrial Dysfunction and Oxidative Stress in NAFLD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raffaella Soleti</w:t>
+                <w:t xml:space="preserve">Manon Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Coué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlotte Trenteseaux</w:t>
+                <w:t xml:space="preserve">Mikaël Croyal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gregory Hilairet</w:t>
+                <w:t xml:space="preserve">Thomas Moyon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lionel Fizanne</w:t>
+                <w:t xml:space="preserve">Angela Tesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nutrients</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 13 (4), pp.1-14. </w:t>
+              <w:t xml:space="preserve">Oxidative Medicine and Cellular Longevity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2021, pp.1-9. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/nu13041181⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1155/2021/9986299⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03284268v1</w:t>
+                <w:t xml:space="preserve">hal-03793171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changes in Key Mitochondrial Lipids Accompany Mitochondrial Dysfunction and Oxidative Stress in NAFLD</w:t>
+                <w:t xml:space="preserve">Carrot Supplementation Improves Blood Pressure and Reduces Aortic Root Lesions in an Atherosclerosis-Prone Genetic Mouse Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Manon Durand</w:t>
+                <w:t xml:space="preserve">Raffaella Soleti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Coué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mikaël Croyal</w:t>
+                <w:t xml:space="preserve">Charlotte Trenteseaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Moyon</w:t>
+                <w:t xml:space="preserve">Gregory Hilairet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angela Tesse</w:t>
+                <w:t xml:space="preserve">Lionel Fizanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oxidative Medicine and Cellular Longevity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 2021, pp.1-9. </w:t>
+              <w:t xml:space="preserve">Nutrients</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 13 (4), pp.1-14. </w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1155/2021/9986299⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/nu13041181⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03793171v1</w:t>
+                <w:t xml:space="preserve">hal-03284268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reappraisal of the optimal fasting time for insulin tolerance tests in mice</w:t>
               </w:r>
@@ -1091,1510 +1091,1380 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cedric Moro</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Molecular metabolism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 42, pp.101058 -. </w:t>
+              <w:t xml:space="preserve">, 2020, 42, pp.101058. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.molmet.2020.101058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03491362v1</w:t>
+                <w:t xml:space="preserve">hal-05204295v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reappraisal of the optimal fasting time for insulin tolerance tests in mice</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Deborah Carper</w:t>
+                <w:t xml:space="preserve">Apple Supplementation Improves Hemodynamic Parameter and Attenuates Atherosclerosis in High-Fat Diet-Fed Apolipoprotein E-Knockout Mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raffaella Soleti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charlotte Trenteseaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Fizanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Coué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregory Hilairet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular metabolism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.molmet.2020.101058⟩</w:t>
+              <w:t xml:space="preserve">Biomedicines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (11), pp.495. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/biomedicines8110495⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05204295v1</w:t>
+                <w:t xml:space="preserve">hal-05204283v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apple Supplementation Improves Hemodynamic Parameter and Attenuates Atherosclerosis in High-Fat Diet-Fed Apolipoprotein E-Knockout Mice</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Lionel Fizanne</w:t>
+                <w:t xml:space="preserve">Atrial Natriuretic Peptide Orchestrates a Coordinated Physiological Response to Fuel Non-shivering Thermogenesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deborah Carper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Coué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gregory Hilairet</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmani B.M. Nascimento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Barquissau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Lagarde</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomedicines</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Cell Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 32 (8), pp.1-20. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.celrep.2020.108075⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/biomedicines8110495⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05204283v1</w:t>
+                <w:t xml:space="preserve">hal-03026751v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atrial Natriuretic Peptide Orchestrates a Coordinated Physiological Response to Fuel Non-shivering Thermogenesis</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Spirulina Liquid Extract Protects against Fibrosis Related to Non-Alcoholic Steatohepatitis and Increases Ursodeoxycholic Acid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Coué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Damien Lagarde</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angela Tesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Falewée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Aguesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Croyal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Reports</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nutrients</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11 (1), pp.E194. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nu11010194⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.celrep.2020.108075⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03026751v1</w:t>
+                <w:t xml:space="preserve">hal-02418256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spirulina Liquid Extract Protects against Fibrosis Related to Non-Alcoholic Steatohepatitis and Increases Ursodeoxycholic Acid</w:t>
+                <w:t xml:space="preserve">Natriuretic peptides promote glucose uptake in a cGMP-dependent manner in human adipocytes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Coué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Mikaël Croyal</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Barquissau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Morigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katie Louche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Lefort</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nutrients</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 8 (1), pp.1097. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-018-19619-0⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/nu11010194⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02418256v1</w:t>
+                <w:t xml:space="preserve">hal-05085465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natriuretic peptides promote glucose uptake in a cGMP-dependent manner in human adipocytes</w:t>
+                <w:t xml:space="preserve">Natriuretic peptide control of energy balance and glucose homeostasis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Coué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cedric Moro</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biochimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 124, pp.84-91. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biochi.2015.05.017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-018-19619-0⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05085465v1</w:t>
+                <w:t xml:space="preserve">hal-05204312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natriuretic peptide control of energy balance and glucose homeostasis</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Adipogenic progenitors from obese human skeletal muscle give rise to functional white adipocytes that contribute to insulin resistance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Laurens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K Louche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Sengenes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M Coué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Langin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biochi.2015.05.017⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Obesity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 40 (3), pp.497-506. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ijo.2015.193⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-05204312v1</w:t>
+                <w:t xml:space="preserve">hal-05204307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impaired atrial natriuretic peptide-mediated lipolysis in obesity</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">H Gao</w:t>
+                <w:t xml:space="preserve">Defective Natriuretic Peptide Receptor Signaling in Skeletal Muscle Links Obesity to Type 2 Diabetes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Coué</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Marie Badin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Vila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Laurens</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katie Louche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Obesity</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Diabetes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 64 (12), pp.4033-4045. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2337/db15-0305⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/ijo.2015.222⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05204304v1</w:t>
+                <w:t xml:space="preserve">hal-05204309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adipogenic progenitors from obese human skeletal muscle give rise to functional white adipocytes that contribute to insulin resistance</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Impaired atrial natriuretic peptide-mediated lipolysis in obesity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Coué</w:t>
+                <w:t xml:space="preserve">M Rydén</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">D Langin</w:t>
+                <w:t xml:space="preserve">J Bäckdahl</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Petrus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Thorell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Gao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Obesity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 40 (3), pp.497-506. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/ijo.2015.193⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 40 (4), pp.714-720. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/ijo.2015.222⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05204307v1</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05204304v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Defective Natriuretic Peptide Receptor Signaling in Skeletal Muscle Links Obesity to Type 2 Diabetes</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId88" w:history="1">
+                <w:t xml:space="preserve">Primary defects in lipolysis and insulin action in skeletal muscle cells from type 2 diabetic individuals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eili Kase</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuan Feng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Marie Badin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Vila</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siril Bakke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Laurens</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Katie Louche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diabetes</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biochimica et Biophysica Acta Molecular and Cell Biology of Lipids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 1851 (9), pp.1194-1201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbalip.2015.03.005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2337/db15-0305⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-05204309v1</w:t>
+                <w:t xml:space="preserve">hal-05204314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Primary defects in lipolysis and insulin action in skeletal muscle cells from type 2 diabetic individuals</w:t>
-[...136 lines deleted...]
-            </w:pPr>
+                <w:t xml:space="preserve">Lipid organization regulates Annexin A2 Ca 2+ -sensitivity for membrane bridging and its modulator effects on membrane fluidity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...9 lines deleted...]
-            <w:pPr/>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Illien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Illien</w:t>
+                <w:t xml:space="preserve">Hong-Rong Piao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Coué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hong-Rong Piao</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marine Coué</w:t>
+                <w:t xml:space="preserve">Chiara Di Marco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jesus Ayala-Sanmartin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochimica et Biophysica Acta:Biomembranes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02371934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2604,279 +2474,279 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effet protecteur du lactate chez le Donneur Décédé après Arrêt Circulatoire Maastricht 3, in vitro, et mise au point in vivo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Wairy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Wairy</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Giraud</w:t>
+                <w:t xml:space="preserve">Jérôme Danion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Coué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Pellerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ouest Transplant Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05204362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spirulina liquid extract prevents glucose intolerance and NAFLD in mouse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Coué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Falewee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Falewee</w:t>
+                <w:t xml:space="preserve">A. Tesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Tesse</w:t>
+                <w:t xml:space="preserve">L. Fizanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Krempf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">54. Annual Meeting of the European-Association-for-the-Study-of-Diabetes (EASD)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2018, Berlin, Germany. pp.1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02737446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2886,114 +2756,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ROLE OF NATRIURETIC PEPTIDES IN THE CONTROL OF GLUCOSE HOMEOSTASIS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Coué</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Life Sciences [q-bio]. Université Toulouse 3 Paul Sabatier (UT3 Paul Sabatier), 2015. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-05204338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId113"/>
+      <w:footerReference w:type="default" r:id="rId112"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3140,51 +3010,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04749593v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Carper" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Lac" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Coue" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Labour" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre M&#228;rtens" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adl4374" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05079026v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Burdeyron" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Giraud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryne Lepoittevin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Jordan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Brishoual" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ctm2.70095" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05204230v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cou&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hauet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Badet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Thuillier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03793192v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Kasbi-Chadli" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Aguesse" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Grit" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Souque" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00394-021-02589-x" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03890213v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Croyal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Habib" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Castellano" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/ATVBAHA.121.316848" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03284268v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Soleti" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Trenteseaux" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Hilairet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Fizanne" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu13041181" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03793171v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Durand" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Croyal" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Moyon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Tesse" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2021/9986299" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491362v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Laurens" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Langin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Moro" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molmet.2020.101058" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05204295v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05204283v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines8110495" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026751v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmani B.M. Nascimento" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Barquissau" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lagarde" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2020.108075" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418256v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Falew&#233;e" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu11010194" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085465v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Morigny" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katie Louche" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lefort" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-19619-0" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05204312v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2015.05.017" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-674ZD3DV-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05204304v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ryd&#233;n" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J B&#228;ckdahl" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Petrus" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Thorell" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Gao" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ijo.2015.222" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05204307v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Laurens" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Louche" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Sengenes" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Cou&#233;" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Langin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ijo.2015.193" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05204309v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Badin" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Vila" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db15-0305" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05204314v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eili Kase" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan Feng" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siril Bakke" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbalip.2015.03.005" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HNKM3STF-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371934v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Illien" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong-Rong Piao" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Di Marco" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Ayala-Sanmartin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05204362v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Wairy" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Danion" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Pellerin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737446v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Falewee" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tesse" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fizanne" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Krempf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-05204338v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04749593v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Carper" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Lac" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Coue" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axel Labour" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andre M&#228;rtens" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adl4374" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05079026v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Burdeyron" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Giraud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryne Lepoittevin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nina Jordan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Brishoual" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ctm2.70095" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05204230v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Cou&#233;" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Hauet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Badet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Thuillier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03793192v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Kasbi-Chadli" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Aguesse" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Grit" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Souque" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00394-021-02589-x" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03890213v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Croyal" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Habib" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Castellano" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1161/ATVBAHA.121.316848" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03793171v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Durand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Croyal" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Moyon" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Tesse" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2021/9986299" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03284268v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raffaella Soleti" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Trenteseaux" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Hilairet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Fizanne" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu13041181" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05204295v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Laurens" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Langin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Moro" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molmet.2020.101058" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05204283v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines8110495" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03026751v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmani B.M. Nascimento" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Barquissau" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lagarde" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2020.108075" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02418256v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Falew&#233;e" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu11010194" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05085465v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Morigny" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katie Louche" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Lefort" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-018-19619-0" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05204312v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2015.05.017" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-674ZD3DV-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05204307v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Laurens" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Louche" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Sengenes" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Cou&#233;" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Langin" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ijo.2015.193" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05204309v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Badin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Vila" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2337/db15-0305" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05204304v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Ryd&#233;n" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J B&#228;ckdahl" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Petrus" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Thorell" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Gao" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/ijo.2015.222" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05204314v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eili Kase" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan Feng" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siril Bakke" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbalip.2015.03.005" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HNKM3STF-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02371934v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Illien" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hong-Rong Piao" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiara Di Marco" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Ayala-Sanmartin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05204362v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Wairy" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Danion" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Pellerin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737446v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Falewee" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tesse" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Fizanne" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Krempf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-05204338v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>