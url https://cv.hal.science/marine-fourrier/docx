--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -66,1391 +66,1525 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (10)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seasonal dynamics and annual budget of dissolved inorganic carbon in the northwestern Mediterranean deep-convection region</w:t>
+                <w:t xml:space="preserve">Driving mechanisms of the dissolved oxygen budget in the Levantine Sea: a coupled physical-biogeochemical modelling approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Joelle Habib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Caroline Ulses</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Estournel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milad Fakhri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Marsaleix</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marine Fourrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biogeosciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 20 (22), pp.4683-4710. </w:t>
+              <w:t xml:space="preserve">EGUsphere [preprint]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/bg-20-4683-2023⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-2025-4028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04501447v1</w:t>
+                <w:t xml:space="preserve">hal-05553426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seasonal and interannual variability of the pelagic ecosystem and of the organic carbon budget in the Rhodes Gyre (eastern Mediterranean): influence of winter mixing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Seasonal dynamics and annual budget of dissolved inorganic carbon in the northwestern Mediterranean deep-convection region</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Ulses</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Estournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Marsaleix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joelle Habib</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Claude Estournel</w:t>
+                <w:t xml:space="preserve">Karline Soetaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Milad Fakhri</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Patrick Marsaleix</w:t>
+                <w:t xml:space="preserve">Marine Fourrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biogeosciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 20, pp.3203-3228. </w:t>
+              <w:t xml:space="preserve">, 2023, 20 (22), pp.4683-4710. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/bg-20-3203-2023⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/bg-20-4683-2023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">insu-04188260v2</w:t>
+                <w:t xml:space="preserve">hal-04501447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-resolution study of the air-sea CO2 flux and net community oxygen production in the Ligurian Sea by a fleet of gliders</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurent Coppola</w:t>
+                <w:t xml:space="preserve">Seasonal and interannual variability of the pelagic ecosystem and of the organic carbon budget in the Rhodes Gyre (eastern Mediterranean): influence of winter mixing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Joelle Habib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Ulses</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Estournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Milad Fakhri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marine Fourrier</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Emilie Diamond Riquier</w:t>
+                <w:t xml:space="preserve">Patrick Marsaleix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmars.2023.1233845⟩</w:t>
+              <w:t xml:space="preserve">Biogeosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 20, pp.3203-3228. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/bg-20-3203-2023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04659695v1</w:t>
+                <w:t xml:space="preserve">insu-04188260v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessing seasonal and interannual changes in carbonate chemistry across two time-series sites in the North Western Mediterranean Sea</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">High-resolution study of the air-sea CO2 flux and net community oxygen production in the Ligurian Sea by a fleet of gliders</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Coppola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Fourrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orens Pasqueron de Fommervault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Poteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Diamond Riquier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 10, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmars.2023.1281003⟩</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmars.2023.1233845⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04453130v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04659695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Intermittent Convection in the Northwestern Mediterranean Sea on Oxygen Content, Nutrients, and the Carbonate System</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Assessing seasonal and interannual changes in carbonate chemistry across two time-series sites in the North Western Mediterranean Sea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Wimart-Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Wagener</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Bosse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Raimbault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Coppola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2022JC018615⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmars.2023.1281003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03795843v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04453130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sources of the Levantine Intermediate Water in Winter 2019</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Impact of Intermittent Convection in the Northwestern Mediterranean Sea on Oxygen Content, Nutrients, and the Carbonate System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Fourrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Coppola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrizio D’ortenzio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Migon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean‐pierre Gattuso</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 127 (6), pp.e2021JC017506. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2021JC017506⟩</w:t>
+              <w:t xml:space="preserve">, 2022, 127 (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2022JC018615⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">insu-03746448v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03795843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxygen budget of the north-western Mediterranean deep- convection region</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Sources of the Levantine Intermediate Water in Winter 2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrizio d'Ortenzio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Prieur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Conan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Coppola</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fayçal Kessouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biogeosciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/bg-18-937-2021⟩</w:t>
+              <w:t xml:space="preserve">Journal of Geophysical Research. Oceans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 127 (6), pp.e2021JC017506. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2021JC017506⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03165077v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">insu-03746448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BGC‐Argo Floats Observe Nitrate Injection and Spring Phytoplankton Increase in the Surface Layer of Levantine Sea (Eastern Mediterranean)</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Oxygen budget of the north-western Mediterranean deep- convection region</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Ulses</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Estournel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Fourrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Coppola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">P. Conan</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fayçal Kessouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1029/2020GL091649⟩</w:t>
+              <w:t xml:space="preserve">Biogeosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 18 (3), pp.937 - 960. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/bg-18-937-2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03217440v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03165077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seasonal and Interannual Variability of the CO2 System in the Eastern Mediterranean Sea: A Case Study in the North Western Levantine Basin</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marine Fourrier</w:t>
+                <w:t xml:space="preserve">BGC‐Argo Floats Observe Nitrate Injection and Spring Phytoplankton Increase in the Surface Layer of Levantine Sea (Eastern Mediterranean)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrizio d'Ortenzio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Taillandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Claustre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Coppola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Conan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmars.2021.649246⟩</w:t>
+              <w:t xml:space="preserve">Geophysical Research Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 48 (8), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1029/2020GL091649⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03227218v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03217440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Regional Neural Network Approach to Estimate Water-Column Nutrient Concentrations and Carbonate System Variables in the Mediterranean Sea: CANYON-MED</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId12" w:history="1">
+                <w:t xml:space="preserve">Seasonal and Interannual Variability of the CO2 System in the Eastern Mediterranean Sea: A Case Study in the North Western Levantine Basin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cathy Wimart-Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Wagener</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marta Álvarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Moutin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Fourrier</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Raphaëlle Sauzède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 8, pp.649246. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmars.2021.649246⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03227218v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Regional Neural Network Approach to Estimate Water-Column Nutrient Concentrations and Carbonate System Variables in the Mediterranean Sea: CANYON-MED</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Fourrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Coppola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Claustre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. d'Ortenzio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaëlle Sauzède</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frontiers in Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2020, 7, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fmars.2020.00620⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02930379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1460,690 +1594,690 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A demonstration of a multiplatform and integrated approach to estimate the carbon fluxes in the tropical Atlantic Ocean, a EuroSea H2020 project contribution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Björn Fiedler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Fourrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Wimart-Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Leticia Cotrim da Cunha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrice Hernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PIRATA-26/TriAtlas General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, PIRATA France, Oct 2023, Banyuls-sur-mer, France, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ird-04893301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Changes in the carbonate system evolution of the northwestern Mediterranean Sea using a neural network based method and potential applications to the coastal environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Fourrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Coppola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrizio d'Ortenzio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Gattuso</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASLO Aquatic Sciences Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Online, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03981054v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of dissolved O2, nutrients and carbonate system variables in the northwestern Mediterranean Sea using a machine learning method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Fourrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Coppola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrizio d'Ortenzio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">9th MONGOOS Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Online, Unknown Region</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03981053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New insights into nutrients dynamics and the carbonate system using a neural network approach in the Mediterranean Sea</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Fourrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Coppola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrizio d'Ortenzio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">New insights into nutrients dynamics and the carbonate system using a neural network approach in the Mediterranean Sea</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Online, Unknown Region. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/egusphere-egu2020-9520⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03981051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution de l'O2, des nutriments et des carbonates en Méditerranée Nord-Occidentale par une méthode de machine learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Fourrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Coppola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrizio d'Ortenzio</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Med2020</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, Online, Région indéterminée</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03981052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A neural network approach to estimate water-column nutrient concentrations and carbonate system parameters in the Mediterranean Sea: CANYON-MED</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Fourrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Coppola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrizio d'Ortenzio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Sauzède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, Vienna, Austria. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.13140/RG.2.2.22870.70721⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03981055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2153,100 +2287,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact des forçages physiques sur la dynamique des éléments biogéochimiques en mer Méditerranée : approche couplée observations in situ et réseaux de neurones</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Fourrier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Océanographie. Sorbonne Université, 2021. Français. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2021SORUS255⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03533028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -2256,168 +2390,168 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A neural network approach to estimate water-column nutrient concentrations and carbonate system variables in the Mediterranean Sea: CANYON-MED</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Fourrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Coppola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabrizio d'Ortenzio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Claustre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaëlle Sauzède</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGU General Assembly 2019</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2019, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02552409v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId72"/>
+      <w:footerReference w:type="default" r:id="rId74"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2564,51 +2698,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501447v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ulses" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Estournel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Marsaleix" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karline Soetaert" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Fourrier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-20-4683-2023" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04188260v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Habib" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milad Fakhri" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-20-3203-2023" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04659695v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Coppola" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orens Pasqueron de Fommervault" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Poteau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Diamond Riquier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2023.1233845" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453130v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Wimart-Rousseau" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Wagener" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bosse" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Raimbault" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2023.1281003" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03795843v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio D&#8217;ortenzio" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Migon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;pierre Gattuso" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JC018615" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03746448v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Taillandier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio d'Ortenzio" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Prieur" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Conan" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JC017506" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03165077v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay&#231;al Kessouri" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-18-937-2021" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217440v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Taillandier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Claustre" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Conan" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GL091649" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227218v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta &#193;lvarez" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Moutin" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2021.649246" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02930379v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. d'Ortenzio" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Sauz&#232;de" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2020.00620" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04893301v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#246;rn Fiedler" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Cotrim da Cunha" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Hernandez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981054v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gattuso" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981053v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981051v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-9520" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981052v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981055v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.22870.70721" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03533028v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021SORUS255" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552409v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05553426v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joelle Habib" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ulses" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Estournel" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milad Fakhri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Marsaleix" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-2025-4028" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501447v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karline Soetaert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Fourrier" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-20-4683-2023" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-04188260v2" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-20-3203-2023" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04659695v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Coppola" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orens Pasqueron de Fommervault" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Poteau" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Diamond Riquier" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2023.1233845" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04453130v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Wimart-Rousseau" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Wagener" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Bosse" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Raimbault" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2023.1281003" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03795843v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio D&#8217;ortenzio" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Migon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;pierre Gattuso" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2022JC018615" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-03746448v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Taillandier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrizio d'Ortenzio" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Prieur" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Conan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2021JC017506" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03165077v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fay&#231;al Kessouri" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/bg-18-937-2021" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03217440v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Taillandier" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Claustre" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Conan" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1029/2020GL091649" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03227218v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta &#193;lvarez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Moutin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2021.649246" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02930379v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. d'Ortenzio" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Sauz&#232;de" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2020.00620" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ird.hal.science/ird-04893301v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bj&#246;rn Fiedler" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Cotrim da Cunha" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Hernandez" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981054v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gattuso" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981053v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981051v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu2020-9520" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981052v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03981055v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.22870.70721" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03533028v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2021SORUS255" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02552409v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>