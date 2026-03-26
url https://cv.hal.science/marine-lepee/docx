--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1840,592 +1840,592 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boutiques et puissance publique dans les villes de la Vallée du Rhône : quels indices pour une reconnaissance archéologique ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Shaping Waterscapes Economy: A Comparative Study of Economic Buildings of Port Cities in Gallia and Hispania (1st-5th c. AD)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ada Lasheras González</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Lépée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Boutiques et ateliers publics dans les cités de l'Empire romain, projet ERC-Pecunia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Paris Sorbonne, France</w:t>
+              <w:t xml:space="preserve">Archaeologies of Waterscapes. Ecology, economy, perception, and memory in changing landscapes, Univ. Bologna, 12-13 May 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Bologna, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05249534v1</w:t>
+                <w:t xml:space="preserve">hal-05072005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edifici commerciali e tessuto urbano nelle città della Gallia romana: una lettura architettonica e spaziale dei dati archeologici delle botteghe</w:t>
+                <w:t xml:space="preserve">Boutiques et puissance publique dans les villes de la Vallée du Rhône : quels indices pour une reconnaissance archéologique ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Lépée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Incontri AIAC, gennaio 2025, American Academy of Rome</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2025, Roma, Italy</w:t>
+              <w:t xml:space="preserve">Boutiques et ateliers publics dans les cités de l'Empire romain, projet ERC-Pecunia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Paris Sorbonne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05072003v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05249534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Verso una lettura dei rapporti fra edifici economici e il tessuto urbano nelle città dell’area adriatica: nuove prospettive dal caso del Porto Fluviale di Aquileia</w:t>
+                <w:t xml:space="preserve">Edifici commerciali e tessuto urbano nelle città della Gallia romana: una lettura architettonica e spaziale dei dati archeologici delle botteghe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Lépée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International workshop, "SPAZI DI PRODUZIONE, STOCCAGGIO E VENDITA NELLE CITTÀ ROMANE DELL’AREA ADRIATICA"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, P. Basso, D. Dobreva, E. Giorgi, Dec 2025, Verona, Italy</w:t>
+              <w:t xml:space="preserve">Incontri AIAC, gennaio 2025, American Academy of Rome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2025, Roma, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05423379v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05072003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shaping Waterscapes Economy: A Comparative Study of Economic Buildings of Port Cities in Gallia and Hispania (1st-5th c. AD)</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Verso una lettura dei rapporti fra edifici economici e il tessuto urbano nelle città dell’area adriatica: nuove prospettive dal caso del Porto Fluviale di Aquileia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Lépée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archaeologies of Waterscapes. Ecology, economy, perception, and memory in changing landscapes, Univ. Bologna, 12-13 May 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2025, Bologna, Italy</w:t>
+              <w:t xml:space="preserve">International workshop, "SPAZI DI PRODUZIONE, STOCCAGGIO E VENDITA NELLE CITTÀ ROMANE DELL’AREA ADRIATICA"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, P. Basso, D. Dobreva, E. Giorgi, Dec 2025, Verona, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05072005v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05423379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Edifices de stockage et construction du tissu urbain : regards croisés sur les entrepôts de la vallée du Rhône et de la vallée du Pô (Ier - IVe s. apr. J.-C.)</w:t>
+                <w:t xml:space="preserve">Retail trade and the urban economy in the cities of Roman Gaul (1st c. BC - 3rd c. AD): an archaeological analysis of the shops in Lugdunum, Vienna (FR) and Lousonna (CH)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Lépée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Horrea. Luoghi, economia e società nel mondo romano</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Alfonsina Russo; Roberta Alteri; Alessio De Cristofaro; Domenico Palombi, Dec 2024, Roma, Italie</w:t>
+              <w:t xml:space="preserve">Kolloquium Klassische Archäologie, Univ. Augsburg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2024, Augsburg, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04820088v1</w:t>
+                <w:t xml:space="preserve">hal-04839508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Retail trade and the urban economy in the cities of Roman Gaul (1st c. BC - 3rd c. AD): an archaeological analysis of the shops in Lugdunum, Vienna (FR) and Lousonna (CH)</w:t>
+                <w:t xml:space="preserve">Edifices de stockage et construction du tissu urbain : regards croisés sur les entrepôts de la vallée du Rhône et de la vallée du Pô (Ier - IVe s. apr. J.-C.)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Lépée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kolloquium Klassische Archäologie, Univ. Augsburg</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2024, Augsburg, Germany</w:t>
+              <w:t xml:space="preserve">Horrea. Luoghi, economia e società nel mondo romano</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Alfonsina Russo; Roberta Alteri; Alessio De Cristofaro; Domenico Palombi, Dec 2024, Roma, Italie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04839508v1</w:t>
+                <w:t xml:space="preserve">hal-04820088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Appréhender les acteurs du commerce de détail en Gaule romaine : témoignages archéologiques en milieu urbain</w:t>
+                <w:t xml:space="preserve">Commercial buildings in Lugdunum and Vienna: between Roman models and local specificities (1st century BC-3rd century AD)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Lépée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque international de l'ARS, La société provinciale romaine en question. Formes de coexistence et de distinction dans les provinces occidentales de Rome</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Association pour l'archéologie romaine en Suisse; Andrew Lawrence; Elsa Mouquin; Romain Guichon; Annina Wyss Schildknecht, Mar 2023, Berne, Suisse</w:t>
+              <w:t xml:space="preserve">Standardisation and Localism in the Legal and Economic world of the Romans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Emilia Mataix-Ferrándiz; Koenraad Verboven; Paul Erdkamp; SDEP-KWAB-Univ. Ghent, Jun 2023, Bruxelles - Ghent, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04379356v1</w:t>
+                <w:t xml:space="preserve">hal-04379344v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Commercial buildings in Lugdunum and Vienna: between Roman models and local specificities (1st century BC-3rd century AD)</w:t>
+                <w:t xml:space="preserve">Appréhender les acteurs du commerce de détail en Gaule romaine : témoignages archéologiques en milieu urbain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Lépée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Standardisation and Localism in the Legal and Economic world of the Romans</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Emilia Mataix-Ferrándiz; Koenraad Verboven; Paul Erdkamp; SDEP-KWAB-Univ. Ghent, Jun 2023, Bruxelles - Ghent, Belgium</w:t>
+              <w:t xml:space="preserve">Colloque international de l'ARS, La société provinciale romaine en question. Formes de coexistence et de distinction dans les provinces occidentales de Rome</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Association pour l'archéologie romaine en Suisse; Andrew Lawrence; Elsa Mouquin; Romain Guichon; Annina Wyss Schildknecht, Mar 2023, Berne, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04379344v1</w:t>
+                <w:t xml:space="preserve">hal-04379356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les boutiques de Lugdunum et de Vienna (Ier s. av. - IIIe s. apr. J.-C.) : cadre architectural et pratiques du commerce de détail</w:t>
               </w:r>
@@ -2474,187 +2474,187 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04379403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Network of Streets and Shops in the Upper Town of Lugdunum between the 1st Century BC and the 3rd Century AD</w:t>
+                <w:t xml:space="preserve">Où sont passés les entrepôts de la Colonia Copia Augusta Lugudunum ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Lépée</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Clément</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Congress of Classical Archaeology (ICCA 2018)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">2e Rencontres franco-suisses sur l'artisanat urbain, Le stockage dans les villes romaines des provinces nord-occidentales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Benjamin Clément; Marine Lépée, Sep 2021, Lausanne, Suisse</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03369746v1</w:t>
+                <w:t xml:space="preserve">hal-04379390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Où sont passés les entrepôts de la Colonia Copia Augusta Lugudunum ?</w:t>
+                <w:t xml:space="preserve">Network of Streets and Shops in the Upper Town of Lugdunum between the 1st Century BC and the 3rd Century AD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Lépée</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Clément</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2e Rencontres franco-suisses sur l'artisanat urbain, Le stockage dans les villes romaines des provinces nord-occidentales</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">19th International Congress of Classical Archaeology (ICCA 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Cologne Bonn, Germany. pp.77-90, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.11588/propylaeum.705.c10630⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04379390v1</w:t>
+                <w:t xml:space="preserve">hal-03369746v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Commerce et artisanat dans les villes romaines : réglementations et “transgressions” spatiales en contexte urbain</w:t>
               </w:r>
@@ -3366,51 +3366,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="512C3A8F"/>
+    <w:nsid w:val="0A03C2C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3597,51 +3597,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marine-lepee" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7086-8353" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/269292063" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072000v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Zanella" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine L&#233;p&#233;e" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Pellegrin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13w7e" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421702v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21001/rap.2025.35.20" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938505v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911368v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Math&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Pardoen" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Fauchier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Favier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Adeline Le Guennec" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/135o8" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549157v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.10397" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046723v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Amato" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.7286" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959497v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1047759420000379" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02466284v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497533v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chollier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Perrot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bi&#232;vre-Perrin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Bayl&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837952v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/cdf/19149" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13hti" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860526v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Guillaud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-06281-0_3" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912056v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/135oc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288014v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/frontieres.506" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445067v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05249534v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072003v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423379v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072005v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ada Lasheras Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820088v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839508v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379356v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379344v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379403v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369746v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11588/propylaeum.705.c10630" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379390v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cl&#233;ment" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379436v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379449v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379422v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379460v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-02127670v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldo Borlenghi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Poux" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379470v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379322v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02285161v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyssa Giraudo" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Michallet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marine-lepee" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-7086-8353" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/269292063" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072000v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Zanella" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine L&#233;p&#233;e" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Pellegrin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13w7e" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05421702v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21001/rap.2025.35.20" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04938505v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04911368v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Math&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Pardoen" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Fauchier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Favier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Adeline Le Guennec" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/135o8" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04549157v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.10397" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04046723v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincenzo Amato" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/baefe.7286" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02959497v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1047759420000379" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02466284v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497533v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chollier" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Perrot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Bi&#232;vre-Perrin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Bayl&#233;" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837952v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/cdf/19149" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/13hti" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03860526v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Guillaud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-06281-0_3" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04912056v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/135oc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288014v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35562/frontieres.506" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445067v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072005v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ada Lasheras Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05249534v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05072003v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05423379v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839508v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820088v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379344v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379356v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379403v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379390v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cl&#233;ment" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369746v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11588/propylaeum.705.c10630" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379436v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379449v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379422v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379460v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-02127670v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aldo Borlenghi" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Poux" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379470v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04379322v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02285161v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alyssa Giraudo" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Michallet" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>