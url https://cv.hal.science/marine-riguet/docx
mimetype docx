--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Marine Riguet </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maîtresse de conférences en Littérature française (XIXe-XXIe siècles) et en Humanités numériques.  </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading5"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">FONCTIONS ACTUELLES</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Maîtresse de conférences à l’Université de Reims Champagne-Ardenne (depuis 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Affiliation au Centre de Recherche Interdisciplinaire sur les Modèles Esthétiques et Littéraires (CRIMEL).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Enseignements d’écriture multimédia en MMI - IUT de Troyes.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chercheuse associée au COSTECH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, unité de recherche du Département Technologies et Sciences de l’Homme de l’Université de Technologie de Compiègne. Membre de l'équipe-programme Récit.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chercheuse associée au CELLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Centre d'étude de la langue et des littératures françaises), unité mixte de recherche de Sorbonne Université et du CNRS (UMR 8599). Membre de l’équipe-projet OBTIC (l’Observatoire des textes, des idées et des corpus).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/><w:pBdr><w:bottom w:val="single" w:sz="1" w:color="000000"/></w:pBdr></w:pPr><w:r><w:rPr><w:sz w:val="6"/><w:szCs w:val="6"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading5"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">THÈMES DE RECHERCHE</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Le vivant et l'idée de littérature (XIXe-XXIe siècles).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Écritures numériques et pratiques littéraires intermédiales.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Humanités numériques : édition et analyse des textes littéraires.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">La critique littéraire et les sciences au XIXe siècle.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/><w:pBdr><w:bottom w:val="single" w:sz="1" w:color="000000"/></w:pBdr></w:pPr><w:r><w:rPr><w:sz w:val="6"/><w:szCs w:val="6"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading5"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">ÉQUIPES & RÉSEAUX DE RECHERCHE</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Chercheuse au sein du </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">projet ANR e-BdF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, coordonné par Elsa Courant (CELLF, Sorbonne Université) depuis 2022.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du comité d'organisation stratégique de l'</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Initiative Humanités Numériques de Sorbonne Université</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (depuis 2025).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre de </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">POEMATA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, association consacrée à l’actualité de la recherche sur les pratiques poétiques (depuis 2025)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">comité scientifique de La Cellule</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, unité de recherche de l’Ecole Nationale Supérieure de la Photographie qui s’intéresse aux nouveaux modes de relation entre les images et le vivant, dans le cadre du Centre de Recherche Arts & Images (depuis 2020).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre d’</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Humanistica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, association francophone des Humanités numériques (depuis 2016).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre de la </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Société des Études renaniennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, association consacrée à la vie et l’oeuvre d’Ernest Renan (2019-2024).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Post-doctorante au </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Labex OBVIL (Sorbonne Université)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : projet de recherche en humanités numériques et développement pour la fouille de texte (2018-2020).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Visiting Researcher</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> au sein de </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">l’équipe d’ARTFL de l’Université de Chicago (États-Unis)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (fév.-juin 2018).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Doctorante rattachée à la </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chaire thématique HumaNum (Sorbonne Université)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> sous la direction des Professeurs Didier Alexandre et Jean-Gabriel Ganascia (2014-2018). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La littérature laboratoire : quand la critique littéraire défie la science (1850-1914)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, thèse soutenue le 9 février 2018, mention très honorable avec les félicitations du jury.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/><w:pBdr><w:bottom w:val="single" w:sz="1" w:color="000000"/></w:pBdr></w:pPr><w:r><w:rPr><w:sz w:val="6"/><w:szCs w:val="6"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading5"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">ORGANISATION D'ÉVÉNEMENTS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-organisation du colloque « Citer, copier, convoquer : les modèles savants en travail », avec Céline Bohnert, Yann Calbérac et Léa Gariglietti à l'Université de Reims, les 28 et 29 mai 2026.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du comité scientifique du colloque « Lire, écrire, classer : Formes, usages et imaginaires de la bibliographie (XIXe-XXIe siècles) », organisé par Elsa Courant dans le cadre de l'ANR e-BdF les 28 et 29 janvier 2026.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-organisation de la journée d'étude « Les humanités numériques et la littérature » avec Céline Bohnert, à l'Université de Reims, le 25 septembre 2025.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du comité scientifique des Journées Informatiques Théâtrales du 9 au 11 octobre 2024, à l’Université d’Avignon.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Organisation de la journée d'étude « Écritures numériques : la parole au corps » à l'IUT de Troyes, le 14 avril 2023. URL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://crimel.hypotheses.org/8214</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du comité scientifique des Journées Informatiques Théâtrales des 10 et 11 octobre 2022, à l’ENSATT. URL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://easychair.org/cfp/JIT2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-organisation de la journée d’étude « Écritures numériques, nouvelles gestualités ? » avec Serge Bouchardon et Simon Renaud, à l’Université de Technologie de Compiègne, le 9 juin 2022. URL : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://marine-riguet.gitbook.io/ecritures-numeriques/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-organisation des « 1res Rencontres nationales YouTube et Littérature », à École Nationale Supérieure d’Informatique pour l’Industrie et l’Entreprise d’Evry, les 13 et 14 mai 2022. URL : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://litteratube.net/</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> Animation du débat public le 14 mai : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.youtube.com/watch?v=H2gn3jwfQzo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du comité scientifique du colloque « Stella Incognita - Pouvoir(s), responsabilités et cas de conscience en science-fiction », à l’Université de Reims, du 6 au 8 avril 2022. URL : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://cirlep.hypotheses.org/2886</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du comité d’organisation du colloque « La controverse dans la critique littéraire: entre théorie et traitement automatique » avec le Labex OBVIL, à la Maison de la Recherche (Sorbonne Université), les 10 et 11 juin 2020. URL : </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://obvil.sciencesconf.org/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-organisation du colloque « Les mots de la critique littéraire au XIXe siècle », avec Glenn Roe et Romain Jalabert, à la Maison de la Recherche (Sorbonne Université), les 20 et 21 juin 2019. URL : </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://serd.hypotheses.org/5272</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-organisation du colloque international « Destins du génie au XIXe siècle », avec Ugo Batini, à la Maison de la Recherche (Sorbonne Université), les 5 et 6 octobre 2017. Interventions en histoire des sciences, en philosophie et en littérature sur la « matérialisation » du génie au prisme des sciences émergentes du XIXe siècle.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Participation à l’organisation d’une journée d’étude sur Ivan Illich et son adaptation aux enjeux du numérique dans le cadre de la Chaire thématique HumaNum (Maison de la Recherche), le 20 février 2016.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/><w:pBdr><w:bottom w:val="single" w:sz="1" w:color="000000"/></w:pBdr></w:pPr><w:r><w:rPr><w:sz w:val="6"/><w:szCs w:val="6"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading5"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">RESPONSABILITÉS ADMINISTRATIVES ET COLLECTIVES</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Directrice de publication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> des </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carnets du CRIMEL</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> avec Céline Bohnert (depuis sept. 2022).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Directrice des études</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> du BUT MMI à l’IUT de Troyes : suivi de scolarité des étudiants, participation à l’adaptation locale de la réforme, organisation des sous-commissions, participation aux comités de direction et implication dans les missions de valorisation du département (2022-2024).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comités de sélection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : participation à 3 recrutements Maître de conférences (campagnes 2023 et 2024) à l’Université de Reims Champagne-Ardenne, dont 1 en tant que présidente du comité ; participation au recrutement de 2 ATER et 3 contractuels à l’IUT de Troyes, et d’1 post-doctorant dans le cadre de l’ANR e-BDF.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encadrements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : alternants en Licence Professionnelle des Métiers de la communication ; étudiants en stage long d'entreprise en DUT / BUT MMI à l'IUT de Troyes ; un stage de recherche au Labex OBVIL (février-mars 2020) dans le cadre d’une Licence 3 « Humanités » suivie à Paris X.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du jury du « Prix jeunes talents » de la journée d’études doctorales sur le thème des Transitions, transformations, mutations à l’Université de Reims le 10 novembre 2022.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du jury du Festival MMI 2021 (catégorie audiovisuel).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/><w:pBdr><w:bottom w:val="single" w:sz="1" w:color="000000"/></w:pBdr></w:pPr><w:r><w:rPr><w:sz w:val="6"/><w:szCs w:val="6"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading5"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">ENSEIGNEMENTS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Créativité numérique (M2 Lettres & Humanités 2023-2025)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Écritures numériques (LP Métiers du Design 2022-2025)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Littérature et culture médiatique (LP Métiers du Livre 2022-2023)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Écriture multimédia et narration (BUT MMI 2021-2025)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Communication, expression écrite et orale (DUT MMI 2020-2022)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Technique et langage des médias (LP Communication 2020-2022)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Histoire culturelle du net (L3 Lettres modernes 2014-2017)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Édition numérique (L3 Lettres modernes 2014-2017)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thématiques principales : la littérature numérique, la poétique du support, la mise en jeu du récit, les écritures du réel, le détournement médiatique, l'écriture-vidéo, la recherche-création.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/><w:pBdr><w:bottom w:val="single" w:sz="1" w:color="000000"/></w:pBdr></w:pPr><w:r><w:rPr><w:sz w:val="6"/><w:szCs w:val="6"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading5"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">CRÉATION POÉTIQUE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Un pan de cette recherche théorique, consacrée aux écritures intermédiales, vient accompagner une recherche poétique plus personnelle. Voir le site : </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://marineriguet.com/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:pStyle w:val="Heading5"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Publications poétiques</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antigone sur la route</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, éd. Unes, 2025.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fugue pour visage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, coll. «  rootleg », maelstrÖm reEvolution, 2025.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On dirait une forêt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, coll. « bookleg », maelstrÖm reEvolution, 2022.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poésie / Partages n°6</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Les Découvreurs, éd. en ligne, 2021.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading5"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Interventions</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="8"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Conférence «  Pratique et pensée du poème en vidéo », Collège Supérieur de Lyon, 28 janvier 2025.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="8"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Atelier de vidéo-poème à la Bibliothèque François Villon, Paris, le 28 septembre 2024.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="8"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Workshop « Les imaginaires du vivant » à l’Ecole Nationale de Photographie d’Arles du 13 au 17 novembre 2023 organisé par Yannick Vernet, avec Marine Lanier.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="8"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Atelier de vidéo-écriture à l’Université de Technologie de Compiègne, organisé par Serge Bouchardon, le 18 octobre 2023.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="8"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Résidence du 13 au 27 mars 2023 à  La Factorie, Maison de la poésie de Normandie. Atelier d’écriture poétique au centre de détention les Vignettes de Val-de-Reuil.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="8"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1res Rencontres nationales YouTube & Littérature au C-19 d’Évry, les 13 et 14 mai 2022.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="8"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Workshop «  Les imaginaires du vivant » à l’Ecole Nationale de Photographie d’Arles du 14 au 18 mars 2022 organisé par Yannick Vernet, avec Milène Tournier.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="8"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Mater Atelier, organisé par Hortense Raynal, le 19 janvier 2022.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="8"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Atelier de vidéo-écriture, organisé par Les mots, l’émotion les 11 et 12 décembre 2021 à Port-Vendres.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="8"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Résidence du 5 au 10 juillet 2021 dans le centre de création musicale Art Zoyd Studios.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="8"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Résidence du 11 au 22 janvier 2021 à  La Factorie, Maison de la poésie de Normandie. Atelier de vidéo-écriture.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ni dire ni taire. Le poème en vidéo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Rumeur libre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Raisons poétiques</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05041006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correspondance d'Ernest Renan et de Marcellin Berthelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classiques Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 978-2-406-10980-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03693202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Génie au XIXe siècle : anatomie d’un monstre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ugo Batini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Classiques Garnier. , 2020, 978-2-406-10104-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03693197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire littérature : genèse d'un laboratoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9791037001559</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03694736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le laboratoire de recherche-création : un espace d’altération</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Losco-Lena</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Françoise Chambefort; Carolane Sanchez. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dialogues sur les enjeux de la recherche-création pour les sciences humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 9791037044631</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05284541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ni dire ni taire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ni dire ni taire. Le poème en vidéo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Rumeur libre, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05126979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les « cueilleurs-tisseurs » : pratique de l'image poétique sur YouTube</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jessica Desclaux; Bertrand Gervais; Corentin Lahouste; Anne Reverseau; Marcela Scibiorska. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Iconothèques : collecte, stockage et transmission d'images chez les écrivains et les artistes (XIXe-XXIe siècle)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUR, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04830482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'écrivain sans livre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Estelle Mouton-Rovira; Andrea Del Lungo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'écrivain et la machine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sens Public</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04867490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’analyse de réseaux en littérature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Didier Alexandre; Glenn Roe. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Observer la vie littéraire. Études littéraires et numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, 2022, 978-2-406-13345-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03845066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le médical et le social. Analyse sémantique des rapports de l’immersion d’étudiants en médecine dans le Samu social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Alexandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérick Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motasem Alrahabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Duguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Didier Alexandre; Glenn Roe. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Observer la vie littéraire. Études littéraires et numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, pp.817-846, 2022, 978-2-406-13347-6. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-13347-6.p.0817⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04010863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La valeur littéraire au fil d’Ariane. Barbey d’Aurevilly et les écrivaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Alexandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motasem Alrahabi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Didier Alexandre; Glenn Roe. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Observer la vie littéraire. Études littéraires et numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, pp.345-393, 2022, 978-2-406-13347-6. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-13347-6.p.0345⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04010845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital Textualities : Motile Writing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Bouchardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mourad El Fahli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exploring Contemporary Digital Poetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Dar Al Mawsoua, pp.17-43, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03844809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Correspondance d'Ernest Renan et de Marcellin Berthelot 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, pp.1-13, 2021, 978-2-406-10980-8. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-10982-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le génie littéraire, entre accident heureux et névropathie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Génie au XIXe siècle : anatomie d’un monstre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classiques Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 978-2-406-10104-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03693987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faire littérature : genèse d'un laboratoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9791037001559</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02940583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le corps à la croisée des genres : érotisme et transﬁguration poétique dans l’œuvre de P. J. Jouve</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Amélie Auzoux; Camille Koskas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Érotisme et frontières dans la littérature française du XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 422, </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classiques Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.323-336, 2019, Rencontres, 978-2-406-08575-1. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-08577-5.p.0323⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03694350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Destins du corps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ugo Batini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le corps, auteur par auteur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ellipses, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une histoire naturelle de la littérature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Classiques Garnier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La littérature et la vie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01363697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bataille, Jouve, Klossowski, Blanchot : la parole transgressive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Parole, auteur par auteur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ellipses, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (16)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaginer avec ChatGPT : autour de la Muraille de Chine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interfaces numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25965/interfaces-numeriques.5448⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05156751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu'est-ce que la LittéraTube ? Entretien avec Gilles Bonnet, Erika Fülöp et Gaëlle Théval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika Fülöp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Theval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littératures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 91/2024, pp.145-157</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04948962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traces d'un « chef-d'oeuvre à deux » : la correspondance de Renan et Berthelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Magasin du XIXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">YouTube en poète</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Po&amp;sie [Poésie]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, N° 179-180 (1), pp.227-237. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/poesi.179.0227⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03715957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les textualités numériques : écritures du mouvant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Bouchardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Français Moderne - Revue de linguistique Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03694733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La poétique du geste en LittéraTube</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astasa - Arts·Sciences·Technologies. Actualités Scientifiques de l'Art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03501693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La correspondance de motifs, indice pour une analyse de discours ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Amine Boukhaled</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Humanités numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/revuehn.312⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03694363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un style « au service de la vérité » : la critique littéraire de la seconde moitié du XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts et Savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 14, </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/aes.3430⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03693232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le numérique, milieu « macranthrope »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Implications philosophiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02940562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La critique laboratoire : fabrique du XIXe siècle ou fantasme éternel ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romantisme : la revue du dix-neuvième siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Épistémocritique, 183, pp.56-65. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rom.183.0056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03693224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'impact de la physiologie dans la critique littéraire de la fin du XIXème siècle : l'exemple de Claude Bernard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Épistémocritique. Revue de littérature et savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01903871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une analyse automatique du jugement critique : les citations modalisées dans le discours littéraire du XIX e siècle[en]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motasem Alrahabi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DHQ: Digital Humanities Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01903928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">At the crossroads between the scientific and the literary discourse: Comparison as a figure of dialogism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Mpouli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Scholarship in the Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 32 (suppl_2), pp.ii60-ii77. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/llc/fqx026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02888034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autorités et réseaux d'influence dans la critique littéraire de la seconde moitié du XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alaa Abi Haidar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estrema</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 8, http://www.estrema-cec.com/wp/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01363699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annotation of Toponyms in TEI Digital Literary Editions and Linking to the Web of Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Frontini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Brando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Jacquot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jolivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MALTIT : Materialities of literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 2, </w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14195/2182-8830_4-2_3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01363709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jean Jouve et la mort comme “expérience-limite”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alkemie Revue semestrielle de littérature et de philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, La mort, 18, </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-06636-1.p.0193⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01363701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les réseaux de relations dans la Bibliographie de la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lire, écrire, classer : formes, usages et imaginaires de la bibliographie (XIXe-XXIe siècles)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsa Courant, Jan 2026, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05483403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une poétique de l'entour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actualités du poème : ancrages historiques et contemporains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Network for the Study of Lyric, Jun 2025, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05089739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Marine Riguet autour de son livre &amp;quot;Ni dire ni taire. Le poème en vidéo&amp;quot; (Roanne, La Rumeur libre, 2025)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Christine Royère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinaire de l'association Poemata</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, organisé par Pauline Flepp et Quentin Cauchin, Nov 2025, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05384928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Après la lyre : l’ambivalence du geste technique dans la poésie-vidéo contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque du CRIHN 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Montréal Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04304049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La vidéo-écriture, poétique du geste ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écritures numériques, nouvelles gestualités ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Compiègne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03694740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les « cueilleurs-tisseurs » : pratiques de l'image poétique sur YouTube</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les iconothèques d’écrivain·e·s contemporain·e·s</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bertrand Gervais; Corentin Lahouste; Alexandra L. Martin; Anne Reverseau, Apr 2022, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03693957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyrisme écologique : la polyphonie de la poésie sur YouTube</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vocalités contemporaines La voix entre poésie et musique (1948-2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laure Gauthier, Mar 2022, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03712535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les voix écrivantes sur YouTube</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La voix entre poésie et musique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03694741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse automatique pour une étude du genre : quels jugements des écrivaines au XIXe siècle ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motasem Alrahabi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Humanities Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Ottawa virtual), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03199809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographier le discours sur la littérature : l'ontologie comme modèle exploratoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motasem Alrahabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Humanistica 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02864882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting SHS Research Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data Science for the Future</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles articulations possibles entre recherche et pédagogie pour les humanités numériques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Labarthe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseigner et apprendre : les apports de la recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Workflow For On The Fly Normalisation Of 17th c. French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Gabay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Barrault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DH2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ADHO, Jul 2019, Utrecht, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02276150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les dictionnaires du papier au numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palmyre de la Touanne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Dictionnaires dans tous leurs états</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le milieu, concept nomade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Mots de la critique littéraire au XIXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire autorité en littérature : propositions pour une analyse de réseaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Méthodes et démarches dans les humanités numériques littéraires,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vector based measure of semantic shifts across different cultural corpora as a proxy to comparative history of ideas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Reboul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Gefen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Andrew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Mcclure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. D. Porter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JADH2017 Proceedings of the 7th Conference of Japanese Association for Digital Humanities“Creating Data through Collaboration”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Kyoto, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03168025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voguer au fil de la transtextualité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motasem Alrahabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Humanities Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03199836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sacre d’une littérature palimpseste ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des humanités numériques littéraires ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Didier Alexandre; Marc Douguet; Milad Doueihi, Jun 2017, Cerisy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À la croisée des discours littéraire et scientifique : La comparaison comme haute figure dialogique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Mpouli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Humanities 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ADHO, Jul 2016, Cracovie, Pologne. pp.330-333</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01363712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’intertextualité à l’épreuve du numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data Bahia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Salvador de Bahia, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au bord d'elle-même</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Emily Dickinson, Une différence intérieure : poèmes 1862</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05378846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'analyse de réseaux en littérature : de la visualisation à la modélisation d'une histoire relationnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03694732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Littérature laboratoire (1850-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Littératures. Sorbonne université, 2018. Français. </w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03998212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId128"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Marine Riguet </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maîtresse de conférences en Littérature française (XIXe-XXIe siècles) et en Humanités numériques.  </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading5"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">FONCTIONS ACTUELLES</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Maîtresse de conférences à l’Université de Reims Champagne-Ardenne (depuis 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Affiliation au Centre de Recherche Interdisciplinaire sur les Modèles Esthétiques et Littéraires (CRIMEL).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Enseignements d’écriture multimédia en MMI - IUT de Troyes.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chercheuse associée au COSTECH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, unité de recherche du Département Technologies et Sciences de l’Homme de l’Université de Technologie de Compiègne. Membre de l'équipe-programme Récit.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chercheuse associée au CELLF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (Centre d'étude de la langue et des littératures françaises), unité mixte de recherche de Sorbonne Université et du CNRS (UMR 8599). Membre de l’équipe-projet OBTIC (l’Observatoire des textes, des idées et des corpus).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/><w:pBdr><w:bottom w:val="single" w:sz="1" w:color="000000"/></w:pBdr></w:pPr><w:r><w:rPr><w:sz w:val="6"/><w:szCs w:val="6"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading5"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">THÈMES DE RECHERCHE</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Le vivant et l'idée de littérature (XIXe-XXIe siècles).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Écritures numériques et pratiques littéraires intermédiales.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Humanités numériques : édition et analyse des textes littéraires.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">La critique littéraire et les sciences au XIXe siècle.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/><w:pBdr><w:bottom w:val="single" w:sz="1" w:color="000000"/></w:pBdr></w:pPr><w:r><w:rPr><w:sz w:val="6"/><w:szCs w:val="6"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading5"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">ÉQUIPES & RÉSEAUX DE RECHERCHE</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Chercheuse au sein du </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">projet ANR e-BdF</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, coordonné par Elsa Courant (CELLF, Sorbonne Université) depuis 2022.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du comité d'organisation stratégique de l'</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Initiative Humanités Numériques de Sorbonne Université</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (depuis 2025).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre de </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">POEMATA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, association consacrée à l’actualité de la recherche sur les pratiques poétiques (depuis 2025)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">comité scientifique de La Cellule</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, unité de recherche de l’Ecole Nationale Supérieure de la Photographie qui s’intéresse aux nouveaux modes de relation entre les images et le vivant, dans le cadre du Centre de Recherche Arts & Images (depuis 2020).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre d’</w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Humanistica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, association francophone des Humanités numériques (depuis 2016).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre de la </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Société des Études renaniennes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, association consacrée à la vie et l’oeuvre d’Ernest Renan (2019-2024).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Post-doctorante au </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Labex OBVIL (Sorbonne Université)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : projet de recherche en humanités numériques et développement pour la fouille de texte (2018-2020).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Visiting Researcher</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> au sein de </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">l’équipe d’ARTFL de l’Université de Chicago (États-Unis)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (fév.-juin 2018).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Doctorante rattachée à la </w:t></w:r><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chaire thématique HumaNum (Sorbonne Université)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> sous la direction des Professeurs Didier Alexandre et Jean-Gabriel Ganascia (2014-2018). </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La littérature laboratoire : quand la critique littéraire défie la science (1850-1914)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, thèse soutenue le 9 février 2018, mention très honorable avec les félicitations du jury.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/><w:pBdr><w:bottom w:val="single" w:sz="1" w:color="000000"/></w:pBdr></w:pPr><w:r><w:rPr><w:sz w:val="6"/><w:szCs w:val="6"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading5"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">ORGANISATION D'ÉVÉNEMENTS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-organisation du colloque « Citer, copier, convoquer : les modèles savants en travail », avec Céline Bohnert, Yann Calbérac et Léa Gariglietti à l'Université de Reims, les 28 et 29 mai 2026.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du comité scientifique du colloque « Lire, écrire, classer : Formes, usages et imaginaires de la bibliographie (XIXe-XXIe siècles) », organisé par Elsa Courant dans le cadre de l'ANR e-BdF les 28 et 29 janvier 2026.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-organisation de la journée d'étude « Les humanités numériques et la littérature » avec Céline Bohnert, à l'Université de Reims, le 25 septembre 2025.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du comité scientifique des Journées Informatiques Théâtrales du 9 au 11 octobre 2024, à l’Université d’Avignon.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Organisation de la journée d'étude « Écritures numériques : la parole au corps » à l'IUT de Troyes, le 14 avril 2023. URL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://crimel.hypotheses.org/8214</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du comité scientifique des Journées Informatiques Théâtrales des 10 et 11 octobre 2022, à l’ENSATT. URL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://easychair.org/cfp/JIT2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-organisation de la journée d’étude « Écritures numériques, nouvelles gestualités ? » avec Serge Bouchardon et Simon Renaud, à l’Université de Technologie de Compiègne, le 9 juin 2022. URL : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://marine-riguet.gitbook.io/ecritures-numeriques/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-organisation des « 1res Rencontres nationales YouTube et Littérature », à École Nationale Supérieure d’Informatique pour l’Industrie et l’Entreprise d’Evry, les 13 et 14 mai 2022. URL : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://litteratube.net/</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> Animation du débat public le 14 mai : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.youtube.com/watch?v=H2gn3jwfQzo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du comité scientifique du colloque « Stella Incognita - Pouvoir(s), responsabilités et cas de conscience en science-fiction », à l’Université de Reims, du 6 au 8 avril 2022. URL : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://cirlep.hypotheses.org/2886</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du comité d’organisation du colloque « La controverse dans la critique littéraire: entre théorie et traitement automatique » avec le Labex OBVIL, à la Maison de la Recherche (Sorbonne Université), les 10 et 11 juin 2020. URL : </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://obvil.sciencesconf.org/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-organisation du colloque « Les mots de la critique littéraire au XIXe siècle », avec Glenn Roe et Romain Jalabert, à la Maison de la Recherche (Sorbonne Université), les 20 et 21 juin 2019. URL : </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://serd.hypotheses.org/5272</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Co-organisation du colloque international « Destins du génie au XIXe siècle », avec Ugo Batini, à la Maison de la Recherche (Sorbonne Université), les 5 et 6 octobre 2017. Interventions en histoire des sciences, en philosophie et en littérature sur la « matérialisation » du génie au prisme des sciences émergentes du XIXe siècle.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Participation à l’organisation d’une journée d’étude sur Ivan Illich et son adaptation aux enjeux du numérique dans le cadre de la Chaire thématique HumaNum (Maison de la Recherche), le 20 février 2016.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/><w:pBdr><w:bottom w:val="single" w:sz="1" w:color="000000"/></w:pBdr></w:pPr><w:r><w:rPr><w:sz w:val="6"/><w:szCs w:val="6"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading5"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">RESPONSABILITÉS ADMINISTRATIVES ET COLLECTIVES</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Directrice de publication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> des </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carnets du CRIMEL</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> avec Céline Bohnert (depuis sept. 2022).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Directrice des études</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> du BUT MMI à l’IUT de Troyes : suivi de scolarité des étudiants, participation à l’adaptation locale de la réforme, organisation des sous-commissions, participation aux comités de direction et implication dans les missions de valorisation du département (2022-2024).</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comités de sélection</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : participation à 3 recrutements Maître de conférences (campagnes 2023 et 2024) à l’Université de Reims Champagne-Ardenne, dont 1 en tant que présidente du comité ; participation au recrutement de 2 ATER et 3 contractuels à l’IUT de Troyes, et d’1 post-doctorant dans le cadre de l’ANR e-BDF.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Encadrements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> : alternants en Licence Professionnelle des Métiers de la communication ; étudiants en stage long d'entreprise en DUT / BUT MMI à l'IUT de Troyes ; un stage de recherche au Labex OBVIL (février-mars 2020) dans le cadre d’une Licence 3 « Humanités » suivie à Paris X.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du jury du « Prix jeunes talents » de la journée d’études doctorales sur le thème des Transitions, transformations, mutations à l’Université de Reims le 10 novembre 2022.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="5"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Membre du jury du Festival MMI 2021 (catégorie audiovisuel).</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/><w:pBdr><w:bottom w:val="single" w:sz="1" w:color="000000"/></w:pBdr></w:pPr><w:r><w:rPr><w:sz w:val="6"/><w:szCs w:val="6"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading5"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">ENSEIGNEMENTS</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Créativité numérique (M2 Lettres & Humanités 2023-2025)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Écritures numériques (LP Métiers du Design 2022-2025)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Littérature et culture médiatique (LP Métiers du Livre 2022-2023)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Écriture multimédia et narration (BUT MMI 2021-2025)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Communication, expression écrite et orale (DUT MMI 2020-2022)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Technique et langage des médias (LP Communication 2020-2022)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Histoire culturelle du net (L3 Lettres modernes 2014-2017)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="6"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Édition numérique (L3 Lettres modernes 2014-2017)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thématiques principales : la littérature numérique, la poétique du support, la mise en jeu du récit, les écritures du réel, le détournement médiatique, l'écriture-vidéo, la recherche-création.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/><w:pBdr><w:bottom w:val="single" w:sz="1" w:color="000000"/></w:pBdr></w:pPr><w:r><w:rPr><w:sz w:val="6"/><w:szCs w:val="6"/></w:rPr><w:t xml:space="preserve"></w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading5"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">CRÉATION POÉTIQUE</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Un pan de cette recherche théorique, consacrée aux écritures intermédiales, vient accompagner une recherche poétique plus personnelle. Voir le site : </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://marineriguet.com/</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:pStyle w:val="Heading5"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Publications poétiques</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antigone sur la route</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, éd. Unes, 2025.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fugue pour visage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, coll. «  rootleg », maelstrÖm reEvolution, 2025.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On dirait une forêt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, coll. « bookleg », maelstrÖm reEvolution, 2022.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="7"/></w:numPr></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poésie / Partages n°6</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, Les Découvreurs, éd. en ligne, 2021.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading5"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Interventions</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="8"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Conférence «  Pratique et pensée du poème en vidéo », Collège Supérieur de Lyon, 28 janvier 2025.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="8"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Atelier de vidéo-poème à la Bibliothèque François Villon, Paris, le 28 septembre 2024.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="8"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Workshop « Les imaginaires du vivant » à l’Ecole Nationale de Photographie d’Arles du 13 au 17 novembre 2023 organisé par Yannick Vernet, avec Marine Lanier.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="8"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Atelier de vidéo-écriture à l’Université de Technologie de Compiègne, organisé par Serge Bouchardon, le 18 octobre 2023.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="8"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Résidence du 13 au 27 mars 2023 à  La Factorie, Maison de la poésie de Normandie. Atelier d’écriture poétique au centre de détention les Vignettes de Val-de-Reuil.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="8"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">1res Rencontres nationales YouTube & Littérature au C-19 d’Évry, les 13 et 14 mai 2022.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="8"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Workshop «  Les imaginaires du vivant » à l’Ecole Nationale de Photographie d’Arles du 14 au 18 mars 2022 organisé par Yannick Vernet, avec Milène Tournier.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="8"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Mater Atelier, organisé par Hortense Raynal, le 19 janvier 2022.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="8"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Atelier de vidéo-écriture, organisé par Les mots, l’émotion les 11 et 12 décembre 2021 à Port-Vendres.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="8"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Résidence du 5 au 10 juillet 2021 dans le centre de création musicale Art Zoyd Studios.</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="8"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Résidence du 11 au 22 janvier 2021 à  La Factorie, Maison de la poésie de Normandie. Atelier de vidéo-écriture.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ni dire ni taire. Le poème en vidéo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Rumeur libre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Raisons poétiques</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05041006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correspondance d'Ernest Renan et de Marcellin Berthelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classiques Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 978-2-406-10980-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03693202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Génie au XIXe siècle : anatomie d’un monstre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ugo Batini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Classiques Garnier. , 2020, 978-2-406-10104-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03693197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire littérature : genèse d'un laboratoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9791037001559</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03694736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le laboratoire de recherche-création : un espace d’altération</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mireille Losco-Lena</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Françoise Chambefort; Carolane Sanchez. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dialogues sur les enjeux de la recherche-création pour les sciences humaines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 9791037044631</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05284541v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ni dire ni taire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ni dire ni taire. Le poème en vidéo</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, La Rumeur libre, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05126979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les « cueilleurs-tisseurs » : pratique de l'image poétique sur YouTube</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jessica Desclaux; Bertrand Gervais; Corentin Lahouste; Anne Reverseau; Marcela Scibiorska. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Iconothèques : collecte, stockage et transmission d'images chez les écrivains et les artistes (XIXe-XXIe siècle)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, PUR, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04830482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'écrivain sans livre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Estelle Mouton-Rovira; Andrea Del Lungo. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'écrivain et la machine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sens Public</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04867490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le médical et le social. Analyse sémantique des rapports de l’immersion d’étudiants en médecine dans le Samu social</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Alexandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérick Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motasem Alrahabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Duguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Didier Alexandre; Glenn Roe. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Observer la vie littéraire. Études littéraires et numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, pp.817-846, 2022, 978-2-406-13347-6. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-13347-6.p.0817⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04010863v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’analyse de réseaux en littérature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Didier Alexandre; Glenn Roe. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Observer la vie littéraire. Études littéraires et numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, 2022, 978-2-406-13345-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03845066v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La valeur littéraire au fil d’Ariane. Barbey d’Aurevilly et les écrivaines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Alexandre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motasem Alrahabi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Didier Alexandre; Glenn Roe. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Observer la vie littéraire. Études littéraires et numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, pp.345-393, 2022, 978-2-406-13347-6. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48611/isbn.978-2-406-13347-6.p.0345⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04010845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Digital Textualities : Motile Writing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Bouchardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mourad El Fahli. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exploring Contemporary Digital Poetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Éditions Dar Al Mawsoua, pp.17-43, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03844809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Correspondance d'Ernest Renan et de Marcellin Berthelot 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Classiques Garnier, pp.1-13, 2021, 978-2-406-10980-8. </w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-10982-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le génie littéraire, entre accident heureux et névropathie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Génie au XIXe siècle : anatomie d’un monstre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classiques Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 978-2-406-10104-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03693987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Faire littérature : genèse d'un laboratoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9791037001559</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02940583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le corps à la croisée des genres : érotisme et transﬁguration poétique dans l’œuvre de P. J. Jouve</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Amélie Auzoux; Camille Koskas. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Érotisme et frontières dans la littérature française du XXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 422, </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classiques Garnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.323-336, 2019, Rencontres, 978-2-406-08575-1. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-08577-5.p.0323⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03694350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une histoire naturelle de la littérature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Classiques Garnier. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La littérature et la vie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01363697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Destins du corps</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ugo Batini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le corps, auteur par auteur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ellipses, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bataille, Jouve, Klossowski, Blanchot : la parole transgressive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La Parole, auteur par auteur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ellipses, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (17)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La main au poème</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Oreille voit</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05548344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaginer avec ChatGPT : autour de la Muraille de Chine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interfaces numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.25965/interfaces-numeriques.5448⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05156751v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Qu'est-ce que la LittéraTube ? Entretien avec Gilles Bonnet, Erika Fülöp et Gaëlle Théval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Bonnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Erika Fülöp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Theval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Littératures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 91/2024, pp.145-157</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04948962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Traces d'un « chef-d'oeuvre à deux » : la correspondance de Renan et Berthelot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Magasin du XIXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04336444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">YouTube en poète</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Po&amp;sie [Poésie]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, N° 179-180 (1), pp.227-237. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/poesi.179.0227⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03715957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les textualités numériques : écritures du mouvant</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Bouchardon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Français Moderne - Revue de linguistique Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03694733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La poétique du geste en LittéraTube</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Astasa - Arts·Sciences·Technologies. Actualités Scientifiques de l'Art</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03501693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La correspondance de motifs, indice pour une analyse de discours ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Amine Boukhaled</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Humanités numériques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1, </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/revuehn.312⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03694363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un style « au service de la vérité » : la critique littéraire de la seconde moitié du XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Arts et Savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 14, </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/aes.3430⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03693232v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le numérique, milieu « macranthrope »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Implications philosophiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02940562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La critique laboratoire : fabrique du XIXe siècle ou fantasme éternel ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romantisme : la revue du dix-neuvième siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Épistémocritique, 183, pp.56-65. </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rom.183.0056⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03693224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'impact de la physiologie dans la critique littéraire de la fin du XIXème siècle : l'exemple de Claude Bernard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Épistémocritique. Revue de littérature et savoirs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01903871v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une analyse automatique du jugement critique : les citations modalisées dans le discours littéraire du XIX e siècle[en]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motasem Alrahabi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DHQ: Digital Humanities Quarterly</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01903928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">At the crossroads between the scientific and the literary discourse: Comparison as a figure of dialogism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Mpouli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Scholarship in the Humanities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 32 (suppl_2), pp.ii60-ii77. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/llc/fqx026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02888034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Autorités et réseaux d'influence dans la critique littéraire de la seconde moitié du XIXe siècle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alaa Abi Haidar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Estrema</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 8, http://www.estrema-cec.com/wp/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01363699v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annotation of Toponyms in TEI Digital Literary Editions and Linking to the Web of Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francesca Frontini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Brando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Jacquot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Jolivet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MALTIT : Materialities of literature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 2, </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.14195/2182-8830_4-2_3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01363709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Jean Jouve et la mort comme “expérience-limite”</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alkemie Revue semestrielle de littérature et de philosophie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, La mort, 18, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15122/isbn.978-2-406-06636-1.p.0193⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01363701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les réseaux de relations dans la Bibliographie de la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lire, écrire, classer : formes, usages et imaginaires de la bibliographie (XIXe-XXIe siècles)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsa Courant, Jan 2026, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05483403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une poétique de l'entour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actualités du poème : ancrages historiques et contemporains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, International Network for the Study of Lyric, Jun 2025, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05089739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Entretien avec Marine Riguet autour de son livre &amp;quot;Ni dire ni taire. Le poème en vidéo&amp;quot; (Roanne, La Rumeur libre, 2025)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Christine Royère</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Webinaire de l'association Poemata</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, organisé par Pauline Flepp et Quentin Cauchin, Nov 2025, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05384928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Après la lyre : l’ambivalence du geste technique dans la poésie-vidéo contemporaine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque du CRIHN 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2023, Montréal Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04304049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La vidéo-écriture, poétique du geste ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Écritures numériques, nouvelles gestualités ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Compiègne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03694740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les « cueilleurs-tisseurs » : pratiques de l'image poétique sur YouTube</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les iconothèques d’écrivain·e·s contemporain·e·s</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bertrand Gervais; Corentin Lahouste; Alexandra L. Martin; Anne Reverseau, Apr 2022, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03693957v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lyrisme écologique : la polyphonie de la poésie sur YouTube</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vocalités contemporaines La voix entre poésie et musique (1948-2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Laure Gauthier, Mar 2022, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03712535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les voix écrivantes sur YouTube</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La voix entre poésie et musique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03694741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse automatique pour une étude du genre : quels jugements des écrivaines au XIXe siècle ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motasem Alrahabi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Humanities Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Ottawa virtual), Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03199809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographier le discours sur la littérature : l'ontologie comme modèle exploratoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motasem Alrahabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque Humanistica 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2020, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02864882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelles articulations possibles entre recherche et pédagogie pour les humanités numériques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Labarthe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enseigner et apprendre : les apports de la recherche</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploiting SHS Research Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data Science for the Future</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Workflow For On The Fly Normalisation Of 17th c. French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Gabay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Barrault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DH2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ADHO, Jul 2019, Utrecht, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02276150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les dictionnaires du papier au numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Palmyre de la Touanne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Dictionnaires dans tous leurs états</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le milieu, concept nomade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Mots de la critique littéraire au XIXe siècle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faire autorité en littérature : propositions pour une analyse de réseaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Méthodes et démarches dans les humanités numériques littéraires,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2017, Lille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vector based measure of semantic shifts across different cultural corpora as a proxy to comparative history of ideas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Reboul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Gefen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Andrew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Mcclure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. D. Porter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JADH2017 Proceedings of the 7th Conference of Japanese Association for Digital Humanities“Creating Data through Collaboration”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Kyoto, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03168025v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voguer au fil de la transtextualité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motasem Alrahabi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Humanities Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Montréal, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03199836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le sacre d’une littérature palimpseste ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Des humanités numériques littéraires ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Didier Alexandre; Marc Douguet; Milad Doueihi, Jun 2017, Cerisy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">À la croisée des discours littéraire et scientifique : La comparaison comme haute figure dialogique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Mpouli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Digital Humanities 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ADHO, Jul 2016, Cracovie, Pologne. pp.330-333</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01363712v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’intertextualité à l’épreuve du numérique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data Bahia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2016, Salvador de Bahia, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03695725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Au bord</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Emily Dickinson, Une différence intérieure : poèmes 1862</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05378846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'analyse de réseaux en littérature : de la visualisation à la modélisation d'une histoire relationnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03694732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Littérature laboratoire (1850-1914)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Riguet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Littératures. Sorbonne université, 2018. Français. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03998212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId129"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="30A03608"/>
+    <w:nsid w:val="C4440D1D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -254,51 +254,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="EEB76273"/>
+    <w:nsid w:val="B624DFF6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -402,51 +402,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="F8ACF18D"/>
+    <w:nsid w:val="22A8F2F2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -550,51 +550,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="D8CA7108"/>
+    <w:nsid w:val="DFFD2E33"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -698,51 +698,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="ABC3C5AD"/>
+    <w:nsid w:val="1A163E4C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -846,51 +846,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="1AE016EC"/>
+    <w:nsid w:val="EFE7142F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -994,51 +994,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="AE8C77E9"/>
+    <w:nsid w:val="39967B36"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1142,51 +1142,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="C9DBD732"/>
+    <w:nsid w:val="74369B61"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -1394,51 +1394,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://crimel.hypotheses.org/8214" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://easychair.org/cfp/JIT2022" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marine-riguet.gitbook.io/ecritures-numeriques/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://litteratube.net/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=H2gn3jwfQzo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cirlep.hypotheses.org/2886" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://obvil.sciencesconf.org/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://serd.hypotheses.org/5272" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://crimel.hypotheses.org/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marineriguet.com/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lalibrairie.com/livres/antigone-sur-la-route_0-12597638_9782877043038.html?ctx=85d6d8d82d07914ac3f61ffe8e968ee3" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.librairiewb.com/livre/9782875055170-fugue-pour-visage-riguet-marine/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.librairiewb.com/livre/9782875054210-on-dirait-une-foret-marine-riguet/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calameo.com/read/0062032273f79265529f9" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041006v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Riguet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larumeurlibre.fr/catalogue/collections_la_rumeur_libre/raisons_poetiques/ni_dire_ni_taire_le_poeme_en_video_riguet_marine" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693202v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/correspondance-1.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693197v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Batini" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694736v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr/livre/faire-litterature-marine-riguet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05284541v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Losco-Lena" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr/livre/dialogues-sur-les-enjeux-de-la-recherche-creation-pour-les-sciences-humaines-francoise-chambefort" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126979v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830482v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867490v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sens-public.org/dossiers/1691/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845066v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010863v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Alexandre" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick Gay" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Motasem Alrahabi" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Duguet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-13347-6.p.0817" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010845v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-13347-6.p.0345" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844809v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Bouchardon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695738v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-10982-2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693987v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/le-genie-au-xixe-siecle-anatomie-d-un-monstre.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02940583v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694350v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/erotisme-et-frontieres-dans-la-litterature-francaise-du-xxe-siecle-resumes.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08577-5.p.0323" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695609v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363697v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695604v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156751v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25965/interfaces-numeriques.5448" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948962v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bonnet" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika F&#252;l&#246;p" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Theval" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336444v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715957v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/poesi.179.0227" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694733v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501693v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694363v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amine Boukhaled" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revuehn.312" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693232v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aes.3430" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02940562v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693224v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rom.183.0056" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903871v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903928v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888034v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Mpouli" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/llc/fqx026" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363699v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Abi Haidar" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363709v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Frontini" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Brando" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Jacquot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jolivet" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14195/2182-8830_4-2_3" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363701v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06636-1.p.0193" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483403v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05089739v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384928v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Christine Roy&#232;re" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304049v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694740v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693957v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712535v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694741v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199809v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864882v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695597v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695726v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Labarthe" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276150v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Gabay" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Barrault" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695717v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Palmyre de la Touanne" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695722v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695719v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168025v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Reboul" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gefen" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Andrew" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mcclure" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. D. Porter" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199836v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695600v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363712v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695725v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378846v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694732v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03998212v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://crimel.hypotheses.org/8214" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://easychair.org/cfp/JIT2022" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marine-riguet.gitbook.io/ecritures-numeriques/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://litteratube.net/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=H2gn3jwfQzo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cirlep.hypotheses.org/2886" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://obvil.sciencesconf.org/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://serd.hypotheses.org/5272" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://crimel.hypotheses.org/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://marineriguet.com/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lalibrairie.com/livres/antigone-sur-la-route_0-12597638_9782877043038.html?ctx=85d6d8d82d07914ac3f61ffe8e968ee3" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.librairiewb.com/livre/9782875055170-fugue-pour-visage-riguet-marine/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.librairiewb.com/livre/9782875054210-on-dirait-une-foret-marine-riguet/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calameo.com/read/0062032273f79265529f9" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05041006v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Riguet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.larumeurlibre.fr/catalogue/collections_la_rumeur_libre/raisons_poetiques/ni_dire_ni_taire_le_poeme_en_video_riguet_marine" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693202v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/correspondance-1.html" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693197v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Batini" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694736v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr/livre/faire-litterature-marine-riguet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05284541v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Losco-Lena" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-hermann.fr/livre/dialogues-sur-les-enjeux-de-la-recherche-creation-pour-les-sciences-humaines-francoise-chambefort" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05126979v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04830482v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04867490v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sens-public.org/dossiers/1691/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010863v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Alexandre" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rick Gay" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Motasem Alrahabi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Duguet" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-13347-6.p.0817" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03845066v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04010845v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48611/isbn.978-2-406-13347-6.p.0345" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03844809v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Bouchardon" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695738v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-10982-2" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693987v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/le-genie-au-xixe-siecle-anatomie-d-un-monstre.html" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02940583v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694350v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://classiques-garnier.com/erotisme-et-frontieres-dans-la-litterature-francaise-du-xxe-siecle-resumes.html" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-08577-5.p.0323" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363697v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695609v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695604v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548344v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156751v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25965/interfaces-numeriques.5448" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948962v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bonnet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erika F&#252;l&#246;p" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Theval" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04336444v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03715957v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/poesi.179.0227" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694733v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501693v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694363v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Amine Boukhaled" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/revuehn.312" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693232v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/aes.3430" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02940562v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693224v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rom.183.0056" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903871v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903928v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02888034v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Mpouli" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/llc/fqx026" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363699v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alaa Abi Haidar" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363709v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Frontini" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Brando" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Jacquot" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Jolivet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14195/2182-8830_4-2_3" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363701v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15122/isbn.978-2-406-06636-1.p.0193" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05483403v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05089739v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384928v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Christine Roy&#232;re" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04304049v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694740v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693957v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03712535v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694741v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199809v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864882v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695726v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Labarthe" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695597v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276150v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Gabay" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Barrault" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695717v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Palmyre de la Touanne" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695722v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695719v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03168025v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Reboul" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Gefen" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Andrew" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Mcclure" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. D. Porter" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03199836v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695600v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363712v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03695725v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378846v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03694732v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03998212v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>