--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -1058,319 +1058,319 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03109850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caller resistance to perform cardio-pulmonary resuscitation in emergency calls for cardiac arrest</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">“Sorry, what did you say?” Communicating defibrillator retrieval and use in OHCA emergency calls</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nirukshi Perera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephen Ball</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanya Birnie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alani Morgan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Riou</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Alani Morgan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Social Science &amp; Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 256, </w:t>
+              <w:t xml:space="preserve">Resuscitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 156, pp.182-189. </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.socscimed.2020.113045⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.resuscitation.2020.09.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02954577v1</w:t>
+                <w:t xml:space="preserve">hal-02954560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">“Sorry, what did you say?” Communicating defibrillator retrieval and use in OHCA emergency calls</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nirukshi Perera</w:t>
+                <w:t xml:space="preserve">Caller resistance to perform cardio-pulmonary resuscitation in emergency calls for cardiac arrest</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephen Ball</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Tanya Birnie</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Austin Whiteside</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sheryl Gallant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alani Morgan</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marine Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Resuscitation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 156, pp.182-189. </w:t>
+              <w:t xml:space="preserve">Social Science &amp; Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 256, </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.resuscitation.2020.09.006⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.socscimed.2020.113045⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02954560v1</w:t>
+                <w:t xml:space="preserve">hal-02954577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">‘She’s sort of breathing’: What linguistic factors determine call-taker recognition of agonal breathing in emergency calls for cardiac arrest?</w:t>
+                <w:t xml:space="preserve">Reply to: ‘Cardiac arrest and breathing, why bother?’ Because it’s too late if we wait for a definitive diagnosis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephen Ball</w:t>
@@ -1409,609 +1409,609 @@
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Cameron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Resuscitation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2018, 122, pp.92-98. </w:t>
+              <w:t xml:space="preserve">, 2018, 126, pp.e10 - e11. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.resuscitation.2017.11.058⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.resuscitation.2018.02.018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01915879v1</w:t>
+                <w:t xml:space="preserve">hal-01915897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hijacking the dispatch protocol: When callers pre-empt their reason-for-the-call in emergency calls about cardiac arrest</w:t>
+                <w:t xml:space="preserve">‘We’re going to do CPR’: A linguistic study of the words used to initiate dispatcher-assisted CPR and their association with caller agreement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephen Ball</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Austin Whiteside</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kay O’halloran</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Teresa Williams</w:t>
+                <w:t xml:space="preserve">Janet Bray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gavin Perkins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Discourse Studies</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/1461445618754435⟩</w:t>
+              <w:t xml:space="preserve">Resuscitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 133, pp.95 - 100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.resuscitation.2018.10.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01915869v1</w:t>
+                <w:t xml:space="preserve">hal-01915889v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grammaire, bienveillance et boîtiers de vote : analyse d’une rénovation pédagogique</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">‘She’s sort of breathing’: What linguistic factors determine call-taker recognition of agonal breathing in emergency calls for cardiac arrest?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephen Ball</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teresa Williams</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Austin Whiteside</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter Cameron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recherche et Pratiques Pédagogiques en Langues de Spécialité. Cahiers de l'APLIUT</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/apliut.5845⟩</w:t>
+              <w:t xml:space="preserve">Resuscitation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 122, pp.92-98. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.resuscitation.2017.11.058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01704174v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01915879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reply to: ‘Cardiac arrest and breathing, why bother?’ Because it’s too late if we wait for a definitive diagnosis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Grammaire, bienveillance et boîtiers de vote : analyse d’une rénovation pédagogique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Josse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Beaupoil-Hourdel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clotilde Bouquet-Ysos</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Resuscitation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 126, pp.e10 - e11. </w:t>
+              <w:t xml:space="preserve">Recherche et Pratiques Pédagogiques en Langues de Spécialité. Cahiers de l'APLIUT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, Confiance, reliance et apprentissage des langues dans l’enseignement supérieur, 37 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.resuscitation.2018.02.018⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/apliut.5845⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01915897v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01704174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">‘We’re going to do CPR’: A linguistic study of the words used to initiate dispatcher-assisted CPR and their association with caller agreement</w:t>
+                <w:t xml:space="preserve">Hijacking the dispatch protocol: When callers pre-empt their reason-for-the-call in emergency calls about cardiac arrest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Riou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephen Ball</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kay O’halloran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Austin Whiteside</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Gavin Perkins</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teresa Williams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Resuscitation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 133, pp.95 - 100. </w:t>
+              <w:t xml:space="preserve">Discourse Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 20 (5), pp.666 - 687. </w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.resuscitation.2018.10.011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1177/1461445618754435⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01915889v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01915869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">‘Tell me exactly what’s happened’: When linguistic choices affect the efficiency of emergency calls for cardiac arrest</w:t>
               </w:r>
@@ -2842,51 +2842,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838991v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nirukshi Perera" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Riou" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanya Birnie" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Austin Whiteside" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Ball" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2024.117623" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053742v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Finn" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/14614456251332813" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05108088v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resplu.2025.100990" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662117v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08351813.2024.2369482" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560200v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08351813.2024.2305044" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142464v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Tazarourte" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Hugenschmitt" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Di Filippo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Gueugniaud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ls.179.0034" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04605800v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alani Morgan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1558/cam.19263" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109850v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheryl Gallant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resuscitation.2021.01.001" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954577v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2020.113045" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954560v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resuscitation.2020.09.006" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915879v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Williams" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Cameron" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resuscitation.2017.11.058" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915869v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kay O&#8217;halloran" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1461445618754435" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704174v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Josse" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Beaupoil-Hourdel" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Bouquet-Ysos" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/apliut.5845" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-RXGWDS2N-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915897v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resuscitation.2018.02.018" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915889v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Bray" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gavin Perkins" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resuscitation.2018.10.011" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915856v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa A Williams" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kay L O&#8217;halloran" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resuscitation.2017.06.002" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915848v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2017-016510" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915836v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pragma.2017.06.015" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915876v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0023830917696337" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01365144v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/discours.8997" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01241447v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02317030v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838991v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nirukshi Perera" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Riou" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanya Birnie" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Austin Whiteside" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Ball" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2024.117623" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053742v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Finn" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/14614456251332813" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05108088v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resplu.2025.100990" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662117v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08351813.2024.2369482" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04560200v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08351813.2024.2305044" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142464v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Tazarourte" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Hugenschmitt" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Di Filippo" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Gueugniaud" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ls.179.0034" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04605800v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alani Morgan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1558/cam.19263" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03109850v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheryl Gallant" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resuscitation.2021.01.001" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954560v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resuscitation.2020.09.006" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02954577v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.socscimed.2020.113045" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915897v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa Williams" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Cameron" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resuscitation.2018.02.018" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915889v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janet Bray" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gavin Perkins" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resuscitation.2018.10.011" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915879v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resuscitation.2017.11.058" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01704174v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Josse" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Beaupoil-Hourdel" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Bouquet-Ysos" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/apliut.5845" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/G14-RXGWDS2N-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915869v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kay O&#8217;halloran" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1461445618754435" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915856v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teresa A Williams" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kay L O&#8217;halloran" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resuscitation.2017.06.002" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915848v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2017-016510" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915836v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pragma.2017.06.015" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01915876v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0023830917696337" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01365144v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/discours.8997" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01241447v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02317030v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>