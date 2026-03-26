--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -100,252 +100,252 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’autorégulation des apprentissages dans une formation pour adultes</w:t>
+                <w:t xml:space="preserve">Demande d’aide et engagement en formation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Jérôme Eneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Hugues Pentecouteau</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Eric Bertrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Savoirs : Revue internationale de recherches en éducation et formation des adultes</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Éducation permanente</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 238 (2024-1), https://education-permanente.com/catalogue/n238/</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04529562v1</w:t>
+                <w:t xml:space="preserve">hal-04532706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Demande d’aide et engagement en formation</w:t>
+                <w:t xml:space="preserve">L’autorégulation des apprentissages dans une formation pour adultes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Hugues Pentecouteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jérôme Eneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hugues Pentecouteau</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Lameul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bertrand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Éducation permanente</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Savoirs : Revue internationale de recherches en éducation et formation des adultes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, N° 64 (1), pp.53-70. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/savo.064.0053⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04532706v1</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04529562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Usages et pilotage du numérique par les chefs d’établissement de collège</w:t>
               </w:r>
@@ -976,489 +976,489 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La demande d’aide dans le cadre d’une formation pour adultes mobilisant une plateforme d’apprentissage en ligne</w:t>
+                <w:t xml:space="preserve">Seeking or not Seeking Help? Using an Online Learning Environment in an Adult Training</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Betrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Hugues Pentecouteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Lameul</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Jérôme Eneau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hugues Pentecouteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biennale de l'éducation, de la formation et des pratiques professionnelles</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Paris, France</w:t>
+              <w:t xml:space="preserve">AIS Research Network Sociology of Education International Mid-term Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AIS - Sociologia de l'educazione, Apr 2023, Palerme (Italie), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04216592v1</w:t>
+                <w:t xml:space="preserve">hal-04072688v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seeking or not Seeking Help? Using an Online Learning Environment in an Adult Training</w:t>
+                <w:t xml:space="preserve">La demande d’aide dans le cadre d’une formation pour adultes mobilisant une plateforme d’apprentissage en ligne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Jérôme Eneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Hugues Pentecouteau</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Eneau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIS Research Network Sociology of Education International Mid-term Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, AIS - Sociologia de l'educazione, Apr 2023, Palerme (Italie), Italy</w:t>
+              <w:t xml:space="preserve">Biennale de l'éducation, de la formation et des pratiques professionnelles</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04072688v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04216592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’autorégulation environnementale dans une formation pour adultes en France</w:t>
+                <w:t xml:space="preserve">L’autorégulation des apprentissages dans une formation pour adulte. L’exemple de la demande d’aide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugues Pentecouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éric Bertrand</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Philippe Leray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fahima Djelil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum citoyen international de l'éducation</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Hammamet, Tunisie</w:t>
+              <w:t xml:space="preserve">Congrès international d’Actualité de la Recherche en Éducation et en Formation (AREF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Lausanne, Suisse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03840090v1</w:t>
+                <w:t xml:space="preserve">hal-03794749v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’autorégulation des apprentissages dans une formation pour adulte. L’exemple de la demande d’aide</w:t>
+                <w:t xml:space="preserve">L’autorégulation environnementale dans une formation pour adultes en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugues Pentecouteau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hugues Pentecouteau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Leray</w:t>
+                <w:t xml:space="preserve">Jérôme Eneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fahima Djelil</w:t>
+                <w:t xml:space="preserve">Éric Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Bertrand</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Geneviève Lameul</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès international d’Actualité de la Recherche en Éducation et en Formation (AREF)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Lausanne, Suisse</w:t>
+              <w:t xml:space="preserve">Forum citoyen international de l'éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Hammamet, Tunisie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03794749v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03840090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'enseignement de la programmation informatique à l'école primaire en France : la réaction des professeurs des écoles</w:t>
               </w:r>
@@ -1507,191 +1507,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01884527v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’acceptation d’un nouvel enseignement scolaire: l’exemple de la programmation informatique.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Class'Code, Objet de Recherche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Colin de La Higuera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Camila Canellas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Roche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées doctorales « Sociétés numériques »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2017, Nantes, France</w:t>
+              <w:t xml:space="preserve">ORPHEE Rendez-vous - Apprentissage Instrumenté de l'Informatique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, Font-Romeu, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01884546v1</w:t>
+                <w:t xml:space="preserve">hal-01772175v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Class'Code, Objet de Recherche</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’acceptation d’un nouvel enseignement scolaire: l’exemple de la programmation informatique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Roche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ORPHEE Rendez-vous - Apprentissage Instrumenté de l'Informatique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2017, Font-Romeu, France</w:t>
+              <w:t xml:space="preserve">Journées doctorales « Sociétés numériques »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2017, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01772175v1</w:t>
+                <w:t xml:space="preserve">hal-01884546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1722,90 +1722,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse d’une stratégie d’autorégulation : la recherche d’aide dans l’apprentissage de la programmation sur une plateforme d’apprentissage en ligne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fahima Djelil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Eneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Marie Gilliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Lameul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EIAH2023 : 11ème Conférence sur les Environnements Informatiques pour l'Apprentissage Humain</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Brest, France. , Actes de la onzième Conférence sur les Environnements Informatiques pour l’Apprentissage Humain (EIAH), 2023, https://eiah2023.sciencesconf.org/</w:t>
@@ -2442,90 +2442,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Présentation de la recherche xCALE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Eneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jérôme Eneau</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Hugues Pentecouteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geneviève Lameul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Image</w:t>
@@ -2720,51 +2720,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529562v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Roche" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Pentecouteau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Eneau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Lameul" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bertrand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/savo.064.0053" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532706v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03926318v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Burban" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cottier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Person" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.8468" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920044v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.054.0181" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01713729v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin de La Higuera" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Michaut" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01505806v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ripes.1171" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687381v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Besnier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Joffredo-Lebrun" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Messina" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Riban" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21825/broodenrozen.83616" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772199v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Canellas" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Peinchaud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216592v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072688v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Betrand" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840090v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Bertrand" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794749v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leray" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fahima Djelil" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884527v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884546v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772175v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130846v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Gilliot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884537v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01769663v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794764v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dbu.guibe.2021.01.0095" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290840v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Choubrac" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Kuhn-Le Braz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Le Corre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-01347809v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323168v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532706v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Roche" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Eneau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Pentecouteau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529562v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Lameul" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bertrand" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/savo.064.0053" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03926318v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Burban" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cottier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Person" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/dms.8468" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03920044v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.054.0181" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01713729v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colin de La Higuera" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Michaut" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01505806v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ripes.1171" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687381v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvaine Besnier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Joffredo-Lebrun" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Messina" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Riban" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21825/broodenrozen.83616" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772199v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila Canellas" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;milie Peinchaud" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04072688v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Betrand" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216592v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794749v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leray" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fahima Djelil" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840090v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Bertrand" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884527v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01772175v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884546v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130846v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Gilliot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01884537v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01769663v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03794764v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dbu.guibe.2021.01.0095" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05290840v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Choubrac" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Kuhn-Le Braz" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Le Corre" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-01347809v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04323168v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>