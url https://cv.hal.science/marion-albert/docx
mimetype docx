--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -681,291 +681,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04739200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and regulation as a chain of determinants in the occurrence of pesticide exposure situations during the use of sprayers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prévention construite en agriculture : contribution de l’ergotoxicologie à partir de trois recherches‑actions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Galey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathalie Judon</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Fabienne Goutille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Fredj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adélaïde Nascimento</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ergonomics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/00140139.2024.2439923⟩</w:t>
+              <w:t xml:space="preserve">Activités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 21 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/12hug⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05019374v1</w:t>
+                <w:t xml:space="preserve">hal-04754412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prévention construite en agriculture : contribution de l’ergotoxicologie à partir de trois recherches‑actions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Design and regulation as a chain of determinants in the occurrence of pesticide exposure situations during the use of sprayers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Albert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Galey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adélaïde Nascimento</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nathalie Judon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Charbonneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Garrigou</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Activités</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 21 (2), </w:t>
+              <w:t xml:space="preserve">Ergonomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.1-16. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/12hug⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/00140139.2024.2439923⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04754412v1</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05019374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and regulation as a chain of determinants in the emergence of pesticide exposure situations during the use of sprayers</w:t>
               </w:r>
@@ -977,100 +977,100 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Galey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Judon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Charbonneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Garrigou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ergonomics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, pp.1-16. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/00140139.2024.2439923⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04840640v1</w:t>
@@ -1388,77 +1388,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">El uso de las tecnologías de precisión : recursos y limitaciones en el trabajo agrícola</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Goutille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Fredj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Johanna Pannetier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1985,51 +1985,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apport des approches instrumentale et ergotoxicologique pour la conception : le cas du matériel de pulvérisation des pesticides en viticulture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Judon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Viviane Folcher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2188,77 +2188,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proposition méthodologique en ergotoxicologie pour révéler les expositions à des produits chimiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Galey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Judon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Jolly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Goutille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Morelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2322,77 +2322,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proposition méthodologique en ergotoxicologie pour révéler les expositions à des produits chimiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Galey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Judon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Jolly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Goutille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Morelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2456,77 +2456,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proposition méthodologique en ergotoxicologie pour révéler les expositions à des produits chimiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Galey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Judon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Jolly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Goutille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sarah Morelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2924,51 +2924,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quels usages de la notion de développement en ergotoxicologie ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Garrigou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Goutille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3766,64 +3766,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Galey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Fredj</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Goutille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Jolly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4536,51 +4536,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ERGONOMIC APPROACH TO THE PREVENTION OF PESTICIDE EXPOSURES IN FRENCH VINYARD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Goutille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Jolly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4797,77 +4797,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La notion de marge de manoeuvre en ergotoxicologie : un usage opérant vis-à-vis de l'activité de protection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Albert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Judon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Jolly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Goutille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Galey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5102,51 +5102,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="931A953D"/>
+    <w:nsid w:val="33395EDA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5333,51 +5333,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marion-albert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0001-8844-6044" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/257063137" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531019v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Jolly" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Aubert-Simard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Burlet-Vienney" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Beauregard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Feillou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-026-26465-7" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173245v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Albert" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Le Du" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;drik Renault" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chauvin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssci.2025.106950" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236774v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Mauvoisin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Ristor" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Garrigou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14jdi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739200v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Galey" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Charbonneau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12hup" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019374v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Judon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00140139.2024.2439923" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754412v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Goutille" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Fredj" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;la&#239;de Nascimento" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12hug" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840640v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672259v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adelaide Nascimento" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Cuvelier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Mollo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00140139.2024.2390127" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250493v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.8485" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250835v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219372v2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Pannetier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/laboreal.20356" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272214v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288364v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elhadj Mariko" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Langard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.admp.2023.101855" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095441v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250484v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Brossard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine No&#235;l-Suberville" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/WOR-211131" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04081688v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Folcher" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Bourmaud" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Pueyo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/th.843.0197" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250837v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250468v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Morelot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.4103" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212416v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618309v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093548v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafa&#235;l Ristor" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168032v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard N'Kaoua" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167928v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168011v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167985v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Langard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679672v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575234v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575246v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511384v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251171v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251461v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250861v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251453v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250847v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251448v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250855v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251234v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251483v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251475v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634280v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Baldi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167865v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672512v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03869655v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022BORD0265" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/marion-albert" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0001-8844-6044" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/257063137" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05531019v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Jolly" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anouk Aubert-Simard" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Burlet-Vienney" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nancy Beauregard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Feillou" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-026-26465-7" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05173245v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Albert" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Le Du" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;drik Renault" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Chauvin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssci.2025.106950" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05236774v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Mauvoisin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Ristor" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Garrigou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/14jdi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739200v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Galey" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Charbonneau" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12hup" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04754412v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Goutille" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Fredj" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233;la&#239;de Nascimento" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/12hug" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05019374v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Judon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00140139.2024.2439923" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04840640v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672259v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adelaide Nascimento" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Cuvelier" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Mollo" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/00140139.2024.2390127" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250493v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.8485" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250835v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219372v2" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Pannetier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/laboreal.20356" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04272214v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04288364v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elhadj Mariko" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Langard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.admp.2023.101855" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04095441v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250484v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Brossard" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine No&#235;l-Suberville" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/WOR-211131" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-04081688v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Folcher" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Bourmaud" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Pueyo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/th.843.0197" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250837v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250468v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Morelot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/activites.4103" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03212416v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02618309v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093548v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafa&#235;l Ristor" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168032v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard N'Kaoua" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167928v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168011v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167985v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Langard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04679672v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575234v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04575246v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04511384v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251171v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251461v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250861v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251453v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250847v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251448v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250855v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251234v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251483v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04251475v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634280v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Baldi" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167865v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04672512v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03869655v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2022BORD0265" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>