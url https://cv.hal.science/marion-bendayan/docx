--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -234,325 +234,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05374415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Global Practice Patterns and Variations in the Medical and Surgical Management of Non-Obstructive Azoospermia: Results of a World-Wide Survey, Guidelines and Expert Recommendations</w:t>
+                <w:t xml:space="preserve">The Combined Expression Profiles of Epigenetic Biomarkers Reveal Heterogeneity in Normospermic Human Sperm Samples</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amarnath Rambhatla</w:t>
+                <w:t xml:space="preserve">Nino-Guy Cassuto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rupin Shah</w:t>
+                <w:t xml:space="preserve">Florence Boitrelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imad Ziouziou</w:t>
+                <w:t xml:space="preserve">Lea Ruoso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Priyank Kothari</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Gianmaria Salvio</w:t>
+                <w:t xml:space="preserve">Omar Bouattane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Bendayan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The World Journal of Men's Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5534/wjmh.230339⟩</w:t>
+              <w:t xml:space="preserve">Genes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 16 (11), pp.1314. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/genes16111314⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04569819v1</w:t>
+                <w:t xml:space="preserve">hal-05411025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Combined Expression Profiles of Epigenetic Biomarkers Reveal Heterogeneity in Normospermic Human Sperm Samples</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Global Practice Patterns and Variations in the Medical and Surgical Management of Non-Obstructive Azoospermia: Results of a World-Wide Survey, Guidelines and Expert Recommendations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amarnath Rambhatla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nino-Guy Cassuto</w:t>
+                <w:t xml:space="preserve">Rupin Shah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Boitrelle</w:t>
+                <w:t xml:space="preserve">Imad Ziouziou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lea Ruoso</w:t>
+                <w:t xml:space="preserve">Priyank Kothari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Omar Bouattane</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Marion Bendayan</w:t>
+                <w:t xml:space="preserve">Gianmaria Salvio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Genes</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 16 (11), pp.1314. </w:t>
+              <w:t xml:space="preserve">The World Journal of Men's Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 43 (1), pp.92-122. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/genes16111314⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5534/wjmh.230339⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05411025v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04569819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Global State of Contemporary Andrology Practice: A Comprehensive Analysis of Clinical Practice, Training Pathways, and Emerging Challenges</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rupin Shah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taymour Mostafa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -776,103 +776,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Global Practice Patterns in the Evaluation of Non-Obstructive Azoospermia: Results of a World-Wide Survey and Expert Recommendations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rupin Shah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amarnath Rambhatla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Widi Atmoko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marlon Martinez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imad Ziouziou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The World Journal of Men's Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 42, </w:t>
@@ -1057,51 +1057,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Congenital absence of vas deferens: Anatomical and embryological inputs from a series of autopsies reported in Europe throughout the 18th and 19th century</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Bendayan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Boitrelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safouane Maurens-Hamdi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1142,295 +1142,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04915408v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controversy and Consensus on the Management of Elevated Sperm DNA Fragmentation in Male Infertility: A Global Survey, Current Guidelines, and Expert Recommendations</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Consensus and Diversity in the Management of Varicocele for Male Infertility: Results of a Global Practice Survey and Comparison with Guidelines and Recommendations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rupin Shah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ala’a Farkouh</w:t>
+                <w:t xml:space="preserve">Ashok Agarwal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ashok Agarwal</w:t>
+                <w:t xml:space="preserve">Parviz Kavoussi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amarnath Rambhatla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramadan Saleh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The World Journal of Men's Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 41, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5534/wjmh.230008⟩</w:t>
+              <w:t xml:space="preserve">, 2023, 41 (1), pp.164-197. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5534/wjmh.220048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04161008v1</w:t>
+                <w:t xml:space="preserve">hal-04347195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Consensus and Diversity in the Management of Varicocele for Male Infertility: Results of a Global Practice Survey and Comparison with Guidelines and Recommendations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rupin Shah</w:t>
+                <w:t xml:space="preserve">Controversy and Consensus on the Management of Elevated Sperm DNA Fragmentation in Male Infertility: A Global Survey, Current Guidelines, and Expert Recommendations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ala’a Farkouh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ashok Agarwal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taha Abo-Almagd Abdel-Meguid Hamoda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ashok Agarwal</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Parviz Kavoussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramadan Saleh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The World Journal of Men's Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 41 (1), pp.164-197. </w:t>
+              <w:t xml:space="preserve">, 2023, 41, </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5534/wjmh.220048⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5534/wjmh.230008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04347195v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04161008v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ovarian tissue cryopreservation can be combined simultaneously with oocyte retrieval after controlled ovarian hyperstimulation</w:t>
               </w:r>
@@ -1563,90 +1563,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Does Varicocele Repair Improve Conventional Semen Parameters? A Meta-Analytic Study of Before-After Data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rossella Cannarella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rupin Shah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Taha Abo-Almagd Abdel-Meguid Hamoda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rupin Shah</w:t>
+                <w:t xml:space="preserve">Florence Boitrelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramadan Saleh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The World Journal of Men's Health</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 41, </w:t>
@@ -1818,90 +1818,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of Varicocele Repair on Semen Parameters in Infertile Men: A Systematic Review and Meta-Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ashok Agarwal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rossella Cannarella</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramadan Saleh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Boitrelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murat Gül</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2138,51 +2138,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Safouane Hamdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roger Mieusset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Boitrelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Andrologia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 53 (1), </w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2210,252 +2210,252 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03191997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">COVID-19: semen impairment may not be related to the virus</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">What could cause the long-term effects of COVID-19 on sperm parameters and male fertility?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F Boitrelle</w:t>
+                <w:t xml:space="preserve">M Bendayan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Boitrelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Human Reproduction</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 00, pp. 1-2. </w:t>
+              <w:t xml:space="preserve">QJM: An International Journal of Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/humrep/deab082⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/qjmed/hcab028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03196028v1</w:t>
+                <w:t xml:space="preserve">hal-03183983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What could cause the long-term effects of COVID-19 on sperm parameters and male fertility?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">COVID-19: semen impairment may not be related to the virus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Bendayan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M Bendayan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florence Boitrelle</w:t>
+                <w:t xml:space="preserve">F Boitrelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">QJM: An International Journal of Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, </w:t>
+              <w:t xml:space="preserve">Human Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 00, pp. 1-2. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/qjmed/hcab028⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1093/humrep/deab082⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03183983v1</w:t>
+                <w:t xml:space="preserve">hal-03196028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Covid-19 and impairment of spermatogenesis: What if fever was the only cause?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bendayan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Boitrelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EClinicalMedicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 29-30, pp.100670. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2802,51 +2802,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basic semen analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Bendayan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Boitrelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Male Infertility</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier, pp.97-103, 2024, 978-032393047-5, 978-032393048-2. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2880,51 +2880,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basic semen analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Boitrelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Bendayan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2997,51 +2997,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanae Pons-Rejraji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Bendayan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Boitrelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Male Infertility</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Elsevier, pp.141-156, 2024, 978-032393047-5, 978-032393048-2. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3088,286 +3088,1319 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La spermatogenèse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Bendayan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Boitrelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Infertilité : Prise en charge globale et thérapeutique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 9782294781346</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04347233v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (10)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Controversis in varicocele repair</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Bendayan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F Boitrelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VII international congress of SMMR (Société Marocaine de Médecine de la Reproduction)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Marocaine de Médecine de la Reproduction, May 2023, Casablanca, Morocco</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04352361v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sperm DNA fragmentation should be recquired before IVF?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Bendayan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Boitrelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VII international congress of SMMR (Société Marocaine de Médecine de la Reproduction)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Marocaine de Médecine de la Reproduction, May 2023, Casablanca, Morocco</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04352366v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">What is the best treatment for unexplained infertility?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Bendayan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Boitrelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VII international congress of SMMR (Société Marocaine de Médecine de la Reproduction)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Marocaine de Médecine de la Reproduction, May 2023, Casablanca, Morocco, Morocco</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04351459v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The impact of Assisted Reproductive Technologies on climate change : the French case</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émine Saïs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Bendayan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ines Sellami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Alter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelly Swierkowski Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">39th annual meeting of European Society of Human Reproduction and Embryology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ESHRE, Jun 2023, Copenhague, Denmark. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/humrep/dead093.288⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04352422v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Globozoospermie et Assistance médicale à la procréation : A propos de 4 cas.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Clémenceau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Émine Saïs</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Alter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Paillusson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Boitrelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Congrès de la SALF – « 40 ans d’andrologie, et demain ? Imagine »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société d'Andrologie de Langue Française, Jun 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04352397v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prise en charge des spermocultures et IGAM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Boitrelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Bendayan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">25ème journées de la Fédération Française d’Etude de la Reproduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, FFER, Sep 2020, Clermont - Ferrand, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04352447v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Human sperm morphology as a marker of its nuclear quality and epigenetic status: implications for oocyte injection.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Bendayan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liliana Caceres-Sanchez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Selva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Alter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Firmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">35th Annual Meeting of the European-Society-of-Human-Reproduction-and-Embryology (ESHRE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Vienne, Austria. pp.1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02734574v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Epigénome spermatique et morphologie à fort grossissement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Bendayan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Alter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Firmin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelly Swierkowski Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amélie Bonnet-Garnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">24ème journées de la FFER</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fédération Française d’Étude de la Reproduction, Sep 2019, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04352388v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inséminations intra-utérines : Facteurs prédictifs de grossesses évolutives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Bendayan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Boitrelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée scientifique des BLEFCO - Session Jeunes Chercheurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fédération des Biologistes des Laboratoires d'Etude de la Fécondation et de la Conservation de l'Oeuf, May 2018, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04352376v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Place de la spermoculture en AMP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Boitrelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Bendayan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">23ème journées de la FFER</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Fédération Française d’Etude de la Reproduction, Sep 2018, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04352380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pregnancy outcomes and genetic analysis of globozoospermic patients : a case series and review of the literature.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Bendayan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Clémenceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émine Saïs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Alter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Paillusson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">39th annual meeting of European Society of Human Reproduction and Embryology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Copenhague, Denmark. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/humrep/dead093.406⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04352416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faut-il transformer les FIV en IIU lors d’une mauvaise réponse à la stimulation ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Bughin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Bendayan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3375,1377 +4408,344 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khadija Fathallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Alter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Paillusson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24ème journées de la Fédération Française d’Etude de la Reproduction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04352428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intérêt de l’utilisation des lunettes de réalité virtuelle comme « digicament » au cours d’une ponction ovocytaire sous anesthésie locale et revue de la littérature.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natalia Koren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Bendayan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bénédicte Paillusson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khadija Fathallah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Boitrelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">24ème journées de la Fédération Française d’Etude de la Reproduction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04352442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intrauterine insemination: male and female predictive factors of clinical pregnancy.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Bendayan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Swierkowski Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Alter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Torre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geoffroy Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">34th annual meeting of European Society of Human Reproduction and Embryology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Barcelone, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04352409v1</w:t>
-              </w:r>
-[...1031 lines deleted...]
-                <w:t xml:space="preserve">hal-04352380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5153,51 +5153,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05374415v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gatimel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;laure Barbotin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Mery" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Beauvillard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bendayan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/andr.70134" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04569819v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amarnath Rambhatla" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rupin Shah" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imad Ziouziou" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priyank Kothari" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianmaria Salvio" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5534/wjmh.230339" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05411025v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nino-Guy Cassuto" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Boitrelle" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Ruoso" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Bouattane" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes16111314" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05147749v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taymour Mostafa" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manaf Al Hashimi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germar-Michael Pinggera" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wael Zohdy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5534/wjmh.250039" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04765904v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Puy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badria Bennani Smires" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Siffroi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Barberet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fertnstert.2024.10.037" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04611201v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Widi Atmoko" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlon Martinez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5534/wjmh.230333" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04489561v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bonneau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mai Thi Delespierre" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emine Sais" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanie Picard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12909-024-05149-z" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915408v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safouane Maurens-Hamdi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/andr.13815" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04161008v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ala&#8217;a Farkouh" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashok Agarwal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Abo-Almagd Abdel-Meguid Hamoda" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parviz Kavoussi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramadan Saleh" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5534/wjmh.230008" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347195v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5534/wjmh.220048" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04017953v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Dupeux" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mayeur" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Grynberg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Benoit" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/humrep/dead041" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04149299v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossella Cannarella" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5534/wjmh.230034" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03701721v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Caceres" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emine Sa&#239;s" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Swierkowski-Blanchard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Alter" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells11111788" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03844495v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murat G&#252;l" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5534/wjmh.220142" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03599599v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Fathallah" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Jaoul" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12610-022-00153-z" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03191997v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Robin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safouane Hamdi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Mieusset" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/and.13878" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03196028v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Boitrelle" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/humrep/deab082" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03183983v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bendayan" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/qjmed/hcab028" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03196036v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bendayan" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eclinm.2020.100670" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927379v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safouane Mohammed Hamdi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Huyghe" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Soufir" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Amar" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12610-020-00106-4" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314957v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Alter" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Swierkowski-Blanchard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Caceres-Sanchez" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Selva" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gofs.2017.11.003" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04596011v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-93047-5.00017-9" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489430v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04595428v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanae Pons-Rejraji" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-93047-5.00020-9" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347233v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352416v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cl&#233;menceau" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;mine Sa&#239;s" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Paillusson" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/humrep/dead093.406" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352428v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Bughin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352442v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Koren" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352409v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Swierkowski Blanchard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Torre" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352422v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Sellami" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/humrep/dead093.288" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352366v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351459v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352361v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352397v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352447v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734574v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Caceres-Sanchez" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Firmin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352388v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Firmin" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bonnet-Garnier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352376v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352380v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395799v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hamdi" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Huyghe" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Soufir" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-03616110v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bendayan Saada" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05374415v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Gatimel" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne&#8208;laure Barbotin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Mery" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Beauvillard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bendayan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/andr.70134" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05411025v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nino-Guy Cassuto" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Boitrelle" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea Ruoso" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Bouattane" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/genes16111314" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04569819v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amarnath Rambhatla" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rupin Shah" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imad Ziouziou" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priyank Kothari" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianmaria Salvio" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5534/wjmh.230339" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05147749v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taymour Mostafa" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manaf Al Hashimi" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Germar-Michael Pinggera" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wael Zohdy" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5534/wjmh.250039" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04765904v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Puy" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Badria Bennani Smires" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Siffroi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Barberet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fertnstert.2024.10.037" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04611201v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Widi Atmoko" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlon Martinez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5534/wjmh.230333" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04489561v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bonneau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mai Thi Delespierre" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emine Sais" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanie Picard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12909-024-05149-z" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04915408v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safouane Maurens-Hamdi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/andr.13815" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347195v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashok Agarwal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Parviz Kavoussi" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramadan Saleh" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5534/wjmh.220048" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04161008v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ala&#8217;a Farkouh" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taha Abo-Almagd Abdel-Meguid Hamoda" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5534/wjmh.230008" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04017953v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Dupeux" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Mayeur" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Grynberg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Benoit" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/humrep/dead041" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04149299v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rossella Cannarella" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5534/wjmh.230034" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03701721v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Caceres" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emine Sa&#239;s" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Swierkowski-Blanchard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Alter" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells11111788" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03844495v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murat G&#252;l" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5534/wjmh.220142" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03599599v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Fathallah" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Jaoul" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12610-022-00153-z" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03191997v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Robin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safouane Hamdi" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Mieusset" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/and.13878" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03183983v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Bendayan" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/qjmed/hcab028" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03196028v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Boitrelle" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/humrep/deab082" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03196036v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bendayan" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eclinm.2020.100670" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02927379v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safouane Mohammed Hamdi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Huyghe" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Claude Soufir" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Amar" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12610-020-00106-4" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314957v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Alter" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Swierkowski-Blanchard" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Caceres-Sanchez" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Selva" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gofs.2017.11.003" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04596011v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-93047-5.00017-9" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05489430v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04595428v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanae Pons-Rejraji" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-323-93047-5.00020-9" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04347233v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352361v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352366v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04351459v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352422v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;mine Sa&#239;s" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ines Sellami" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Swierkowski Blanchard" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/humrep/dead093.288" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352397v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Cl&#233;menceau" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Paillusson" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352447v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734574v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Caceres-Sanchez" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Firmin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352388v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Firmin" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Bonnet-Garnier" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352376v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352380v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352416v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/humrep/dead093.406" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352428v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Bughin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352442v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Koren" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352409v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Torre" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395799v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hamdi" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Huyghe" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Soufir" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-03616110v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bendayan Saada" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>